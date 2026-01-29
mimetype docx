--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="4F2D06BC" w14:textId="656DD52C" w:rsidR="0075645A" w:rsidRPr="00044D00" w:rsidRDefault="002C2887" w:rsidP="00044D00">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC209D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Special</w:t>
       </w:r>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
@@ -531,61 +531,52 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F2D06C1" w14:textId="1DC9246E" w:rsidR="009B6A48" w:rsidRPr="00044D00" w:rsidRDefault="00B1093C" w:rsidP="00304228">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9131"/>
               </w:tabs>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:eastAsia="Times New Roman" w:hAnsi="Roboto Medium" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044D00">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Student(s) </w:t>
+              <w:t>Student(s) affected</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9809" w:type="dxa"/>
               <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="2398"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="4235"/>
             </w:tblGrid>
             <w:tr w:rsidR="009B6A48" w:rsidRPr="00044D00" w14:paraId="4F2D06C4" w14:textId="77777777" w:rsidTr="0027540C">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="397" w:type="dxa"/>
@@ -1160,66 +1151,65 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044D00">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>School details</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9976" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="538"/>
-[...4 lines deleted...]
-              <w:gridCol w:w="2396"/>
+              <w:gridCol w:w="313"/>
+              <w:gridCol w:w="694"/>
+              <w:gridCol w:w="303"/>
+              <w:gridCol w:w="4310"/>
+              <w:gridCol w:w="296"/>
+              <w:gridCol w:w="2565"/>
               <w:gridCol w:w="67"/>
-              <w:gridCol w:w="397"/>
-[...3 lines deleted...]
-              <w:gridCol w:w="19"/>
+              <w:gridCol w:w="470"/>
+              <w:gridCol w:w="470"/>
+              <w:gridCol w:w="470"/>
+              <w:gridCol w:w="28"/>
             </w:tblGrid>
             <w:tr w:rsidR="001665AE" w:rsidRPr="00044D00" w14:paraId="4F2D06DD" w14:textId="77777777" w:rsidTr="00C4349F">
               <w:trPr>
-                <w:gridAfter w:val="2"/>
+                <w:gridAfter w:val="1"/>
                 <w:wAfter w:w="30" w:type="dxa"/>
                 <w:trHeight w:hRule="exact" w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6292" w:type="dxa"/>
                   <w:gridSpan w:val="5"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06D8" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="00816232" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="6183"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -1346,85 +1336,83 @@
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06DC" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="001665AE" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001665AE" w:rsidRPr="00044D00" w14:paraId="4F2D06DF" w14:textId="77777777" w:rsidTr="0027540C">
               <w:trPr>
-                <w:gridAfter w:val="5"/>
+                <w:gridAfter w:val="4"/>
                 <w:wAfter w:w="1221" w:type="dxa"/>
                 <w:trHeight w:hRule="exact" w:val="85"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8755" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06DE" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="001665AE" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001665AE" w:rsidRPr="00044D00" w14:paraId="4F2D06E3" w14:textId="77777777" w:rsidTr="00C4349F">
               <w:trPr>
-                <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="19" w:type="dxa"/>
                 <w:trHeight w:hRule="exact" w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1871" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06E0" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="001952A3" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
@@ -1516,51 +1504,51 @@
                   </w:r>
                   <w:r w:rsidR="001952A3" w:rsidRPr="00044D00">
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
                   <w:r w:rsidR="001952A3" w:rsidRPr="00044D00">
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light"/>
                       <w:iCs/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001665AE" w:rsidRPr="00044D00" w14:paraId="4F2D06E7" w14:textId="77777777" w:rsidTr="0027540C">
               <w:trPr>
-                <w:gridAfter w:val="6"/>
+                <w:gridAfter w:val="5"/>
                 <w:wAfter w:w="1288" w:type="dxa"/>
                 <w:trHeight w:hRule="exact" w:val="92"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1871" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06E4" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="001665AE" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -1636,51 +1624,51 @@
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00044D00">
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Email</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9438" w:type="dxa"/>
-                  <w:gridSpan w:val="11"/>
+                  <w:gridSpan w:val="10"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06E9" w14:textId="493346C7" w:rsidR="001665AE" w:rsidRPr="00044D00" w:rsidRDefault="001952A3" w:rsidP="00157DE8">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9341"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:spacing w:before="40" w:after="40"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00044D00">
                     <w:rPr>
                       <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
@@ -1700,51 +1688,51 @@
                   <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06EB" w14:textId="77777777" w:rsidR="00572694" w:rsidRDefault="00572694" w:rsidP="00872DC5">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:ind w:left="-102"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7905" w:type="dxa"/>
-                  <w:gridSpan w:val="9"/>
+                  <w:gridSpan w:val="8"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="4F2D06EC" w14:textId="74E4FC40" w:rsidR="00572694" w:rsidRDefault="00572694" w:rsidP="00E366FE">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:leader="underscore" w:pos="9301"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
                     <w:snapToGrid w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                       <w:snapToGrid w:val="0"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="4F2D06EE" w14:textId="77777777" w:rsidR="001665AE" w:rsidRPr="001665AE" w:rsidRDefault="001665AE" w:rsidP="001665AE">
             <w:pPr>
               <w:pStyle w:val="BlockText"/>
               <w:rPr>
@@ -4341,62 +4329,52 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>examination (O)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27BE5F11" w14:textId="14084F2E" w:rsidR="00457456" w:rsidRPr="002F3DEA" w:rsidRDefault="00457456" w:rsidP="00457456">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3DEA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The student attempted the external </w:t>
+              <w:t>The student attempted the external component</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="33CE521D" w14:textId="472B48A2" w:rsidR="007E179E" w:rsidRPr="002F3DEA" w:rsidRDefault="00457456" w:rsidP="00457456">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3DEA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="007E179E" w:rsidRPr="002F3DEA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Y/N</w:t>
@@ -5990,61 +5968,59 @@
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D23CCE" w:rsidRPr="0027540C">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Given</w:t>
             </w:r>
             <w:r w:rsidRPr="0027540C">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D23CCE" w:rsidRPr="0027540C">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>names</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4F2D0787" w14:textId="77777777" w:rsidR="00E44A33" w:rsidRPr="0027540C" w:rsidRDefault="00E44A33" w:rsidP="008178BB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2520"/>
               </w:tabs>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-125"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
@@ -6596,78 +6572,68 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9995"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of subject teacher </w:t>
       </w:r>
       <w:r w:rsidR="00404300">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00404300">
+        <w:t>____________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="0027540C">
         <w:rPr>
-          <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00404300">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE4DD34" w14:textId="26D186BF" w:rsidR="00EC4356" w:rsidRPr="0027540C" w:rsidRDefault="00EC4356" w:rsidP="00EC4356">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7519,61 +7485,59 @@
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00D23CCE" w:rsidRPr="00FC4034">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>Given</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4034">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D23CCE" w:rsidRPr="00FC4034">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>names</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="4F2D07B6" w14:textId="77777777" w:rsidR="00C03FB6" w:rsidRPr="0027540C" w:rsidRDefault="00C03FB6" w:rsidP="0080102A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2520"/>
               </w:tabs>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-125"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="dxa"/>
             <w:tcBorders>
@@ -7985,63 +7949,52 @@
       <w:r w:rsidR="008A102E" w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>request</w:t>
       </w:r>
       <w:r w:rsidR="005744F9" w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">is being </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>is being made</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6946"/>
         <w:gridCol w:w="3141"/>
       </w:tblGrid>
       <w:tr w:rsidR="00436CBF" w:rsidRPr="0027540C" w14:paraId="4F2D07C8" w14:textId="77777777" w:rsidTr="0080113C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8758,61 +8711,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r w:rsidR="005744F9" w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">for a serious medical condition (including illness) or </w:t>
       </w:r>
       <w:r w:rsidR="0001249B" w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="005744F9" w:rsidRPr="0027540C">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">psychological </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>psychological disorder</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4F2D07DD" w14:textId="0D0F185E" w:rsidR="005744F9" w:rsidRPr="00FC4034" w:rsidRDefault="005744F9" w:rsidP="00BB7F69">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:spacing w:before="80"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Approval </w:t>
       </w:r>
       <w:r w:rsidR="00BB7F69" w:rsidRPr="00FC4034">
         <w:rPr>
@@ -9180,63 +9124,52 @@
       <w:r w:rsidR="001C188F" w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>higher</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your actual</w:t>
       </w:r>
       <w:r w:rsidR="00F52B81" w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> result and your derived </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> result and your derived result</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6E421D6C" w14:textId="77777777" w:rsidR="00B94EA2" w:rsidRPr="00B94EA2" w:rsidRDefault="001F5C71" w:rsidP="00BB7F69">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:spacing w:before="80"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Loss of preparation time or reduced effectiveness of preparation because of illness are </w:t>
       </w:r>
       <w:r w:rsidRPr="00E82ABD">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:b/>
@@ -9255,97 +9188,97 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> grounds for the use of a derived result. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2D07E3" w14:textId="53F161CF" w:rsidR="00462580" w:rsidRPr="00FC4034" w:rsidRDefault="00462580" w:rsidP="00BB7F69">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:spacing w:before="80"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC4034">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F2D07E5" w14:textId="77777777" w:rsidR="005744F9" w:rsidRPr="008B3040" w:rsidRDefault="008A255F" w:rsidP="00044D00">
+    <w:p w14:paraId="4F2D07E5" w14:textId="77777777" w:rsidR="005744F9" w:rsidRPr="008B3040" w:rsidRDefault="00C17CA3" w:rsidP="00044D00">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="9407"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4F2D081A">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s2288" type="#_x0000_t75" style="position:absolute;margin-left:452.7pt;margin-top:30.8pt;width:125.95pt;height:29.55pt;z-index:251658752;mso-position-horizontal-relative:page;mso-position-vertical-relative:page">
             <v:imagedata r:id="rId22" o:title="" cropbottom="45974f" cropleft="15301f" cropright="7650f"/>
             <w10:wrap anchorx="page" anchory="page"/>
             <w10:anchorlock/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2288" DrawAspect="Content" ObjectID="_1795431370" r:id="rId23"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2288" DrawAspect="Content" ObjectID="_1831021980" r:id="rId23"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="008A102E" w:rsidRPr="008B3040">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>Section 2: Confidential m</w:t>
       </w:r>
       <w:r w:rsidR="00E12BD9" w:rsidRPr="008B3040">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
         </w:rPr>
         <w:t>edical practitioner</w:t>
       </w:r>
       <w:r w:rsidR="008A102E" w:rsidRPr="008B3040">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
@@ -9563,62 +9496,52 @@
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>serious medical condition (including illness) or</w:t>
       </w:r>
       <w:r w:rsidR="00555953" w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> psychological </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> psychological disorder</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4F2D07EA" w14:textId="77777777" w:rsidR="005744F9" w:rsidRPr="00044D00" w:rsidRDefault="005744F9" w:rsidP="006B579F">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:spacing w:before="80"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">sat an examination or performed while </w:t>
       </w:r>
       <w:r w:rsidR="006B579F" w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -9636,60 +9559,58 @@
       </w:r>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">serious medical condition (including illness) or </w:t>
       </w:r>
       <w:r w:rsidR="00747091" w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">psychological </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00747091" w:rsidRPr="00044D00">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>disorder</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4F2D07EC" w14:textId="77777777" w:rsidR="005744F9" w:rsidRPr="00414057" w:rsidRDefault="003072B3" w:rsidP="00A70658">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="8505"/>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475BCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9722,62 +9643,52 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00414057">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0001249B" w:rsidRPr="00414057">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Given names</w:t>
       </w:r>
       <w:r w:rsidR="0001249B" w:rsidRPr="00414057">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Family </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Family name</w:t>
+      </w:r>
       <w:r w:rsidRPr="00414057">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2D07EE" w14:textId="77777777" w:rsidR="005744F9" w:rsidRPr="004A00D6" w:rsidRDefault="00A70658" w:rsidP="0050050E">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A00D6">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
@@ -10904,148 +10815,130 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005142FB">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature of medical practitioner </w:t>
       </w:r>
       <w:r w:rsidRPr="005142FB">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005142FB">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Date form </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Date form completed </w:t>
       </w:r>
       <w:r w:rsidRPr="005142FB">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005744F9" w:rsidRPr="005142FB" w:rsidSect="00462580">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="even" r:id="rId25"/>
       <w:type w:val="evenPage"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="851" w:footer="643" w:gutter="0"/>
       <w:pgNumType w:start="4"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D577239" w14:textId="77777777" w:rsidR="00485655" w:rsidRDefault="00485655">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CEC6DF9" w14:textId="77777777" w:rsidR="00485655" w:rsidRDefault="00485655">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -11079,84 +10972,84 @@
   <w:font w:name="Roboto Light">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D0821" w14:textId="77777777" w:rsidR="00E44A33" w:rsidRDefault="00E44A33" w:rsidP="00E44A33">
     <w:pPr>
       <w:pStyle w:val="FooterText"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10206"/>
         <w:tab w:val="right" w:pos="9995"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>F</w:t>
     </w:r>
     <w:r w:rsidR="00C54080">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>orm 31/18</w:t>
     </w:r>
     <w:r w:rsidR="00BC17DE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>Page 2 of 2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D0822" w14:textId="3338DA9D" w:rsidR="0075645A" w:rsidRPr="00044D00" w:rsidRDefault="003F63B3" w:rsidP="00BC209D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -11205,52 +11098,52 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="00462580" w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="57F7DBF8" w14:textId="29612A65" w:rsidR="00BC209D" w:rsidRPr="005142FB" w:rsidRDefault="00304228" w:rsidP="009229B6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="57F7DBF8" w14:textId="0156561C" w:rsidR="00BC209D" w:rsidRPr="005142FB" w:rsidRDefault="00304228" w:rsidP="009229B6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C16374">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08B71B35" wp14:editId="31D707C3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4924425</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10004425</wp:posOffset>
           </wp:positionV>
@@ -11291,82 +11184,50 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1901825" cy="1304290"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="009229B6">
-[...30 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BC209D" w:rsidRPr="005142FB">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00BC209D" w:rsidRPr="005142FB">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -11413,51 +11274,51 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00BC209D" w:rsidRPr="005142FB">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="00BC209D" w:rsidRPr="005142FB">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D0826" w14:textId="77777777" w:rsidR="0075645A" w:rsidRPr="00E049E6" w:rsidRDefault="00E049E6" w:rsidP="00911C1F">
     <w:pPr>
       <w:pStyle w:val="FooterText"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidR="00E44A33">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>xx</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00E44A33">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -11472,70 +11333,70 @@
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00BC17DE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve">2 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t xml:space="preserve">of </w:t>
     </w:r>
     <w:r w:rsidR="00BC17DE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4212A3DA" w14:textId="77777777" w:rsidR="00485655" w:rsidRDefault="00485655">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7D540B2B" w14:textId="77777777" w:rsidR="00485655" w:rsidRDefault="00485655">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D081F" w14:textId="77777777" w:rsidR="008D4695" w:rsidRDefault="000F06E1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F2D0827" wp14:editId="4F2D0828">
           <wp:extent cx="4810125" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="38" name="Picture 38" descr="Forms Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="Forms Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -11555,51 +11416,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4810125" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D0820" w14:textId="517DA78A" w:rsidR="0075645A" w:rsidRPr="00B23DCC" w:rsidRDefault="00C95DFE" w:rsidP="00B23DCC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5C912C9A" wp14:editId="13CAACF6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560945" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
@@ -11686,52 +11547,52 @@
                     <w:r w:rsidRPr="00C95DFE">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00953F3F">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5CB0F45B" w14:textId="252F469C" w:rsidR="00BC209D" w:rsidRDefault="00584C6E" w:rsidP="008C5ADC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="5CB0F45B" w14:textId="51BC3090" w:rsidR="00BC209D" w:rsidRDefault="00584C6E" w:rsidP="008C5ADC">
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="347BF78F" wp14:editId="03BD6AC8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560945" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="MSIPCM79ed4f47b4a7ecfaf28040d0" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:842.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -11901,65 +11762,65 @@
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A02C79" w:rsidRPr="00BC209D">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>Form 32/</w:t>
     </w:r>
     <w:r w:rsidR="00D5046F">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="008A255F">
+    <w:r w:rsidR="00C17CA3">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4F2D0825" w14:textId="2E116922" w:rsidR="006B6C5F" w:rsidRPr="00B23DCC" w:rsidRDefault="00584C6E" w:rsidP="00B23DCC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6CFB1637" wp14:editId="09BAD48F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560945" cy="252095"/>
@@ -12045,51 +11906,51 @@
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00584C6E">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="5049B02C" w14:textId="441C6999" w:rsidR="00BC209D" w:rsidRPr="00B23DCC" w:rsidRDefault="00584C6E" w:rsidP="00B23DCC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="110BFB1C" wp14:editId="769732D9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560945" cy="252095"/>
@@ -12175,51 +12036,51 @@
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00584C6E">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27D22B9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="907E9376"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -15806,51 +15667,51 @@
   <w:num w:numId="37" w16cid:durableId="700278977">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="132602454">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1985357166">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="254872184">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="363528732">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1378817523">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1299796086">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2289" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
@@ -16063,50 +15924,51 @@
     <w:rsid w:val="00554012"/>
     <w:rsid w:val="0055506E"/>
     <w:rsid w:val="00555149"/>
     <w:rsid w:val="00555953"/>
     <w:rsid w:val="0056333C"/>
     <w:rsid w:val="00572694"/>
     <w:rsid w:val="005744F9"/>
     <w:rsid w:val="0057596C"/>
     <w:rsid w:val="00584C6E"/>
     <w:rsid w:val="00590B7F"/>
     <w:rsid w:val="005A1EF3"/>
     <w:rsid w:val="005A6415"/>
     <w:rsid w:val="005B1B0A"/>
     <w:rsid w:val="005B20C6"/>
     <w:rsid w:val="005B4ABB"/>
     <w:rsid w:val="005B570A"/>
     <w:rsid w:val="005B5F3A"/>
     <w:rsid w:val="005B767A"/>
     <w:rsid w:val="005C3AC3"/>
     <w:rsid w:val="005D4626"/>
     <w:rsid w:val="005E5DDB"/>
     <w:rsid w:val="005F6538"/>
     <w:rsid w:val="005F69F7"/>
     <w:rsid w:val="00603061"/>
     <w:rsid w:val="00610F6E"/>
+    <w:rsid w:val="006205C8"/>
     <w:rsid w:val="00622738"/>
     <w:rsid w:val="006227CD"/>
     <w:rsid w:val="006305D8"/>
     <w:rsid w:val="00630EEF"/>
     <w:rsid w:val="00632ADF"/>
     <w:rsid w:val="006337AE"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640E6E"/>
     <w:rsid w:val="00644647"/>
     <w:rsid w:val="006463F5"/>
     <w:rsid w:val="00655002"/>
     <w:rsid w:val="0065532F"/>
     <w:rsid w:val="00663827"/>
     <w:rsid w:val="00663AC9"/>
     <w:rsid w:val="006716CF"/>
     <w:rsid w:val="00673779"/>
     <w:rsid w:val="00673FAC"/>
     <w:rsid w:val="00676144"/>
     <w:rsid w:val="006762C0"/>
     <w:rsid w:val="00681453"/>
     <w:rsid w:val="00681C33"/>
     <w:rsid w:val="0069536C"/>
     <w:rsid w:val="00697881"/>
     <w:rsid w:val="006A4BD6"/>
     <w:rsid w:val="006A6A52"/>
@@ -16272,50 +16134,51 @@
     <w:rsid w:val="00B4011A"/>
     <w:rsid w:val="00B4609F"/>
     <w:rsid w:val="00B5291C"/>
     <w:rsid w:val="00B53C84"/>
     <w:rsid w:val="00B5674B"/>
     <w:rsid w:val="00B71FAD"/>
     <w:rsid w:val="00B83FAE"/>
     <w:rsid w:val="00B917A7"/>
     <w:rsid w:val="00B94EA2"/>
     <w:rsid w:val="00B967EC"/>
     <w:rsid w:val="00BA3C73"/>
     <w:rsid w:val="00BA585F"/>
     <w:rsid w:val="00BB3B35"/>
     <w:rsid w:val="00BB45CA"/>
     <w:rsid w:val="00BB7F69"/>
     <w:rsid w:val="00BC17DE"/>
     <w:rsid w:val="00BC209D"/>
     <w:rsid w:val="00BD13B5"/>
     <w:rsid w:val="00BE428A"/>
     <w:rsid w:val="00BE5D5E"/>
     <w:rsid w:val="00BF019D"/>
     <w:rsid w:val="00BF7136"/>
     <w:rsid w:val="00BF7D20"/>
     <w:rsid w:val="00C032F2"/>
     <w:rsid w:val="00C03FB6"/>
+    <w:rsid w:val="00C17CA3"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00C245E6"/>
     <w:rsid w:val="00C30096"/>
     <w:rsid w:val="00C31718"/>
     <w:rsid w:val="00C3220E"/>
     <w:rsid w:val="00C32551"/>
     <w:rsid w:val="00C32BF1"/>
     <w:rsid w:val="00C32F53"/>
     <w:rsid w:val="00C42EA5"/>
     <w:rsid w:val="00C4349F"/>
     <w:rsid w:val="00C47DBF"/>
     <w:rsid w:val="00C53CB4"/>
     <w:rsid w:val="00C54080"/>
     <w:rsid w:val="00C57458"/>
     <w:rsid w:val="00C60141"/>
     <w:rsid w:val="00C61D9A"/>
     <w:rsid w:val="00C65F44"/>
     <w:rsid w:val="00C861BA"/>
     <w:rsid w:val="00C9364D"/>
     <w:rsid w:val="00C95DFE"/>
     <w:rsid w:val="00C979B8"/>
     <w:rsid w:val="00CA0F8C"/>
     <w:rsid w:val="00CA3B4C"/>
     <w:rsid w:val="00CA548F"/>
     <w:rsid w:val="00CA65A0"/>
@@ -16410,95 +16273,96 @@
     <w:rsid w:val="00EF26B5"/>
     <w:rsid w:val="00EF64DB"/>
     <w:rsid w:val="00F178DD"/>
     <w:rsid w:val="00F365C3"/>
     <w:rsid w:val="00F45821"/>
     <w:rsid w:val="00F45F3B"/>
     <w:rsid w:val="00F46802"/>
     <w:rsid w:val="00F52B81"/>
     <w:rsid w:val="00F53DC5"/>
     <w:rsid w:val="00F5471F"/>
     <w:rsid w:val="00F604F6"/>
     <w:rsid w:val="00F6145D"/>
     <w:rsid w:val="00F62070"/>
     <w:rsid w:val="00F7053B"/>
     <w:rsid w:val="00F768CB"/>
     <w:rsid w:val="00F82409"/>
     <w:rsid w:val="00F9050D"/>
     <w:rsid w:val="00F96EB1"/>
     <w:rsid w:val="00FA44E0"/>
     <w:rsid w:val="00FB3EE4"/>
     <w:rsid w:val="00FB4635"/>
     <w:rsid w:val="00FB6D93"/>
     <w:rsid w:val="00FB783E"/>
     <w:rsid w:val="00FC4034"/>
     <w:rsid w:val="00FC6EAF"/>
+    <w:rsid w:val="00FD0622"/>
     <w:rsid w:val="00FD0878"/>
     <w:rsid w:val="00FD297A"/>
     <w:rsid w:val="00FD3869"/>
     <w:rsid w:val="00FD3B31"/>
     <w:rsid w:val="00FD7B76"/>
     <w:rsid w:val="00FE1126"/>
     <w:rsid w:val="00FE45FF"/>
     <w:rsid w:val="00FF2E88"/>
     <w:rsid w:val="00FF59A4"/>
     <w:rsid w:val="00FF5C95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2289" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F2D06BC"/>
   <w15:docId w15:val="{5BAB9C55-08E2-44DF-9028-A18DC7DBD746}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17862,58 +17726,59 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004576BE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/coordinating/admin/special-provisions" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item6.xml" Id="R66c81617664448b7" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/coordinating/admin/special-provisions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\kathryn\Application%20Data\Microsoft\Templates\ops%20man.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -18177,203 +18042,274 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps6.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A1488773</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">Special provisions - request for the use of a derived result (Form 32)</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2024-12-11T03:43:38Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0"/>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2024-12-11T03:43:44Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">Emma Hillman</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2025 Operational publications planning:Forms 2025</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">Forms 2025</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Being Drafted</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA2229325</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">0.1</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">1</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0"/>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">qA21652</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0"/>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0"/>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
+      <field name="Objective-Security Classification">
+        <value order="0">OFFICIAL</value>
+      </field>
+      <field name="Objective-Connect Creator">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4a6a620e-d892-4120-84bc-55322c34329b">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="5921f216-40e3-4a29-8a23-1d62738ac013" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
+    <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4a6a620e-d892-4120-84bc-55322c34329b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e24f7e4-f994-42a6-920d-6929e5416d85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...18 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5921f216-40e3-4a29-8a23-1d62738ac013" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{335c6b54-e849-47e6-81db-71496e08b323}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5921f216-40e3-4a29-8a23-1d62738ac013">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -18436,208 +18372,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86B3D7D4-ABAB-469D-BC4A-58EEC75A4363}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...70 lines deleted...]
-</metadata>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A19DDFE-1F75-4A8A-B648-DDD09A1AE40B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="4a6a620e-d892-4120-84bc-55322c34329b"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A000EC55-AEA1-49E5-AA6F-CE86ED74F9FB}">
-[...17 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2441C83B-3975-42E4-8C1F-51226227ED51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{549AEC3B-2198-420E-9122-E7E6604CEDC0}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ops man.dot</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1219</Words>
   <Characters>7550</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 23/16</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SSABSA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
@@ -18692,124 +18530,124 @@
         <vt:lpwstr>../johnsl01/AppData/Local/Temp/SACE.SpecialProvisions@sa.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Special provisions - request for use of the derived result (Form 32)</dc:title>
   <dc:creator>SACE Board of SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<op:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:op="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Objective-Comment">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Objective-Comment">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
     <vt:lpwstr>2023-01-10T04:09:44Z</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
     <vt:lpwstr>48248e29-51cd-4513-bafd-6d19ab0b9a31</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
-  </op:property>
-[...3 lines deleted...]
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Customer-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Id">
     <vt:lpwstr>A1488773</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Title">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Title">
     <vt:lpwstr>Special provisions - request for the use of a derived result (Form 32)</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Description">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Description">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-CreationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-CreationStamp">
     <vt:filetime>2024-12-11T03:43:38Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsApproved">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsPublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-DatePublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-DatePublished">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-ModificationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-ModificationStamp">
     <vt:filetime>2024-12-11T03:43:44Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Owner">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Owner">
     <vt:lpwstr>Emma Hillman</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Path">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2025 Operational publications planning:Forms 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Parent">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Parent">
     <vt:lpwstr>Forms 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-State">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-State">
     <vt:lpwstr>Being Drafted</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-VersionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-VersionId">
     <vt:lpwstr>vA2229325</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Version">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Version">
     <vt:lpwstr>0.1</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionComment">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionComment">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-FileNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-FileNumber">
     <vt:lpwstr>qA21652</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Classification">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Caveats">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Caveats">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Security Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Connect Creator">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Connect Creator">
     <vt:lpwstr/>
-  </op:property>
-</op:Properties>
+  </property>
+</Properties>
 </file>