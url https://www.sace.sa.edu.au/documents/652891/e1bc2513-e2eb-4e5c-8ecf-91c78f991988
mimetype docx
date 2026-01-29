--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
@@ -202,78 +202,87 @@
         <w:tblW w:w="9920" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4817"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w14:paraId="4A03AF53" w14:textId="77777777" w:rsidTr="00F93912">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11E50501" w14:textId="14144653" w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w:rsidRDefault="009F2413" w:rsidP="00B80B77">
+          <w:p w14:paraId="11E50501" w14:textId="58BB2D9A" w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w:rsidRDefault="009F2413" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTableheadingitalics"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00385322">
+            <w:r w:rsidR="0009291E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00385322">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6CDF" w:rsidRPr="00807644">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:i w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SACE</w:t>
             </w:r>
             <w:r w:rsidR="001A6CDF" w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stage 2 Subjects and Codes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
@@ -289,86 +298,86 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19FDAE83" w14:textId="021D4BD2" w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w:rsidRDefault="001A6CDF" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTableheadingitalics"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Preclusions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="341CA571" w14:textId="6E37C868" w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w:rsidRDefault="00FB24E9" w:rsidP="00B80B77">
+          <w:p w14:paraId="341CA571" w14:textId="3C1F2CF9" w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w:rsidRDefault="00FB24E9" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTableheadingitalics"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2010–</w:t>
             </w:r>
             <w:r w:rsidR="009F2413" w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F324B9">
+            <w:r w:rsidR="0009291E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001A6CDF" w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> SACE Stage 2 Subjects and Codes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A6CDF" w:rsidRPr="005B5CEC" w14:paraId="1B52824F" w14:textId="77777777" w:rsidTr="006561C9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
@@ -7171,462 +7180,115 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>2ILA20 – Integrated Learning A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E1335E3" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>2ILB10 – Integrated Learning B</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6207041A" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00A15AEA">
+          <w:p w14:paraId="75F850AC" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRDefault="00341AD5" w:rsidP="00A15AEA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>2ILB20 – Integrated Learning B</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...10 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="5A29CC65" w14:textId="77777777" w:rsidR="00CA1509" w:rsidRDefault="00CA1509" w:rsidP="00A15AEA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6207041A" w14:textId="77777777" w:rsidR="00CA1509" w:rsidRPr="005B5CEC" w:rsidRDefault="00CA1509" w:rsidP="00A15AEA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:bidi="he-IL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="423553F4" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:bidi="he-IL"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>No preclusions</w:t>
-            </w:r>
-[...365 lines deleted...]
-              <w:t>2AFM10 - Activating Identities and Futures: Modified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="74495B19" w14:textId="77777777" w:rsidTr="007E63E2">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="730A7C24" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
@@ -7829,51 +7491,50 @@
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FF3CABC" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>English as an Additional Language</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="4F375F15" w14:textId="77777777" w:rsidTr="007E63E2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8014,64 +7675,90 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="2B649454" w14:textId="77777777" w:rsidTr="007E63E2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51484CF0" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005B5CEC">
+          <w:p w14:paraId="22378E86" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
+            <w:pPr>
+              <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B5CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>2ELS20 – English Literary Studies</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7B4407" w14:textId="77777777" w:rsidR="00585873" w:rsidRPr="00585873" w:rsidRDefault="00585873" w:rsidP="00585873">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="zh-CN" w:bidi="he-IL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C4EE10E" w14:textId="77777777" w:rsidR="00585873" w:rsidRDefault="00585873" w:rsidP="00585873">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="he-IL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51484CF0" w14:textId="77777777" w:rsidR="00585873" w:rsidRPr="00585873" w:rsidRDefault="00585873" w:rsidP="00585873">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="he-IL"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DBC6FA6" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00423E73">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="130"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsia="Times New Roman" w:hAnsi="Roboto Light"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -8144,50 +7831,51 @@
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C9B2E36" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>English: Modified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="0FAC5423" w14:textId="77777777" w:rsidTr="007E63E2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8964,51 +8652,50 @@
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="166A72C0" w14:textId="191FFB86" w:rsidR="00CD6E5A" w:rsidRPr="00CD6E5A" w:rsidRDefault="00CD6E5A" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2HWA10 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD6E5A">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Health and Wellbeing A: Modified</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CC0F73C" w14:textId="27FC7CD1" w:rsidR="00CD6E5A" w:rsidRPr="00CD6E5A" w:rsidRDefault="00CD6E5A" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve">2HWA20 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD6E5A">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -9322,134 +9009,138 @@
           <w:p w14:paraId="314E68FE" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>2CSD10 – Child Studies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="281EB363" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2CSD20 – Child Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD4B202" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2CX11 – Early Childhood Studies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46BDD6C9" w14:textId="4B88675E" w:rsidR="00E40636" w:rsidRPr="001D0762" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2CXP2 – Early Childhood Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="48149743" w14:textId="77777777" w:rsidTr="00482E4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35DBB0A6" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Food and Hospitality</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="0AECC8D7" w14:textId="77777777" w:rsidTr="00482E4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10473,51 +10164,50 @@
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49CFDA97" w14:textId="77777777" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Economics</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w14:paraId="1814615D" w14:textId="77777777" w:rsidTr="00482E4B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10930,50 +10620,51 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78981972" w14:textId="6D2D6F46" w:rsidR="00341AD5" w:rsidRPr="005B5CEC" w:rsidRDefault="00341AD5" w:rsidP="00B80B77">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2LE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20 – Legal Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
@@ -11923,51 +11614,50 @@
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04370CFC" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="00A660DA" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2SUA10 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00A660DA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve">Society and Culture A: Modified </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF9D44C" w14:textId="77777777" w:rsidR="004046AB" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve">2SUA20 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00A660DA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -12302,50 +11992,51 @@
           <w:p w14:paraId="3CBECC89" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="000D3F62" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D3F62">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>2REL20 – Religion Studies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EB97956" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="000D3F62" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D3F62">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2RLS1 – Religions in Australia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C70C2B8" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="000D3F62" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D3F62">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>2RLS2 – Religions in Australia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ADFEA19" w14:textId="7CEAC4A9" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -12371,50 +12062,51 @@
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CDA4815" w14:textId="776C36D6" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Tourism</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D0C267F" w14:textId="650DF7F2" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -13257,51 +12949,50 @@
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C17345D" w14:textId="01AEA4D5" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Australian Languages</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4140A6A8" w14:textId="06958008" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="798AA14C" w14:textId="77777777" w:rsidTr="00482E4B">
@@ -13590,50 +13281,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2LRB10 – Language Revival II</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10D7149F" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2LR11 – Language Revival I</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BF876EE" w14:textId="263EC89E" w:rsidR="004046AB" w:rsidRPr="00F47AD6" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F47AD6">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>2LR21 – Language Revival II</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="7C4D8FD4" w14:textId="77777777" w:rsidTr="001F7EA3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
@@ -13645,50 +13337,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60176369" w14:textId="19C75191" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Beginners-level Languages</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="23D69860" w14:textId="77777777" w:rsidTr="001F7EA3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14396,107 +14089,79 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="016992D7" w14:textId="24B2534E" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00E907F9">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:t xml:space="preserve">2AUC20 – </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (continuers)</w:t>
+              <w:t>2AUC20 – Auslan (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A32E446" w14:textId="68328FC1" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00E907F9">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ALN2 – </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (continuers)</w:t>
+              <w:t>2ALN2 – Auslan (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="0B266794" w14:textId="77777777" w:rsidTr="008C6060">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16D0B361" w14:textId="76C1D6B2" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00E907F9">
@@ -14873,51 +14538,50 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="472639F7" w14:textId="5CEBF30E" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00E907F9">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2FIC20 – Filipino (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="208A9292" w14:textId="62D85233" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00E907F9">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -15329,50 +14993,51 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67D64BF7" w14:textId="08266E3E" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00A35F98">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2ITC20 – Italian (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="232D2D81" w14:textId="456007EE" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00A35F98">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -16649,51 +16314,50 @@
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C73E75A" w14:textId="2ADA2923" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00BF41EB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2VNC20 – Vietnamese (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="257F2C68" w14:textId="0E68FA09" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00EE5554">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -17080,50 +16744,51 @@
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="523C899A" w14:textId="3466DA56" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mathematics Learning Are</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="4FB53F19" w14:textId="77777777" w:rsidTr="006561C9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
@@ -17903,51 +17568,50 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="033AC49F" w14:textId="4ADE8519" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Specialist Mathematics</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="01209C6D" w14:textId="77777777" w:rsidTr="00746AB6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18293,50 +17957,51 @@
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:tab/>
               <w:t>Agricultural and Horticultural Applied Technologies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="030FFDB1" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="886"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="886" w:hanging="867"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2AHT20 –</w:t>
             </w:r>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>Agricultural and Horticultural Applied Technologies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17842853" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="886"/>
               </w:tabs>
               <w:ind w:left="886" w:hanging="867"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -19459,51 +19124,50 @@
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2AHM20 – Agricultural and Horticultural Management</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A2A80BC" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00B31F88">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="888"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2HL11 – </w:t>
             </w:r>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:tab/>
               <w:t>Agricultural and Horticultural Principles I</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B999619" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="888"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -19826,94 +19490,95 @@
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EA75983" w14:textId="1D2C830A" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk184985089"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk184985089"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
                 <w:bCs/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="004046AB" w:rsidRPr="005B5CEC" w14:paraId="2081798B" w14:textId="77777777" w:rsidTr="006D780A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E2BC70E" w14:textId="30038F40" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2BGY20 – Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139B5DB9" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="00B818D5">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
@@ -20766,51 +20431,50 @@
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5818D7" w14:textId="4105E589" w:rsidR="004046AB" w:rsidRPr="005B5CEC" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2STU20 – Scientific Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A439861" w14:textId="77777777" w:rsidR="004046AB" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
@@ -20986,50 +20650,51 @@
             <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4817" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E43F1B5" w14:textId="77777777" w:rsidR="004046AB" w:rsidRPr="00554D55" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2SFA10 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00554D55">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Scientific Studies A: Modified</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F9C82EB" w14:textId="77777777" w:rsidR="004046AB" w:rsidRDefault="004046AB" w:rsidP="004046AB">
             <w:pPr>
               <w:pStyle w:val="ISTablebodytext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve">2SFA20 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00554D55">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -21218,71 +20883,71 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="737F0550" w14:textId="77777777" w:rsidR="00DC7C7D" w:rsidRDefault="00DC7C7D" w:rsidP="001A6CDF"/>
     <w:sectPr w:rsidR="00DC7C7D" w:rsidSect="005B66BC">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1916" w:right="1134" w:bottom="1134" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03650C36" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D" w:rsidP="00131B77">
+    <w:p w14:paraId="2830FA62" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922" w:rsidP="00131B77">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D8B7111" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D" w:rsidP="00131B77">
+    <w:p w14:paraId="422E0CC4" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922" w:rsidP="00131B77">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4C8FB3AD" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D">
+    <w:p w14:paraId="251E2CD8" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Roboto Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -21374,99 +21039,97 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="-986163371"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="6352E146" w14:textId="15BB4366" w:rsidR="006C200E" w:rsidRDefault="006C200E" w:rsidP="003F19F6">
+          <w:p w14:paraId="6352E146" w14:textId="6867A080" w:rsidR="006C200E" w:rsidRDefault="006C200E" w:rsidP="003F19F6">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Information sheet 56/</w:t>
             </w:r>
             <w:r w:rsidR="00052258">
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006808D2">
+            <w:r w:rsidR="00585873">
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Stage 2 subject preclusions</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB1926">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21560,94 +21223,94 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D679B5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB1926">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A9E39F1" w14:textId="52EC25DA" w:rsidR="006C200E" w:rsidRPr="00CB1926" w:rsidRDefault="008D6AB9" w:rsidP="003F19F6">
+          <w:p w14:paraId="6A9E39F1" w14:textId="372E5F67" w:rsidR="006C200E" w:rsidRPr="00CB1926" w:rsidRDefault="008D6AB9" w:rsidP="003F19F6">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Ref: </w:t>
             </w:r>
             <w:r w:rsidR="007F2507">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A1249393</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6CA18A0C" w14:textId="14570D19" w:rsidR="006C200E" w:rsidRPr="00CB7D5E" w:rsidRDefault="006C200E" w:rsidP="00121E30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="40AC6F4B" w14:textId="6801581D" w:rsidR="008D6AB9" w:rsidRDefault="006C200E">
+  <w:p w14:paraId="40AC6F4B" w14:textId="1EC196A5" w:rsidR="008D6AB9" w:rsidRDefault="006C200E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C11ED">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65E0E18F" wp14:editId="7F3A0BAE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5123815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9598660</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1901825" cy="1304290"/>
@@ -21722,83 +21385,84 @@
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="006808D2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stage 2 subject preclusions</w:t>
     </w:r>
     <w:r w:rsidRPr="001C11ED">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Page 1 of 2</w:t>
+      <w:t xml:space="preserve">Page 1 of </w:t>
+    </w:r>
+    <w:r w:rsidR="00C229CA">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>17</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="135E8AA6" w14:textId="65C090FE" w:rsidR="006C200E" w:rsidRPr="00CB7D5E" w:rsidRDefault="008D6AB9">
+  <w:p w14:paraId="135E8AA6" w14:textId="0BF8F5FF" w:rsidR="006C200E" w:rsidRPr="00CB7D5E" w:rsidRDefault="008D6AB9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Ref: </w:t>
+      <w:t>Ref:</w:t>
     </w:r>
-    <w:r w:rsidR="00341AD5">
+    <w:r w:rsidR="00C229CA" w:rsidRPr="00C229CA">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>A1016301</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> A1249393</w:t>
     </w:r>
     <w:r w:rsidR="006C200E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70DEFF27" wp14:editId="35EF7F91">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4745355</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-702310</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1901825" cy="1304290"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21137"/>
               <wp:lineTo x="21420" y="21137"/>
               <wp:lineTo x="21420" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
@@ -21901,71 +21565,71 @@
                     <a:ext cx="1901825" cy="1304290"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31C09541" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D" w:rsidP="00131B77">
+    <w:p w14:paraId="45ACABD5" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922" w:rsidP="00131B77">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3221B7C9" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D" w:rsidP="00131B77">
+    <w:p w14:paraId="618ADF7B" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922" w:rsidP="00131B77">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="215EF0ED" w14:textId="77777777" w:rsidR="00313E1D" w:rsidRDefault="00313E1D">
+    <w:p w14:paraId="1C916F0A" w14:textId="77777777" w:rsidR="00DF5922" w:rsidRDefault="00DF5922">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4A9D150B" w14:textId="655AA009" w:rsidR="00514C2A" w:rsidRDefault="00514C2A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="60BA713A" wp14:editId="63826C1F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
@@ -22018,102 +21682,162 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00514C2A">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="60BA713A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <w:pict w14:anchorId="53B471C9">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="60BA713A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMa959448180d2cae1be9fa86e" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:15pt;width:595.3pt;height:19.85pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+J5ttEwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp/U/8Hy+0igha0RoaKtmCah&#10;thKd+mwcm0SyfZ5tSNhfv7MToOr2NO3FOd9d7sf3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3xuvr8&#10;lRIfmKmYAiNKehSe3i2uPs1bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM9nWQuusg648B69j32QLlJ9KQUPz1J6EYgqKc4W0unSuY1ntpizYueYrRs+jMH+YQrNGoNN&#10;z6UeWWBk75o/SumGO/Agw4iDzkDKhou0A24zzj9ss6mZFWkXBMfbM0z+/5XlT4eNfXEkdPfQIYER&#10;kNb6wqMz7tNJp+MXJyUYRwiPZ9hEFwhH55fpLL8eY4hjbDKd5LfTWCa7/G2dD98EaBKNkjqkJaHF&#10;Dmsf+tRTSmxmYNUolahRhrQlnV1P8/TDOYLFlcEel1mjFbptNyywheqIeznoKfeWrxpsvmY+vDCH&#10;HOO8qNvwjIdUgE1gsCipwf36mz/mI/QYpaRFzZTU/9wzJyhR3w2Scju+uYkiSxc03Hvv9uQ1e/0A&#10;KMcxvgzLkxlzgzqZ0oF+Q1kvYzcMMcOxZ0nDyXwIvYLxWXCxXKYklJNlYW02lsfSEcYI6Wv3xpwd&#10;cA/I2BOcVMWKD/D3uT0By30A2SRuIrA9mgPeKMXE7vBsotbf31PW5XEvfgMAAP//AwBQSwMEFAAG&#10;AAgAAAAhAKCK+GTcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77BMwZvdVCEx&#10;MZsiSi+CYNpevG2zYxK6Oxuy2yS+vdOTnobh//nmm3K7OCsmHEPvScFmnYBAarzpqVVwPOzun0CE&#10;qMlo6wkV/GCAbXV7U+rC+JlqnPaxFQyhUGgFXYxDIWVoOnQ6rP2AxNm3H52OvI6tNKOeGe6sfEiS&#10;VDrdE1/o9ICvHTbn/cUxJX97X+JH9umDrXfz5L6OWT0odbdaXp5BRFziXxmu+qwOFTud/IVMEFYB&#10;PxIVPCY8r+kmT1IQJwVpnoGsSvnfv/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfieb&#10;bRMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;oIr4ZNwAAAAHAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMa959448180d2cae1be9fa86e" style="position:absolute;margin-left:0;margin-top:15pt;width:595.3pt;height:19.85pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" alt="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1026" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+J5ttEwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp/U/8Hy+0igha0RoaKtmCah&#10;thKd+mwcm0SyfZ5tSNhfv7MToOr2NO3FOd9d7sf3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3xuvr8&#10;lRIfmKmYAiNKehSe3i2uPs1bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM9nWQuusg648B69j32QLlJ9KQUPz1J6EYgqKc4W0unSuY1ntpizYueYrRs+jMH+YQrNGoNN&#10;z6UeWWBk75o/SumGO/Agw4iDzkDKhou0A24zzj9ss6mZFWkXBMfbM0z+/5XlT4eNfXEkdPfQIYER&#10;kNb6wqMz7tNJp+MXJyUYRwiPZ9hEFwhH55fpLL8eY4hjbDKd5LfTWCa7/G2dD98EaBKNkjqkJaHF&#10;Dmsf+tRTSmxmYNUolahRhrQlnV1P8/TDOYLFlcEel1mjFbptNyywheqIeznoKfeWrxpsvmY+vDCH&#10;HOO8qNvwjIdUgE1gsCipwf36mz/mI/QYpaRFzZTU/9wzJyhR3w2Scju+uYkiSxc03Hvv9uQ1e/0A&#10;KMcxvgzLkxlzgzqZ0oF+Q1kvYzcMMcOxZ0nDyXwIvYLxWXCxXKYklJNlYW02lsfSEcYI6Wv3xpwd&#10;cA/I2BOcVMWKD/D3uT0By30A2SRuIrA9mgPeKMXE7vBsotbf31PW5XEvfgMAAP//AwBQSwMEFAAG&#10;AAgAAAAhAKCK+GTcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77BMwZvdVCEx&#10;MZsiSi+CYNpevG2zYxK6Oxuy2yS+vdOTnobh//nmm3K7OCsmHEPvScFmnYBAarzpqVVwPOzun0CE&#10;qMlo6wkV/GCAbXV7U+rC+JlqnPaxFQyhUGgFXYxDIWVoOnQ6rP2AxNm3H52OvI6tNKOeGe6sfEiS&#10;VDrdE1/o9ICvHTbn/cUxJX97X+JH9umDrXfz5L6OWT0odbdaXp5BRFziXxmu+qwOFTud/IVMEFYB&#10;PxIVPCY8r+kmT1IQJwVpnoGsSvnfv/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfieb&#10;bRMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;oIr4ZNwAAAAHAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="09F77EC5" w14:textId="072541BE" w:rsidR="00514C2A" w:rsidRPr="00514C2A" w:rsidRDefault="00514C2A" w:rsidP="00514C2A">
+                  <w:p w:rsidRPr="00514C2A" w:rsidR="00514C2A" w:rsidP="00514C2A" w:rsidRDefault="00514C2A" w14:paraId="08CE8BEA" w14:textId="072541BE">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00514C2A">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4801AEFB" w14:textId="08DBA0F3" w:rsidR="006C200E" w:rsidRDefault="00514C2A">
+  <w:p w14:paraId="4801AEFB" w14:textId="019774A6" w:rsidR="006C200E" w:rsidRDefault="001A19A0" w:rsidP="73AFB574">
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DAE885C" wp14:editId="20FC3624">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-556591</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-357809</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6838950" cy="1429363"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="129473533" name="drawing"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="129473533" name="Picture 129473533"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6838950" cy="1429363"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00514C2A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6CBA31E9" wp14:editId="203373BE">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6CBA31E9" wp14:editId="1FB7AA97">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="MSIPCMca2848c5a09198de9d6f3fd8" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="252095"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -22179,150 +21903,68 @@
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00514C2A">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006C200E">
-[...67 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="45BA0F5E" w14:textId="70C99A4F" w:rsidR="006C200E" w:rsidRPr="00A67AFC" w:rsidRDefault="006C200E" w:rsidP="00BB7914">
+  <w:p w14:paraId="45BA0F5E" w14:textId="06BDB7B8" w:rsidR="006C200E" w:rsidRPr="00A67AFC" w:rsidRDefault="73AFB574" w:rsidP="73AFB574">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="349"/>
         <w:tab w:val="right" w:pos="9333"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:tab/>
-[...4 lines deleted...]
-    <w:r>
       <w:rPr>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>Information sheet 56/2</w:t>
-[...6 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>Information sheet 56/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020A6C78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F903E72"/>
     <w:lvl w:ilvl="0" w:tplc="3086E70E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ISNumberingList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -23886,120 +23528,124 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1261182588">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1948535564">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="514659392">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2090543070">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1653749842">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1717005769">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00131B77"/>
     <w:rsid w:val="000006F3"/>
     <w:rsid w:val="0001216F"/>
     <w:rsid w:val="0001336B"/>
     <w:rsid w:val="00013698"/>
     <w:rsid w:val="000338BF"/>
     <w:rsid w:val="00036810"/>
     <w:rsid w:val="000414E3"/>
     <w:rsid w:val="000507DC"/>
     <w:rsid w:val="00052258"/>
     <w:rsid w:val="000550E2"/>
     <w:rsid w:val="00061151"/>
     <w:rsid w:val="000706B4"/>
     <w:rsid w:val="00074727"/>
     <w:rsid w:val="0009027A"/>
+    <w:rsid w:val="00092517"/>
+    <w:rsid w:val="0009291E"/>
     <w:rsid w:val="000A27F4"/>
     <w:rsid w:val="000A4BE5"/>
     <w:rsid w:val="000D0DD2"/>
     <w:rsid w:val="000D2305"/>
     <w:rsid w:val="000D3F62"/>
     <w:rsid w:val="000D585B"/>
     <w:rsid w:val="000D5AEF"/>
     <w:rsid w:val="000D7D37"/>
     <w:rsid w:val="000F325F"/>
     <w:rsid w:val="000F4042"/>
     <w:rsid w:val="00114AC5"/>
     <w:rsid w:val="0012145C"/>
     <w:rsid w:val="00121E30"/>
     <w:rsid w:val="0012633B"/>
     <w:rsid w:val="00131B77"/>
     <w:rsid w:val="00131F07"/>
     <w:rsid w:val="00147FF8"/>
+    <w:rsid w:val="001544AB"/>
     <w:rsid w:val="00164A43"/>
     <w:rsid w:val="00165126"/>
     <w:rsid w:val="00165AE8"/>
     <w:rsid w:val="00165E94"/>
     <w:rsid w:val="001667A6"/>
     <w:rsid w:val="00171233"/>
     <w:rsid w:val="00180A4B"/>
     <w:rsid w:val="00182843"/>
     <w:rsid w:val="001902A8"/>
     <w:rsid w:val="001945DA"/>
     <w:rsid w:val="001A16A7"/>
+    <w:rsid w:val="001A19A0"/>
     <w:rsid w:val="001A2D70"/>
     <w:rsid w:val="001A5186"/>
     <w:rsid w:val="001A6BB5"/>
     <w:rsid w:val="001A6CDF"/>
     <w:rsid w:val="001B0292"/>
     <w:rsid w:val="001D0762"/>
     <w:rsid w:val="001D5A1E"/>
     <w:rsid w:val="001E194E"/>
     <w:rsid w:val="001E2B93"/>
     <w:rsid w:val="001F7EA3"/>
     <w:rsid w:val="00202D98"/>
     <w:rsid w:val="00202E10"/>
     <w:rsid w:val="00206CF8"/>
     <w:rsid w:val="00210780"/>
     <w:rsid w:val="00216239"/>
     <w:rsid w:val="0022049F"/>
     <w:rsid w:val="00222D54"/>
     <w:rsid w:val="00230378"/>
     <w:rsid w:val="00240C32"/>
     <w:rsid w:val="00242B15"/>
     <w:rsid w:val="00243236"/>
     <w:rsid w:val="00255F95"/>
     <w:rsid w:val="00262AC7"/>
     <w:rsid w:val="002639F7"/>
     <w:rsid w:val="00276177"/>
@@ -24010,50 +23656,51 @@
     <w:rsid w:val="00294066"/>
     <w:rsid w:val="002979B5"/>
     <w:rsid w:val="002B661A"/>
     <w:rsid w:val="002D0CFC"/>
     <w:rsid w:val="002F054C"/>
     <w:rsid w:val="00307731"/>
     <w:rsid w:val="00311495"/>
     <w:rsid w:val="00313E1D"/>
     <w:rsid w:val="00322BB9"/>
     <w:rsid w:val="00325042"/>
     <w:rsid w:val="003264C5"/>
     <w:rsid w:val="00334282"/>
     <w:rsid w:val="00336145"/>
     <w:rsid w:val="003364E2"/>
     <w:rsid w:val="00341AD5"/>
     <w:rsid w:val="00344B60"/>
     <w:rsid w:val="00367193"/>
     <w:rsid w:val="00371758"/>
     <w:rsid w:val="003719B1"/>
     <w:rsid w:val="00376451"/>
     <w:rsid w:val="003774A2"/>
     <w:rsid w:val="00385322"/>
     <w:rsid w:val="00387950"/>
     <w:rsid w:val="0039359F"/>
     <w:rsid w:val="003A3895"/>
+    <w:rsid w:val="003A5A67"/>
     <w:rsid w:val="003A6198"/>
     <w:rsid w:val="003A65AA"/>
     <w:rsid w:val="003C6644"/>
     <w:rsid w:val="003D5A3B"/>
     <w:rsid w:val="003E30FF"/>
     <w:rsid w:val="003E6EF6"/>
     <w:rsid w:val="003F19F6"/>
     <w:rsid w:val="003F3965"/>
     <w:rsid w:val="003F3DE4"/>
     <w:rsid w:val="003F40F3"/>
     <w:rsid w:val="0040191F"/>
     <w:rsid w:val="004046AB"/>
     <w:rsid w:val="004063AB"/>
     <w:rsid w:val="004100DD"/>
     <w:rsid w:val="00411BF3"/>
     <w:rsid w:val="00421E53"/>
     <w:rsid w:val="004222AB"/>
     <w:rsid w:val="00423E73"/>
     <w:rsid w:val="00432CD9"/>
     <w:rsid w:val="004335FE"/>
     <w:rsid w:val="00433907"/>
     <w:rsid w:val="00445B87"/>
     <w:rsid w:val="00471651"/>
     <w:rsid w:val="00472C22"/>
     <w:rsid w:val="00482E4B"/>
@@ -24068,50 +23715,51 @@
     <w:rsid w:val="004D3DB5"/>
     <w:rsid w:val="004D644B"/>
     <w:rsid w:val="004E2194"/>
     <w:rsid w:val="004E5F5B"/>
     <w:rsid w:val="004F1B94"/>
     <w:rsid w:val="00502972"/>
     <w:rsid w:val="005050E1"/>
     <w:rsid w:val="00512AC6"/>
     <w:rsid w:val="00514364"/>
     <w:rsid w:val="00514C2A"/>
     <w:rsid w:val="00517FAA"/>
     <w:rsid w:val="0052581F"/>
     <w:rsid w:val="00525EC9"/>
     <w:rsid w:val="005271A6"/>
     <w:rsid w:val="00533C72"/>
     <w:rsid w:val="005352FA"/>
     <w:rsid w:val="00537E5D"/>
     <w:rsid w:val="00540EDA"/>
     <w:rsid w:val="00542799"/>
     <w:rsid w:val="00554D55"/>
     <w:rsid w:val="005630BD"/>
     <w:rsid w:val="005643F0"/>
     <w:rsid w:val="005649D8"/>
     <w:rsid w:val="0056686B"/>
     <w:rsid w:val="00576E36"/>
+    <w:rsid w:val="00585873"/>
     <w:rsid w:val="00597A6F"/>
     <w:rsid w:val="005A5811"/>
     <w:rsid w:val="005A67E7"/>
     <w:rsid w:val="005B10CA"/>
     <w:rsid w:val="005B451D"/>
     <w:rsid w:val="005B5CEC"/>
     <w:rsid w:val="005B66BC"/>
     <w:rsid w:val="005C56C8"/>
     <w:rsid w:val="005D3C3A"/>
     <w:rsid w:val="005D780D"/>
     <w:rsid w:val="005E06D8"/>
     <w:rsid w:val="006059C9"/>
     <w:rsid w:val="006061D4"/>
     <w:rsid w:val="00617928"/>
     <w:rsid w:val="00620094"/>
     <w:rsid w:val="006264A3"/>
     <w:rsid w:val="00633AFF"/>
     <w:rsid w:val="0063782E"/>
     <w:rsid w:val="00650D08"/>
     <w:rsid w:val="006561C9"/>
     <w:rsid w:val="00656335"/>
     <w:rsid w:val="00657D51"/>
     <w:rsid w:val="006808D2"/>
     <w:rsid w:val="00681405"/>
     <w:rsid w:val="00683B77"/>
@@ -24163,206 +23811,216 @@
     <w:rsid w:val="00843C60"/>
     <w:rsid w:val="008545EB"/>
     <w:rsid w:val="00865C4A"/>
     <w:rsid w:val="008744E4"/>
     <w:rsid w:val="00876EE6"/>
     <w:rsid w:val="00887DA5"/>
     <w:rsid w:val="008922BF"/>
     <w:rsid w:val="00896C32"/>
     <w:rsid w:val="00897474"/>
     <w:rsid w:val="008A60FE"/>
     <w:rsid w:val="008B7526"/>
     <w:rsid w:val="008D6AB9"/>
     <w:rsid w:val="008D7F7C"/>
     <w:rsid w:val="008F0AEE"/>
     <w:rsid w:val="008F35B2"/>
     <w:rsid w:val="008F3729"/>
     <w:rsid w:val="00913B90"/>
     <w:rsid w:val="00923DF8"/>
     <w:rsid w:val="00927630"/>
     <w:rsid w:val="00932BEE"/>
     <w:rsid w:val="00936859"/>
     <w:rsid w:val="00960936"/>
     <w:rsid w:val="0097142B"/>
     <w:rsid w:val="00983DA7"/>
     <w:rsid w:val="00985262"/>
+    <w:rsid w:val="009875D8"/>
     <w:rsid w:val="00990497"/>
     <w:rsid w:val="00992990"/>
     <w:rsid w:val="009A036E"/>
     <w:rsid w:val="009B21BF"/>
     <w:rsid w:val="009C5EE4"/>
     <w:rsid w:val="009D67D1"/>
     <w:rsid w:val="009E4C82"/>
     <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E7BC7"/>
     <w:rsid w:val="009F2413"/>
     <w:rsid w:val="00A0106C"/>
     <w:rsid w:val="00A15AEA"/>
     <w:rsid w:val="00A35457"/>
     <w:rsid w:val="00A35CD1"/>
     <w:rsid w:val="00A35F98"/>
     <w:rsid w:val="00A36894"/>
     <w:rsid w:val="00A40E7D"/>
     <w:rsid w:val="00A41B96"/>
     <w:rsid w:val="00A426B6"/>
     <w:rsid w:val="00A468F0"/>
     <w:rsid w:val="00A51BE7"/>
     <w:rsid w:val="00A53886"/>
     <w:rsid w:val="00A65EA9"/>
     <w:rsid w:val="00A660DA"/>
     <w:rsid w:val="00A66299"/>
     <w:rsid w:val="00A67AFC"/>
     <w:rsid w:val="00A86D45"/>
     <w:rsid w:val="00A92FFF"/>
     <w:rsid w:val="00A94AF6"/>
     <w:rsid w:val="00AA1699"/>
     <w:rsid w:val="00AB0D92"/>
     <w:rsid w:val="00AB34EE"/>
     <w:rsid w:val="00AC7CF7"/>
     <w:rsid w:val="00AD44AD"/>
     <w:rsid w:val="00AD4DF5"/>
     <w:rsid w:val="00AE1408"/>
     <w:rsid w:val="00AE474A"/>
     <w:rsid w:val="00AE7758"/>
     <w:rsid w:val="00B0298D"/>
     <w:rsid w:val="00B065D3"/>
     <w:rsid w:val="00B1413E"/>
     <w:rsid w:val="00B25F7F"/>
     <w:rsid w:val="00B31F74"/>
     <w:rsid w:val="00B31F88"/>
     <w:rsid w:val="00B359BB"/>
     <w:rsid w:val="00B51B6D"/>
     <w:rsid w:val="00B67CAE"/>
+    <w:rsid w:val="00B728CC"/>
     <w:rsid w:val="00B808D9"/>
     <w:rsid w:val="00B80B77"/>
     <w:rsid w:val="00B81670"/>
     <w:rsid w:val="00B818D5"/>
     <w:rsid w:val="00B86E7B"/>
     <w:rsid w:val="00B925F0"/>
     <w:rsid w:val="00B96285"/>
     <w:rsid w:val="00B962E4"/>
     <w:rsid w:val="00BA0B56"/>
     <w:rsid w:val="00BA3992"/>
     <w:rsid w:val="00BA56E0"/>
     <w:rsid w:val="00BA6080"/>
     <w:rsid w:val="00BB4C22"/>
     <w:rsid w:val="00BB7914"/>
     <w:rsid w:val="00BC43FF"/>
     <w:rsid w:val="00BE2E71"/>
     <w:rsid w:val="00BE5F63"/>
     <w:rsid w:val="00BF41EB"/>
     <w:rsid w:val="00C10169"/>
     <w:rsid w:val="00C10455"/>
     <w:rsid w:val="00C14CE0"/>
     <w:rsid w:val="00C1524D"/>
     <w:rsid w:val="00C20E01"/>
     <w:rsid w:val="00C224DA"/>
+    <w:rsid w:val="00C229CA"/>
     <w:rsid w:val="00C27F74"/>
     <w:rsid w:val="00C30A5F"/>
     <w:rsid w:val="00C372F9"/>
     <w:rsid w:val="00C73657"/>
+    <w:rsid w:val="00C764DE"/>
     <w:rsid w:val="00C772EA"/>
     <w:rsid w:val="00CA101A"/>
+    <w:rsid w:val="00CA1509"/>
     <w:rsid w:val="00CA326F"/>
     <w:rsid w:val="00CA621E"/>
     <w:rsid w:val="00CB1926"/>
     <w:rsid w:val="00CB7D5E"/>
     <w:rsid w:val="00CC205E"/>
     <w:rsid w:val="00CC28A1"/>
     <w:rsid w:val="00CC4CBD"/>
     <w:rsid w:val="00CC5FA7"/>
     <w:rsid w:val="00CD2B94"/>
     <w:rsid w:val="00CD6E5A"/>
     <w:rsid w:val="00CD6ECB"/>
     <w:rsid w:val="00CE1E9C"/>
     <w:rsid w:val="00CF104A"/>
     <w:rsid w:val="00CF7FAF"/>
     <w:rsid w:val="00D0746F"/>
     <w:rsid w:val="00D13EB9"/>
     <w:rsid w:val="00D25FD3"/>
     <w:rsid w:val="00D31F50"/>
     <w:rsid w:val="00D3363F"/>
     <w:rsid w:val="00D50873"/>
     <w:rsid w:val="00D679B5"/>
     <w:rsid w:val="00D904B8"/>
     <w:rsid w:val="00D91140"/>
     <w:rsid w:val="00D93E6C"/>
     <w:rsid w:val="00D950CE"/>
     <w:rsid w:val="00DB2784"/>
     <w:rsid w:val="00DB45EC"/>
     <w:rsid w:val="00DB7576"/>
     <w:rsid w:val="00DC708B"/>
     <w:rsid w:val="00DC7C7D"/>
+    <w:rsid w:val="00DF5922"/>
     <w:rsid w:val="00E00CF2"/>
     <w:rsid w:val="00E01A81"/>
     <w:rsid w:val="00E022F1"/>
     <w:rsid w:val="00E23B64"/>
     <w:rsid w:val="00E40636"/>
     <w:rsid w:val="00E524BC"/>
     <w:rsid w:val="00E644D0"/>
     <w:rsid w:val="00E7238D"/>
     <w:rsid w:val="00E819F1"/>
     <w:rsid w:val="00E8623C"/>
     <w:rsid w:val="00E907F9"/>
     <w:rsid w:val="00E941D6"/>
     <w:rsid w:val="00E96431"/>
     <w:rsid w:val="00E96FD1"/>
     <w:rsid w:val="00EA42A8"/>
     <w:rsid w:val="00EA7AD7"/>
     <w:rsid w:val="00EB07BC"/>
     <w:rsid w:val="00EB63B7"/>
     <w:rsid w:val="00EB7418"/>
     <w:rsid w:val="00EC7A1D"/>
     <w:rsid w:val="00ED0E28"/>
     <w:rsid w:val="00ED2E68"/>
     <w:rsid w:val="00ED6A37"/>
     <w:rsid w:val="00EE0FE3"/>
     <w:rsid w:val="00EE2489"/>
     <w:rsid w:val="00EE5554"/>
     <w:rsid w:val="00EE62DB"/>
     <w:rsid w:val="00EF0511"/>
     <w:rsid w:val="00F06ECF"/>
     <w:rsid w:val="00F13C06"/>
     <w:rsid w:val="00F31C39"/>
     <w:rsid w:val="00F324B9"/>
     <w:rsid w:val="00F32B26"/>
     <w:rsid w:val="00F35D0A"/>
     <w:rsid w:val="00F47AD6"/>
     <w:rsid w:val="00F66EB0"/>
     <w:rsid w:val="00F71CEF"/>
     <w:rsid w:val="00F733D3"/>
     <w:rsid w:val="00F75AE5"/>
     <w:rsid w:val="00F816FA"/>
     <w:rsid w:val="00F93912"/>
     <w:rsid w:val="00FA45CA"/>
     <w:rsid w:val="00FA68CE"/>
     <w:rsid w:val="00FB24E9"/>
+    <w:rsid w:val="00FB727A"/>
     <w:rsid w:val="00FC592C"/>
     <w:rsid w:val="00FC5F1C"/>
     <w:rsid w:val="00FC6D6C"/>
     <w:rsid w:val="00FD1781"/>
     <w:rsid w:val="00FD594A"/>
+    <w:rsid w:val="12648231"/>
+    <w:rsid w:val="494D0A1F"/>
+    <w:rsid w:val="73AFB574"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="461135E1"/>
@@ -26176,51 +25834,51 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -26504,130 +26162,130 @@
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
-      <value order="0">A1249393</value>
+      <value order="0">A1722160</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">Stage 2 Subject Preclusions (Information Sheet 56)</value>
+      <value order="0">Stage 2 Subject Preclusions (Information Sheet 56) 2026</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2024-01-03T21:41:05Z</value>
+      <value order="0">2026-01-21T06:28:52Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-01-04T00:21:37Z</value>
+      <value order="0">2026-01-21T06:31:04Z</value>
     </field>
     <field name="Objective-Owner">
-      <value order="0">Karen Collins</value>
+      <value order="0">Russell Long</value>
     </field>
     <field name="Objective-Path">
-      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2024 Operational Publications Planning</value>
+      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2026 Operational publications planning</value>
     </field>
     <field name="Objective-Parent">
-      <value order="0">2024 Operational Publications Planning</value>
+      <value order="0">2026 Operational publications planning</value>
     </field>
     <field name="Objective-State">
-      <value order="0">Being Edited</value>
+      <value order="0">Being Drafted</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA1969242</value>
+      <value order="0">vA2477317</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.1</value>
+      <value order="0">0.2</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">3</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
-      <value order="0">qA20485</value>
+      <value order="0">qA22371</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c63d0150a31af69c1823c3662da0620">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="533eb62f25be8e4da9f4ec5eee7cd4eb" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
     <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
     <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -26803,216 +26461,215 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE46C5B7-6DC0-49A7-98B6-F9DA61969AB4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="0073d9b0-a8ae-453b-b864-6bf9b1f1082e"/>
-    <ds:schemaRef ds:uri="586c7f97-8e6d-41dd-a072-f6ac8656acdf"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F0B49FE-3947-4E1F-A769-678BDBB6B471}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFB5E66A-A44D-477C-A639-837C7D313BEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8941A3B5-6B7E-46E2-B7D9-5B658FE3F0D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CD4D0D-C826-4A9F-8C5F-B2C0CD03E263}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>26019</Characters>
+  <Pages>1</Pages>
+  <Words>4477</Words>
+  <Characters>25525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>216</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>212</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SACE Board of South Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30522</CharactersWithSpaces>
+  <CharactersWithSpaces>29943</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Stage 2 Subject Preclusions (Information Sheet 56) (</dc:title>
-  <dc:creator/>
+  <dc:creator>Marcon, Mario (SACE)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
     <vt:lpwstr>2021-07-15T05:19:34Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
     <vt:lpwstr>fabeb3f2-2ed3-4129-b698-a45976c3318b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ContentTypeId">
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Id">
-    <vt:lpwstr>A1249393</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Id">
+    <vt:lpwstr>A1722160</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Title">
-    <vt:lpwstr>Stage 2 Subject Preclusions (Information Sheet 56)</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Title">
+    <vt:lpwstr>Stage 2 Subject Preclusions (Information Sheet 56) 2026</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Description">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-CreationStamp">
-    <vt:filetime>2024-01-03T21:41:05Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-CreationStamp">
+    <vt:filetime>2026-01-21T06:28:52Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsPublished">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-DatePublished">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-DatePublished">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-ModificationStamp">
-    <vt:filetime>2024-01-04T00:21:37Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-ModificationStamp">
+    <vt:filetime>2026-01-21T06:31:04Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Owner">
-    <vt:lpwstr>Karen Collins</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Owner">
+    <vt:lpwstr>Russell Long</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Path">
-    <vt:lpwstr>Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2024 Operational Publications Planning</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Path">
+    <vt:lpwstr>Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2026 Operational publications planning</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Parent">
-    <vt:lpwstr>2024 Operational Publications Planning</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Parent">
+    <vt:lpwstr>2026 Operational publications planning</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-State">
-    <vt:lpwstr>Being Edited</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-State">
+    <vt:lpwstr>Being Drafted</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-VersionId">
-    <vt:lpwstr>vA1969242</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionId">
+    <vt:lpwstr>vA2477317</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
-    <vt:lpwstr>1.1</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Version">
+    <vt:lpwstr>0.2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
-    <vt:r8>3</vt:r8>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionNumber">
+    <vt:r8>2</vt:r8>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
-    <vt:lpwstr>qA20485</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-FileNumber">
+    <vt:lpwstr>qA22371</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>