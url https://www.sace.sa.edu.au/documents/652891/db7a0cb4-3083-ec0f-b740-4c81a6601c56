--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,46 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="002219C1" w14:textId="0DB10B51" w:rsidR="00921666" w:rsidRDefault="00854447" w:rsidP="00921666">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc520796961"/>
       <w:r w:rsidRPr="00921666">
@@ -324,51 +328,51 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34831C82" w14:textId="1E7D446B" w:rsidR="00E166FF" w:rsidRDefault="00C97E1F" w:rsidP="00E166FF">
+        <w:p w14:paraId="34831C82" w14:textId="1E7D446B" w:rsidR="00E166FF" w:rsidRDefault="00000000" w:rsidP="00E166FF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="ja-JP"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc113990254" w:history="1">
             <w:r w:rsidR="00E166FF" w:rsidRPr="0060628A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Background Information</w:t>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -395,51 +399,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24E97395" w14:textId="0CED2622" w:rsidR="00E166FF" w:rsidRDefault="00C97E1F" w:rsidP="00E166FF">
+        <w:p w14:paraId="24E97395" w14:textId="0CED2622" w:rsidR="00E166FF" w:rsidRDefault="00000000" w:rsidP="00E166FF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="ja-JP"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc113990255" w:history="1">
             <w:r w:rsidR="00E166FF" w:rsidRPr="0060628A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>On the day of the oral examination</w:t>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -466,51 +470,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B03D221" w14:textId="3C0CA3D9" w:rsidR="00E166FF" w:rsidRDefault="00C97E1F" w:rsidP="00E166FF">
+        <w:p w14:paraId="2B03D221" w14:textId="3C0CA3D9" w:rsidR="00E166FF" w:rsidRDefault="00000000" w:rsidP="00E166FF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="ja-JP"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc113990256" w:history="1">
             <w:r w:rsidR="00E166FF" w:rsidRPr="0060628A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Conduct of the oral examination</w:t>
             </w:r>
             <w:r w:rsidR="00E166FF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -832,52 +836,57 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00921666">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>inimum Technical requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="75C6800C" w14:textId="3CB0A5CB" w:rsidR="00C33AF6" w:rsidRDefault="00C33AF6" w:rsidP="00D80A4D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>In order to ensure the best video and sound quality for connection the SACE Board of SA recommend the examination venue have access to:-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">In order to ensure the best video and sound quality for connection the SACE Board of SA recommend the examination venue have access </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7FDC9676" w14:textId="77777777" w:rsidR="00C33AF6" w:rsidRPr="00093AFB" w:rsidRDefault="00C33AF6" w:rsidP="00D80A4D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="96"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="BCDFDB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="BCDFDB"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BCDFDB"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="BCDFDB"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
@@ -1212,135 +1221,171 @@
               <w:right w:val="single" w:sz="6" w:space="0" w:color="D5D5D5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="120" w:type="dxa"/>
               <w:left w:w="120" w:type="dxa"/>
               <w:bottom w:w="120" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F0C92F6" w14:textId="77777777" w:rsidR="00D605D3" w:rsidRPr="00D605D3" w:rsidRDefault="00D605D3" w:rsidP="00D80A4D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Windows: IE 11+,  Edge 12+, Firefox 27+,  Chrome 30+ </w:t>
+              <w:t xml:space="preserve">  Windows</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D605D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: IE 11+,  Edge 12+, Firefox 27+,  Chrome 30+ </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="006EC628" w14:textId="77777777" w:rsidR="00D605D3" w:rsidRPr="00D605D3" w:rsidRDefault="00D605D3" w:rsidP="00D80A4D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Mac: Safari 7+, Firefox 27+,  Chrome 30+ </w:t>
+              <w:t xml:space="preserve">  Mac</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D605D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Safari 7+, Firefox 27+,  Chrome 30+ </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34B49764" w14:textId="77777777" w:rsidR="00D605D3" w:rsidRPr="00D605D3" w:rsidRDefault="00D605D3" w:rsidP="00D80A4D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r w:rsidRPr="00D605D3">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Linux: Firefox 27+,  Chrome 30+</w:t>
+              <w:t xml:space="preserve">  Linux</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D605D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>: Firefox 27+,  Chrome 30+</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E758CD8" w14:textId="77777777" w:rsidR="00D605D3" w:rsidRPr="00A0578A" w:rsidRDefault="00D605D3" w:rsidP="00D80A4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A4A7744" w14:textId="03EDA23C" w:rsidR="00C33AF6" w:rsidRPr="00C33AF6" w:rsidRDefault="00C33AF6" w:rsidP="00D80A4D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
@@ -1800,101 +1845,78 @@
       <w:r w:rsidR="00BE697D">
         <w:t xml:space="preserve">all language </w:t>
       </w:r>
       <w:r w:rsidR="00ED60C2" w:rsidRPr="00ED60C2">
         <w:t>students know the</w:t>
       </w:r>
       <w:r w:rsidR="00DE4957">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidR="00ED60C2" w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve"> correct</w:t>
       </w:r>
       <w:r w:rsidR="00BE697D">
         <w:t xml:space="preserve"> oral</w:t>
       </w:r>
       <w:r w:rsidR="00ED60C2" w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE697D">
         <w:t>examination venue</w:t>
       </w:r>
       <w:r w:rsidR="000B070F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724803EB" w14:textId="4D6899EF" w:rsidR="00391FA8" w:rsidRPr="00ED60C2" w:rsidRDefault="00391FA8" w:rsidP="00D80A4D">
-[...23 lines deleted...]
-    <w:p w14:paraId="711AD1A3" w14:textId="6C27698D" w:rsidR="00391FA8" w:rsidRPr="00391FA8" w:rsidRDefault="00391FA8" w:rsidP="00391FA8">
+    <w:p w14:paraId="724803EB" w14:textId="5391EA39" w:rsidR="00391FA8" w:rsidRPr="009D19FC" w:rsidRDefault="00391FA8" w:rsidP="00D80A4D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00391FA8">
-[...11 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>examination room URL</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> link.  </w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED60C2">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SACE board will</w:t>
+      </w:r>
+      <w:r w:rsidR="004658EC">
+        <w:t xml:space="preserve"> provide </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">an examination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED60C2">
+        <w:t xml:space="preserve">timetable </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">outlining the start </w:t>
+      </w:r>
+      <w:r w:rsidR="009D19FC">
+        <w:t xml:space="preserve">times, dates and ZOOM examinations URL link, to each contact and teaching school. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D85F929" w14:textId="4265905B" w:rsidR="00391FA8" w:rsidRDefault="00391FA8" w:rsidP="00391FA8">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve">Students should aim to arrive at the </w:t>
       </w:r>
       <w:r>
         <w:t>examination area at their contact school</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve"> 15 to 20 minutes </w:t>
       </w:r>
       <w:r w:rsidRPr="0058169A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the scheduled time of their individual oral </w:t>
       </w:r>
@@ -2003,56 +2025,65 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">each student will be examined in </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
         <w:t>alph</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">abetical order, by surname. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B0D930" w14:textId="35D67615" w:rsidR="00781637" w:rsidRDefault="00432496" w:rsidP="00781637">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In the event that there are 2</w:t>
+        <w:t>In the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there are 2</w:t>
       </w:r>
       <w:r w:rsidR="00EA3538">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> or more</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> examinations for </w:t>
       </w:r>
       <w:r w:rsidR="00EA3538">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -2249,67 +2280,70 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F53F24">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Each examination venue </w:t>
       </w:r>
       <w:r w:rsidR="00B71723">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>must ensure that there is</w:t>
       </w:r>
       <w:r w:rsidR="006E5DD8" w:rsidRPr="00F53F24">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B8A516" w14:textId="77777777" w:rsidR="00B71723" w:rsidRPr="00B71723" w:rsidRDefault="00B71723" w:rsidP="00B71723">
+    <w:p w14:paraId="19B8A516" w14:textId="6131FF3C" w:rsidR="00B71723" w:rsidRPr="00B71723" w:rsidRDefault="00B71723" w:rsidP="00B71723">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">A staff member </w:t>
+        <w:t>A staff member</w:t>
+      </w:r>
+      <w:r w:rsidR="00527942">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35057">
-        <w:t xml:space="preserve">available to supervise </w:t>
+        <w:t xml:space="preserve">to supervise </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35057">
         <w:t>students</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on arrival</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA20226" w14:textId="77777777" w:rsidR="00B71723" w:rsidRPr="00B71723" w:rsidRDefault="00B71723" w:rsidP="00B71723">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B71723">
         <w:rPr>
@@ -2605,51 +2639,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> examination room throughout the examination </w:t>
       </w:r>
       <w:r w:rsidR="00F53F24">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">period </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51EB6">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">and while </w:t>
       </w:r>
       <w:r w:rsidR="00F53F24">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">any student is in the room. An invigilator </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51EB6">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>may be relieved from time to time, provided that there is always at least one invigilator in the room.</w:t>
+        <w:t xml:space="preserve">may be relieved from time to time, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A51EB6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>provided that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A51EB6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there is always at least one invigilator in the room.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66887E32" w14:textId="213DBEB8" w:rsidR="000B070F" w:rsidRDefault="008F49B3" w:rsidP="000B070F">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Before </w:t>
       </w:r>
       <w:r w:rsidR="002D07F9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F53F24">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -2756,52 +2804,60 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00391FA8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please verify upon connection that your school is connected to the correct </w:t>
       </w:r>
       <w:r w:rsidR="00391FA8">
         <w:t>ZOOM examination room.</w:t>
       </w:r>
       <w:r w:rsidR="00391FA8" w:rsidRPr="00781637">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please see example below:-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Please see example </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0085430C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>below:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="53675627" w14:textId="441D1447" w:rsidR="0085430C" w:rsidRDefault="00391FA8" w:rsidP="0085430C">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A9FB1C0" wp14:editId="66BE5044">
             <wp:extent cx="5759450" cy="2900045"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -2947,55 +3003,63 @@
                         <a:srgbClr val="FF0000"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF4B410" w14:textId="5CE14EF9" w:rsidR="006C532F" w:rsidRDefault="008400C6" w:rsidP="00D80A4D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008400C6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter your </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003305B8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">school name </w:t>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003305B8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name </w:t>
       </w:r>
       <w:r w:rsidRPr="008400C6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00347488">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="008400C6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">language </w:t>
       </w:r>
       <w:r w:rsidR="003305B8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">that your students are studying </w:t>
       </w:r>
@@ -3017,52 +3081,60 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00432496">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  Please note that </w:t>
       </w:r>
       <w:r w:rsidR="00347488">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the name of the school and language must be updated each time you enter the online oral examination meeting request</w:t>
       </w:r>
       <w:r w:rsidR="00432496">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00347488">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  An example of the naming convention is shown below:-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  An example of the naming convention is shown </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00347488">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>below:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0DF359BC" w14:textId="1D94D4B7" w:rsidR="003305B8" w:rsidRDefault="003305B8" w:rsidP="00D80A4D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C532F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71B13543" wp14:editId="1AD16F38">
             <wp:extent cx="1424909" cy="1314450"/>
             <wp:effectExtent l="19050" t="19050" r="23495" b="19050"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -3222,51 +3294,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4575449" cy="515107"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:srgbClr val="FF0000"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28030B08" w14:textId="1E34860C" w:rsidR="00921666" w:rsidRPr="00921666" w:rsidRDefault="003305B8" w:rsidP="00D80A4D">
+    <w:p w14:paraId="28030B08" w14:textId="3D3DBF52" w:rsidR="00921666" w:rsidRPr="00921666" w:rsidRDefault="003305B8" w:rsidP="00D80A4D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00692351">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>f the</w:t>
       </w:r>
       <w:r w:rsidR="0062687E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3340,60 +3412,54 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>time,</w:t>
       </w:r>
       <w:r w:rsidR="0062687E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00692351">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">please </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk113960089"/>
       <w:r w:rsidR="00692351">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">contact </w:t>
       </w:r>
       <w:r w:rsidR="0062687E">
-        <w:t>askSACE on 8115 47</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">askSACE on </w:t>
+      </w:r>
+      <w:r w:rsidR="00527942">
+        <w:t xml:space="preserve">1300 322 920. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="70F07FBC" w14:textId="0985EBE5" w:rsidR="00921666" w:rsidRPr="00921666" w:rsidRDefault="00921666" w:rsidP="00921666">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Please refer to the table below as a visual representation of this admission process. For student with a start time of 12.00 pm</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -3831,51 +3897,51 @@
             </w:r>
             <w:r w:rsidRPr="00921666">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">:00 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00921666">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5C98B5" w14:textId="29510963" w:rsidR="00921666" w:rsidRDefault="00921666" w:rsidP="00495393">
+          <w:p w14:paraId="5E5C98B5" w14:textId="29112E18" w:rsidR="00921666" w:rsidRDefault="00921666" w:rsidP="00495393">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If connection </w:t>
             </w:r>
             <w:r w:rsidR="00CB3B8B">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidR="004D2ACE">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> the examiners </w:t>
             </w:r>
             <w:r>
@@ -3887,51 +3953,57 @@
             <w:r w:rsidR="00450F21">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> after 5 </w:t>
             </w:r>
             <w:r w:rsidR="00EC6E5F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>minutes,</w:t>
             </w:r>
             <w:r w:rsidR="00450F21">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> then </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">please contact </w:t>
             </w:r>
             <w:r>
-              <w:t>askSACE on 8115 4700 to investigate delay</w:t>
+              <w:t xml:space="preserve">askSACE on </w:t>
+            </w:r>
+            <w:r w:rsidR="00527942">
+              <w:t>1300 322 920</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> to investigate delay</w:t>
             </w:r>
             <w:r w:rsidR="004D2ACE">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E23CF84" w14:textId="77777777" w:rsidR="00921666" w:rsidRPr="00921666" w:rsidRDefault="00921666" w:rsidP="00921666">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64FF6DE7" w14:textId="77777777" w:rsidR="00921666" w:rsidRPr="00921666" w:rsidRDefault="00921666" w:rsidP="00921666">
@@ -4282,57 +4354,71 @@
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidR="005E12A2" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a phone number attached</w:t>
       </w:r>
       <w:r w:rsidR="00ED7B43" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.  P</w:t>
       </w:r>
       <w:r w:rsidR="00C73D32" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">lease use the phone number </w:t>
       </w:r>
       <w:r w:rsidR="00B23284" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">and meeting ID provided in order </w:t>
+        <w:t xml:space="preserve">and meeting ID provided </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B23284" w:rsidRPr="0085430C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in order </w:t>
       </w:r>
       <w:r w:rsidR="00432496" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">to </w:t>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00432496" w:rsidRPr="0085430C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005816CD" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>proceed with the oral examination</w:t>
       </w:r>
       <w:r w:rsidR="00ED7B43" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> if communication</w:t>
       </w:r>
       <w:r w:rsidR="008E223D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidR="00ED7B43" w:rsidRPr="0085430C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> the SACE examiners is unable to be </w:t>
       </w:r>
@@ -4853,51 +4939,59 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">permitted on photographs, pictures, etc. The only writing permitted on maps and charts will be labels or headings. All student materials they wish to use in their online oral examination should be </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00921666">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00921666">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>emailed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> to the SACE board before the end of Term 3.   These materials should be clearly labelled with the students registration number, subject and allocated time this material will be provided to the examiners. </w:t>
+        <w:t xml:space="preserve"> to the SACE board before the end of Term 3.   These materials should be clearly labelled with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> registration number, subject and allocated time this material will be provided to the examiners. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8192F2" w14:textId="49CA54CF" w:rsidR="00391FA8" w:rsidRDefault="00391FA8" w:rsidP="00A570FD">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Students are </w:t>
       </w:r>
       <w:r w:rsidR="00FA3771">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> permitted to use the computer to present any prepared electronic information to the examiners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E9CECC" w14:textId="3B4264DB" w:rsidR="00222463" w:rsidRPr="0047571D" w:rsidRDefault="00C4721D" w:rsidP="00D80A4D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
@@ -5079,104 +5173,116 @@
       <w:r w:rsidR="00422E21">
         <w:t xml:space="preserve">to collect the next student and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">follow steps 1 to 8 </w:t>
       </w:r>
       <w:r w:rsidR="00422E21">
         <w:t xml:space="preserve">in this process </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">until all students have been examined.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034A8CA1" w14:textId="32373453" w:rsidR="00640314" w:rsidRDefault="00ED60C2" w:rsidP="00D80A4D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
       <w:r w:rsidR="0047571D" w:rsidRPr="00ED60C2">
         <w:t>student</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
-        <w:t xml:space="preserve"> cannot be present for the scheduled examination because of medical reasons or other extenuating circumstances, then the student must submit an application for special provisions via their school. Applications on the grounds of medical reasons must be supported by detailed medical evidence sought on the day of the examination. Catch up oral examinations are not available.</w:t>
+        <w:t xml:space="preserve"> cannot be present for the scheduled examination because of medical reasons or other extenuating circumstances, then the student must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED60C2">
+        <w:t>submit an application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED60C2">
+        <w:t xml:space="preserve"> for special provisions via their school. Applications on the grounds of medical reasons must be supported by detailed medical evidence sought on the day of the examination. Catch up oral examinations are not available.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1806A454" w14:textId="4EDDE13C" w:rsidR="00F41297" w:rsidRPr="00ED60C2" w:rsidRDefault="00C73D32" w:rsidP="00FA3771">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>When the last student for</w:t>
       </w:r>
       <w:r w:rsidR="00C4721D">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> school has been </w:t>
       </w:r>
       <w:r w:rsidR="00422E21">
         <w:t>examined,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C4721D">
         <w:t>the SACE examiners will advise the invigilator to end the zoom meeting</w:t>
       </w:r>
       <w:r w:rsidR="007F3BE4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F41297" w:rsidRPr="00ED60C2" w:rsidSect="00AC194A">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="567" w:left="1418" w:header="851" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="209DE1E9" w14:textId="77777777" w:rsidR="00804517" w:rsidRPr="000D4EDE" w:rsidRDefault="00804517" w:rsidP="000D4EDE">
+    <w:p w14:paraId="0669AAFF" w14:textId="77777777" w:rsidR="0081741A" w:rsidRPr="000D4EDE" w:rsidRDefault="0081741A" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BBE4E11" w14:textId="77777777" w:rsidR="00804517" w:rsidRPr="000D4EDE" w:rsidRDefault="00804517" w:rsidP="000D4EDE">
+    <w:p w14:paraId="6C5D2ADC" w14:textId="77777777" w:rsidR="0081741A" w:rsidRPr="000D4EDE" w:rsidRDefault="0081741A" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5248,139 +5354,128 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="68B29385" w14:textId="77777777" w:rsidR="00890357" w:rsidRDefault="00890357">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="649215EA" w14:textId="07072ABF" w:rsidR="00681892" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF3964">
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
-    <w:r w:rsidR="00C97E1F">
-[...13 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr=" DOCPROPERTY  Objective-Id  \* MERGEFORMAT ">
+      <w:r w:rsidR="009C33B4">
+        <w:t>A1108846</w:t>
+      </w:r>
+    </w:fldSimple>
     <w:r w:rsidR="00BF3964" w:rsidRPr="00BF3964">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00C97E1F">
-[...13 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr=" DOCPROPERTY  Objective-Version  \* MERGEFORMAT ">
+      <w:r w:rsidR="00705F10">
+        <w:t>1.0</w:t>
+      </w:r>
+    </w:fldSimple>
   </w:p>
-  <w:p w14:paraId="535F9BF5" w14:textId="4DCFFB53" w:rsidR="007860F1" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
+  <w:p w14:paraId="535F9BF5" w14:textId="3E3366FD" w:rsidR="007860F1" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF3964">
       <w:t>Last Updated</w:t>
     </w:r>
     <w:r w:rsidR="001F587D">
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="001F587D">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001F587D">
       <w:instrText xml:space="preserve"> SAVEDATE  \@ "d MMMM yyyy"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="001F587D">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007C1E00">
+    <w:r w:rsidR="00890357">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>30 July 2025</w:t>
+      <w:t>28 January 2026</w:t>
     </w:r>
     <w:r w:rsidR="001F587D">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="15EED9B4" w14:textId="7B057B12" w:rsidR="00681892" w:rsidRPr="00681892" w:rsidRDefault="008125F8" w:rsidP="00681892">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00681892">
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="30165789"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="009B0053">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="007E7AA0">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="001D121E">
@@ -5395,70 +5490,90 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009B0053">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="0AA42767" w14:textId="77777777" w:rsidR="00890357" w:rsidRDefault="00890357">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4600717C" w14:textId="77777777" w:rsidR="00804517" w:rsidRPr="000D4EDE" w:rsidRDefault="00804517" w:rsidP="000D4EDE">
+    <w:p w14:paraId="52F6DC7B" w14:textId="77777777" w:rsidR="0081741A" w:rsidRPr="000D4EDE" w:rsidRDefault="0081741A" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AA1EEE5" w14:textId="77777777" w:rsidR="00804517" w:rsidRPr="000D4EDE" w:rsidRDefault="00804517" w:rsidP="000D4EDE">
+    <w:p w14:paraId="2591A624" w14:textId="77777777" w:rsidR="0081741A" w:rsidRPr="000D4EDE" w:rsidRDefault="0081741A" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="53D28E10" w14:textId="77777777" w:rsidR="00890357" w:rsidRDefault="00890357">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="5FEA8395" w14:textId="18158FBE" w:rsidR="00391FA8" w:rsidRDefault="006B77DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0E382652" wp14:editId="169869C6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="MSIPCM92b34cb2bbb2ff30c5e50ada" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -5651,50 +5766,60 @@
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00391FA8">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="0C4AF8FD" w14:textId="77777777" w:rsidR="00890357" w:rsidRDefault="00890357">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="279CD018"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -6788,50 +6913,51 @@
     <w:rsid w:val="000732AA"/>
     <w:rsid w:val="000767DD"/>
     <w:rsid w:val="00084F8B"/>
     <w:rsid w:val="00086D07"/>
     <w:rsid w:val="00086F71"/>
     <w:rsid w:val="00093692"/>
     <w:rsid w:val="00093915"/>
     <w:rsid w:val="000949AD"/>
     <w:rsid w:val="00095109"/>
     <w:rsid w:val="00096B0F"/>
     <w:rsid w:val="000A2395"/>
     <w:rsid w:val="000A490E"/>
     <w:rsid w:val="000A4BE4"/>
     <w:rsid w:val="000B04C5"/>
     <w:rsid w:val="000B070F"/>
     <w:rsid w:val="000B63CA"/>
     <w:rsid w:val="000B752A"/>
     <w:rsid w:val="000C14D9"/>
     <w:rsid w:val="000C15C7"/>
     <w:rsid w:val="000D056E"/>
     <w:rsid w:val="000D2FBA"/>
     <w:rsid w:val="000D4EDE"/>
     <w:rsid w:val="000E2460"/>
     <w:rsid w:val="000E43AC"/>
     <w:rsid w:val="000F703E"/>
+    <w:rsid w:val="00100C4F"/>
     <w:rsid w:val="0010508D"/>
     <w:rsid w:val="001066AD"/>
     <w:rsid w:val="00111D3F"/>
     <w:rsid w:val="00123576"/>
     <w:rsid w:val="00124B21"/>
     <w:rsid w:val="001327B8"/>
     <w:rsid w:val="0013471B"/>
     <w:rsid w:val="001352D4"/>
     <w:rsid w:val="00146615"/>
     <w:rsid w:val="00157C98"/>
     <w:rsid w:val="001653B6"/>
     <w:rsid w:val="00170662"/>
     <w:rsid w:val="00174B0F"/>
     <w:rsid w:val="0018235E"/>
     <w:rsid w:val="001A664F"/>
     <w:rsid w:val="001B2DB7"/>
     <w:rsid w:val="001B3383"/>
     <w:rsid w:val="001B3FFD"/>
     <w:rsid w:val="001C0B4B"/>
     <w:rsid w:val="001C1E92"/>
     <w:rsid w:val="001D0C02"/>
     <w:rsid w:val="001D121E"/>
     <w:rsid w:val="001E0F51"/>
     <w:rsid w:val="001E55BF"/>
     <w:rsid w:val="001F3D0E"/>
@@ -6919,138 +7045,144 @@
     <w:rsid w:val="003B6E16"/>
     <w:rsid w:val="003C180A"/>
     <w:rsid w:val="003C1E25"/>
     <w:rsid w:val="003C6A4E"/>
     <w:rsid w:val="003D1294"/>
     <w:rsid w:val="003D160A"/>
     <w:rsid w:val="003D27CB"/>
     <w:rsid w:val="003D329D"/>
     <w:rsid w:val="003E0E91"/>
     <w:rsid w:val="003E323E"/>
     <w:rsid w:val="003E6BF6"/>
     <w:rsid w:val="003F0F0D"/>
     <w:rsid w:val="003F4B55"/>
     <w:rsid w:val="0040141C"/>
     <w:rsid w:val="0040173E"/>
     <w:rsid w:val="00401BCE"/>
     <w:rsid w:val="00411E5A"/>
     <w:rsid w:val="00422C8C"/>
     <w:rsid w:val="00422E21"/>
     <w:rsid w:val="00432496"/>
     <w:rsid w:val="00435339"/>
     <w:rsid w:val="0044447D"/>
     <w:rsid w:val="00450F21"/>
     <w:rsid w:val="00461869"/>
     <w:rsid w:val="00463FA8"/>
+    <w:rsid w:val="004658EC"/>
     <w:rsid w:val="00465BAA"/>
     <w:rsid w:val="00467BFA"/>
     <w:rsid w:val="00472CBC"/>
     <w:rsid w:val="0047571D"/>
     <w:rsid w:val="004919C6"/>
     <w:rsid w:val="00493DAA"/>
     <w:rsid w:val="0049428C"/>
     <w:rsid w:val="00494335"/>
     <w:rsid w:val="00495393"/>
     <w:rsid w:val="00495A4C"/>
     <w:rsid w:val="004967A1"/>
     <w:rsid w:val="004A2CFC"/>
     <w:rsid w:val="004A5286"/>
     <w:rsid w:val="004A619B"/>
     <w:rsid w:val="004B584E"/>
     <w:rsid w:val="004C1106"/>
     <w:rsid w:val="004C1634"/>
     <w:rsid w:val="004C1E01"/>
     <w:rsid w:val="004C307A"/>
     <w:rsid w:val="004C6D4B"/>
     <w:rsid w:val="004D2ACE"/>
     <w:rsid w:val="004E2269"/>
     <w:rsid w:val="004F3339"/>
     <w:rsid w:val="004F72A2"/>
     <w:rsid w:val="00500FC7"/>
     <w:rsid w:val="005026D4"/>
     <w:rsid w:val="00503241"/>
     <w:rsid w:val="00503A51"/>
     <w:rsid w:val="0051007F"/>
     <w:rsid w:val="00512309"/>
     <w:rsid w:val="00521D3D"/>
     <w:rsid w:val="005231B7"/>
+    <w:rsid w:val="00527942"/>
+    <w:rsid w:val="00535EE1"/>
     <w:rsid w:val="00541448"/>
     <w:rsid w:val="00542522"/>
     <w:rsid w:val="0054526E"/>
     <w:rsid w:val="005476B5"/>
     <w:rsid w:val="00547893"/>
     <w:rsid w:val="005602DA"/>
     <w:rsid w:val="00573327"/>
     <w:rsid w:val="0057475B"/>
     <w:rsid w:val="0058169A"/>
     <w:rsid w:val="005816CD"/>
     <w:rsid w:val="005A3F63"/>
     <w:rsid w:val="005A59D0"/>
     <w:rsid w:val="005A7118"/>
     <w:rsid w:val="005A7D28"/>
     <w:rsid w:val="005B073E"/>
     <w:rsid w:val="005B227F"/>
     <w:rsid w:val="005B31F4"/>
     <w:rsid w:val="005B7801"/>
     <w:rsid w:val="005C173C"/>
     <w:rsid w:val="005C38C6"/>
     <w:rsid w:val="005C5891"/>
     <w:rsid w:val="005D5FAE"/>
     <w:rsid w:val="005E0426"/>
     <w:rsid w:val="005E07D0"/>
     <w:rsid w:val="005E12A2"/>
     <w:rsid w:val="005E4DF9"/>
     <w:rsid w:val="005F29B7"/>
+    <w:rsid w:val="006006EC"/>
     <w:rsid w:val="0060225B"/>
     <w:rsid w:val="00606EB5"/>
     <w:rsid w:val="00617FDA"/>
     <w:rsid w:val="0062116F"/>
     <w:rsid w:val="00621260"/>
     <w:rsid w:val="00626087"/>
     <w:rsid w:val="00626616"/>
     <w:rsid w:val="0062687E"/>
     <w:rsid w:val="00627842"/>
     <w:rsid w:val="006309FA"/>
     <w:rsid w:val="00634E4C"/>
     <w:rsid w:val="00636B8B"/>
     <w:rsid w:val="0063717E"/>
     <w:rsid w:val="00637D1C"/>
     <w:rsid w:val="00640314"/>
     <w:rsid w:val="006427FE"/>
     <w:rsid w:val="006506C1"/>
     <w:rsid w:val="0065747A"/>
     <w:rsid w:val="0066674D"/>
     <w:rsid w:val="00666A78"/>
     <w:rsid w:val="00676C12"/>
+    <w:rsid w:val="00680F49"/>
     <w:rsid w:val="00681892"/>
     <w:rsid w:val="00692351"/>
     <w:rsid w:val="0069375D"/>
     <w:rsid w:val="0069407C"/>
     <w:rsid w:val="0069574E"/>
     <w:rsid w:val="006A17C7"/>
     <w:rsid w:val="006A1921"/>
     <w:rsid w:val="006A2303"/>
+    <w:rsid w:val="006A4430"/>
     <w:rsid w:val="006A6958"/>
     <w:rsid w:val="006A74F2"/>
     <w:rsid w:val="006B77DF"/>
     <w:rsid w:val="006C532F"/>
     <w:rsid w:val="006E5DD8"/>
     <w:rsid w:val="006F145A"/>
     <w:rsid w:val="006F27CB"/>
     <w:rsid w:val="006F359B"/>
     <w:rsid w:val="006F405C"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F74B8"/>
     <w:rsid w:val="00700805"/>
     <w:rsid w:val="00701EC6"/>
     <w:rsid w:val="00705F10"/>
     <w:rsid w:val="00706179"/>
     <w:rsid w:val="007062C7"/>
     <w:rsid w:val="00714F78"/>
     <w:rsid w:val="007170F7"/>
     <w:rsid w:val="007253B8"/>
     <w:rsid w:val="00725949"/>
     <w:rsid w:val="00736E7D"/>
     <w:rsid w:val="007373EA"/>
     <w:rsid w:val="00741452"/>
     <w:rsid w:val="00741C62"/>
     <w:rsid w:val="00750880"/>
@@ -7072,119 +7204,124 @@
     <w:rsid w:val="00791780"/>
     <w:rsid w:val="00792BFF"/>
     <w:rsid w:val="007A0EB7"/>
     <w:rsid w:val="007A136D"/>
     <w:rsid w:val="007C08B1"/>
     <w:rsid w:val="007C1E00"/>
     <w:rsid w:val="007C2CC2"/>
     <w:rsid w:val="007C38BD"/>
     <w:rsid w:val="007C3DA5"/>
     <w:rsid w:val="007C79AA"/>
     <w:rsid w:val="007D0949"/>
     <w:rsid w:val="007D2E34"/>
     <w:rsid w:val="007D31DA"/>
     <w:rsid w:val="007D72C5"/>
     <w:rsid w:val="007E525D"/>
     <w:rsid w:val="007E688F"/>
     <w:rsid w:val="007E7AA0"/>
     <w:rsid w:val="007F016D"/>
     <w:rsid w:val="007F0323"/>
     <w:rsid w:val="007F379E"/>
     <w:rsid w:val="007F3BE4"/>
     <w:rsid w:val="007F471C"/>
     <w:rsid w:val="007F5E4B"/>
     <w:rsid w:val="00800C90"/>
     <w:rsid w:val="00804517"/>
+    <w:rsid w:val="00810E4D"/>
     <w:rsid w:val="008125F8"/>
+    <w:rsid w:val="0081741A"/>
     <w:rsid w:val="00823002"/>
     <w:rsid w:val="00837F8A"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844B1D"/>
     <w:rsid w:val="00844F5C"/>
     <w:rsid w:val="00845843"/>
     <w:rsid w:val="00846D34"/>
     <w:rsid w:val="0085430C"/>
     <w:rsid w:val="00854447"/>
     <w:rsid w:val="008637EC"/>
     <w:rsid w:val="00870BC6"/>
     <w:rsid w:val="0088036D"/>
     <w:rsid w:val="00881155"/>
     <w:rsid w:val="00882892"/>
     <w:rsid w:val="00885A14"/>
     <w:rsid w:val="0088689B"/>
+    <w:rsid w:val="00890357"/>
     <w:rsid w:val="00890FA0"/>
     <w:rsid w:val="008947BF"/>
     <w:rsid w:val="00895C87"/>
     <w:rsid w:val="008A214D"/>
     <w:rsid w:val="008A30B5"/>
     <w:rsid w:val="008A4CA5"/>
     <w:rsid w:val="008A5B5C"/>
     <w:rsid w:val="008A72D2"/>
     <w:rsid w:val="008A74A3"/>
     <w:rsid w:val="008B6868"/>
     <w:rsid w:val="008B6D24"/>
     <w:rsid w:val="008C6A43"/>
     <w:rsid w:val="008C715C"/>
     <w:rsid w:val="008D080C"/>
     <w:rsid w:val="008D6437"/>
     <w:rsid w:val="008D6EDF"/>
     <w:rsid w:val="008E223D"/>
     <w:rsid w:val="008E3EF5"/>
     <w:rsid w:val="008F19E6"/>
     <w:rsid w:val="008F33B5"/>
     <w:rsid w:val="008F49B3"/>
     <w:rsid w:val="00906799"/>
     <w:rsid w:val="0090758E"/>
     <w:rsid w:val="00915194"/>
     <w:rsid w:val="00921666"/>
     <w:rsid w:val="00922193"/>
     <w:rsid w:val="00922F04"/>
     <w:rsid w:val="00924152"/>
+    <w:rsid w:val="00924D71"/>
     <w:rsid w:val="0093194D"/>
     <w:rsid w:val="00934C3F"/>
     <w:rsid w:val="009374A8"/>
     <w:rsid w:val="009417AE"/>
     <w:rsid w:val="00945B3F"/>
     <w:rsid w:val="00950DCB"/>
     <w:rsid w:val="009523BE"/>
     <w:rsid w:val="00952D4C"/>
     <w:rsid w:val="00960246"/>
     <w:rsid w:val="00966D26"/>
     <w:rsid w:val="009720E1"/>
     <w:rsid w:val="00974F0E"/>
     <w:rsid w:val="00975CD7"/>
     <w:rsid w:val="00985E70"/>
     <w:rsid w:val="00995330"/>
     <w:rsid w:val="009979F4"/>
     <w:rsid w:val="009A45B2"/>
     <w:rsid w:val="009A5585"/>
     <w:rsid w:val="009A59D5"/>
     <w:rsid w:val="009B0053"/>
     <w:rsid w:val="009C2705"/>
     <w:rsid w:val="009C33B4"/>
     <w:rsid w:val="009C4ABD"/>
     <w:rsid w:val="009C5FDF"/>
+    <w:rsid w:val="009D19FC"/>
     <w:rsid w:val="009D2DDD"/>
     <w:rsid w:val="009D31C5"/>
     <w:rsid w:val="009E35AE"/>
     <w:rsid w:val="009F22A4"/>
     <w:rsid w:val="009F2951"/>
     <w:rsid w:val="00A0212F"/>
     <w:rsid w:val="00A0578A"/>
     <w:rsid w:val="00A10DA6"/>
     <w:rsid w:val="00A12399"/>
     <w:rsid w:val="00A151E9"/>
     <w:rsid w:val="00A15C06"/>
     <w:rsid w:val="00A15DBB"/>
     <w:rsid w:val="00A259F2"/>
     <w:rsid w:val="00A33802"/>
     <w:rsid w:val="00A3713C"/>
     <w:rsid w:val="00A37162"/>
     <w:rsid w:val="00A37E51"/>
     <w:rsid w:val="00A42F15"/>
     <w:rsid w:val="00A51EB6"/>
     <w:rsid w:val="00A53690"/>
     <w:rsid w:val="00A570FD"/>
     <w:rsid w:val="00A6240B"/>
     <w:rsid w:val="00A62D31"/>
     <w:rsid w:val="00A63380"/>
     <w:rsid w:val="00A865C7"/>
@@ -7201,50 +7338,51 @@
     <w:rsid w:val="00AC7E54"/>
     <w:rsid w:val="00AE6A4E"/>
     <w:rsid w:val="00AE7B98"/>
     <w:rsid w:val="00AF129F"/>
     <w:rsid w:val="00B06244"/>
     <w:rsid w:val="00B06EC3"/>
     <w:rsid w:val="00B105FF"/>
     <w:rsid w:val="00B12DC9"/>
     <w:rsid w:val="00B13F84"/>
     <w:rsid w:val="00B14604"/>
     <w:rsid w:val="00B15ABA"/>
     <w:rsid w:val="00B21076"/>
     <w:rsid w:val="00B2236F"/>
     <w:rsid w:val="00B22ABA"/>
     <w:rsid w:val="00B23284"/>
     <w:rsid w:val="00B2649B"/>
     <w:rsid w:val="00B34339"/>
     <w:rsid w:val="00B34C9E"/>
     <w:rsid w:val="00B42B2F"/>
     <w:rsid w:val="00B44900"/>
     <w:rsid w:val="00B45553"/>
     <w:rsid w:val="00B472E1"/>
     <w:rsid w:val="00B52821"/>
     <w:rsid w:val="00B569A2"/>
     <w:rsid w:val="00B61D9C"/>
+    <w:rsid w:val="00B6295C"/>
     <w:rsid w:val="00B63F04"/>
     <w:rsid w:val="00B71170"/>
     <w:rsid w:val="00B71723"/>
     <w:rsid w:val="00B72606"/>
     <w:rsid w:val="00B73BDF"/>
     <w:rsid w:val="00B80BCE"/>
     <w:rsid w:val="00B81524"/>
     <w:rsid w:val="00B81740"/>
     <w:rsid w:val="00B81DE1"/>
     <w:rsid w:val="00B82670"/>
     <w:rsid w:val="00B84635"/>
     <w:rsid w:val="00B85D7B"/>
     <w:rsid w:val="00B900EA"/>
     <w:rsid w:val="00B91069"/>
     <w:rsid w:val="00B92842"/>
     <w:rsid w:val="00BA2713"/>
     <w:rsid w:val="00BA2941"/>
     <w:rsid w:val="00BA4C61"/>
     <w:rsid w:val="00BA53BB"/>
     <w:rsid w:val="00BA5769"/>
     <w:rsid w:val="00BA627A"/>
     <w:rsid w:val="00BB22FA"/>
     <w:rsid w:val="00BB2623"/>
     <w:rsid w:val="00BD12A1"/>
     <w:rsid w:val="00BD7B83"/>
@@ -7252,57 +7390,59 @@
     <w:rsid w:val="00BE697D"/>
     <w:rsid w:val="00BF17C6"/>
     <w:rsid w:val="00BF3964"/>
     <w:rsid w:val="00BF4E46"/>
     <w:rsid w:val="00C0011E"/>
     <w:rsid w:val="00C00FDA"/>
     <w:rsid w:val="00C02EB9"/>
     <w:rsid w:val="00C04E4B"/>
     <w:rsid w:val="00C05687"/>
     <w:rsid w:val="00C11B56"/>
     <w:rsid w:val="00C16045"/>
     <w:rsid w:val="00C21E27"/>
     <w:rsid w:val="00C25E54"/>
     <w:rsid w:val="00C33AF6"/>
     <w:rsid w:val="00C3521C"/>
     <w:rsid w:val="00C371C4"/>
     <w:rsid w:val="00C4721D"/>
     <w:rsid w:val="00C55E92"/>
     <w:rsid w:val="00C56426"/>
     <w:rsid w:val="00C62BF5"/>
     <w:rsid w:val="00C636DA"/>
     <w:rsid w:val="00C658A2"/>
     <w:rsid w:val="00C66ED9"/>
     <w:rsid w:val="00C67E22"/>
     <w:rsid w:val="00C72271"/>
+    <w:rsid w:val="00C7375E"/>
     <w:rsid w:val="00C73D32"/>
     <w:rsid w:val="00C770AD"/>
     <w:rsid w:val="00C81356"/>
     <w:rsid w:val="00C8329B"/>
     <w:rsid w:val="00C87DA0"/>
     <w:rsid w:val="00C97E1F"/>
     <w:rsid w:val="00CA6FF9"/>
+    <w:rsid w:val="00CB2183"/>
     <w:rsid w:val="00CB3B8B"/>
     <w:rsid w:val="00CB4238"/>
     <w:rsid w:val="00CB5938"/>
     <w:rsid w:val="00CC1A64"/>
     <w:rsid w:val="00CC333D"/>
     <w:rsid w:val="00CC34EB"/>
     <w:rsid w:val="00CC66EA"/>
     <w:rsid w:val="00CD34CC"/>
     <w:rsid w:val="00CD3C17"/>
     <w:rsid w:val="00CE1F9C"/>
     <w:rsid w:val="00CE2E48"/>
     <w:rsid w:val="00CE3593"/>
     <w:rsid w:val="00CE7303"/>
     <w:rsid w:val="00CF6672"/>
     <w:rsid w:val="00CF7981"/>
     <w:rsid w:val="00D021F7"/>
     <w:rsid w:val="00D069C7"/>
     <w:rsid w:val="00D078A2"/>
     <w:rsid w:val="00D21123"/>
     <w:rsid w:val="00D227E9"/>
     <w:rsid w:val="00D26BB7"/>
     <w:rsid w:val="00D367EB"/>
     <w:rsid w:val="00D4400E"/>
     <w:rsid w:val="00D45731"/>
     <w:rsid w:val="00D45954"/>
@@ -7351,78 +7491,81 @@
     <w:rsid w:val="00E7336F"/>
     <w:rsid w:val="00E7485C"/>
     <w:rsid w:val="00E76262"/>
     <w:rsid w:val="00E84A6B"/>
     <w:rsid w:val="00E92385"/>
     <w:rsid w:val="00E9303A"/>
     <w:rsid w:val="00E96DEA"/>
     <w:rsid w:val="00EA1585"/>
     <w:rsid w:val="00EA3538"/>
     <w:rsid w:val="00EA48AE"/>
     <w:rsid w:val="00EB09E2"/>
     <w:rsid w:val="00EB74A5"/>
     <w:rsid w:val="00EC133B"/>
     <w:rsid w:val="00EC1F55"/>
     <w:rsid w:val="00EC6E5F"/>
     <w:rsid w:val="00ED60C2"/>
     <w:rsid w:val="00ED7B43"/>
     <w:rsid w:val="00EE0126"/>
     <w:rsid w:val="00EE0E6A"/>
     <w:rsid w:val="00EF2A15"/>
     <w:rsid w:val="00EF5BFD"/>
     <w:rsid w:val="00F01C6F"/>
     <w:rsid w:val="00F06EE2"/>
     <w:rsid w:val="00F074DC"/>
     <w:rsid w:val="00F24F8F"/>
+    <w:rsid w:val="00F276C3"/>
     <w:rsid w:val="00F307E0"/>
     <w:rsid w:val="00F31D9D"/>
     <w:rsid w:val="00F34D63"/>
     <w:rsid w:val="00F35057"/>
     <w:rsid w:val="00F41297"/>
     <w:rsid w:val="00F4360E"/>
     <w:rsid w:val="00F505B4"/>
+    <w:rsid w:val="00F5313C"/>
     <w:rsid w:val="00F53F24"/>
     <w:rsid w:val="00F57F7A"/>
     <w:rsid w:val="00F62D33"/>
     <w:rsid w:val="00F6570B"/>
     <w:rsid w:val="00F65F6C"/>
     <w:rsid w:val="00F67615"/>
     <w:rsid w:val="00F76C98"/>
     <w:rsid w:val="00F804CD"/>
     <w:rsid w:val="00F80750"/>
     <w:rsid w:val="00F85F59"/>
     <w:rsid w:val="00F86717"/>
     <w:rsid w:val="00F86DD4"/>
     <w:rsid w:val="00F86F25"/>
     <w:rsid w:val="00F96804"/>
     <w:rsid w:val="00FA3771"/>
     <w:rsid w:val="00FA3CEC"/>
     <w:rsid w:val="00FB4CF2"/>
     <w:rsid w:val="00FC4845"/>
     <w:rsid w:val="00FC6B03"/>
     <w:rsid w:val="00FD06D5"/>
     <w:rsid w:val="00FD34E9"/>
+    <w:rsid w:val="00FE0224"/>
     <w:rsid w:val="00FE419E"/>
     <w:rsid w:val="00FF2484"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10597,61 +10740,59 @@
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00F80750"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
@@ -23593,50 +23734,60 @@
     <w:rPr>
       <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2Medium">
     <w:name w:val="Heading 2 Medium"/>
     <w:basedOn w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F22A4"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00921666"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00680F49"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="95904478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="129172158">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -23831,51 +23982,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1916475910">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\hilla02\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\HH0CCY0Y\Sace%20Report%20Template%20V1.9%20(002).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="SACE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF6319"/>
       </a:accent1>
@@ -24084,196 +24235,164 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...17 lines deleted...]
-    <xsd:import namespace="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
+    <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4a6a620e-d892-4120-84bc-55322c34329b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e24f7e4-f994-42a6-920d-6929e5416d85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...18 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5921f216-40e3-4a29-8a23-1d62738ac013" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{335c6b54-e849-47e6-81db-71496e08b323}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5921f216-40e3-4a29-8a23-1d62738ac013">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -24336,51 +24455,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A1108846</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2022 Procedure for Oral Examinations conducted in ZOOM</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2022-09-14T14:48:36Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
       <value order="0">2023-09-15T06:04:31Z</value>
@@ -24410,140 +24529,144 @@
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA19186</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3A8772A-D2DA-487C-9678-73015F9A5299}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAF107C1-D671-4AA9-94F3-A19E80CD9AE8}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D62252A2-2E4F-4BFA-B2CC-0E49D2052034}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F7605D9-F59B-412F-AD29-6EBB0A4D2D9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4a6a620e-d892-4120-84bc-55322c34329b"/>
     <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
-  </ds:schemaRefs>
-[...33 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Sace Report Template V1.9 (002).dotx</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1808</Words>
-  <Characters>10310</Characters>
+  <Words>1780</Words>
+  <Characters>10152</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12094</CharactersWithSpaces>
+  <CharactersWithSpaces>11909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>April Hill</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KeepMarginsTheSame">
     <vt:bool>true</vt:bool>
@@ -24596,51 +24719,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionNumber">
     <vt:r8>4</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-FileNumber">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Classification">
     <vt:lpwstr>[Inherited - none]</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Security Classification [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="ContentTypeId">
-    <vt:lpwstr>0x0101005858743766E921459A27779827240240</vt:lpwstr>
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
     <vt:lpwstr>2022-09-14T05:23:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
     <vt:lpwstr>ce42d83b-62fb-40e0-a778-56b9179fc32c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>