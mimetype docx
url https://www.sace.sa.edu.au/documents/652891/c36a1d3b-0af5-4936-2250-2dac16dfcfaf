--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,146 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="5B932951" w14:textId="77777777" w:rsidR="00A80236" w:rsidRDefault="00A80236" w:rsidP="001265CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33BCFB75" w14:textId="77777777" w:rsidR="00A80236" w:rsidRDefault="00A80236" w:rsidP="001265CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F2D06BD" w14:textId="3DCAAA49" w:rsidR="0075645A" w:rsidRPr="00847A5A" w:rsidRDefault="00847A5A" w:rsidP="006B35E1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00847A5A">
         <w:t>Special provisions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F375F5" w14:textId="0AEB5321" w:rsidR="00847A5A" w:rsidRDefault="00847A5A" w:rsidP="006B35E1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00847A5A">
         <w:t>Reque</w:t>
       </w:r>
       <w:r w:rsidR="00F566B3">
         <w:t>st for external assessment adju</w:t>
       </w:r>
       <w:r w:rsidRPr="00847A5A">
         <w:t>stments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B36F98C" w14:textId="77777777" w:rsidR="006F6001" w:rsidRPr="00FC1E19" w:rsidRDefault="006F6001" w:rsidP="006B35E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69D633E8" w14:textId="0B0365D6" w:rsidR="00645542" w:rsidRPr="005F1B1F" w:rsidRDefault="00645542" w:rsidP="00B63902">
+    <w:p w14:paraId="69D633E8" w14:textId="6A48D8C0" w:rsidR="00645542" w:rsidRPr="005F1B1F" w:rsidRDefault="00645542" w:rsidP="00B63902">
       <w:pPr>
         <w:pStyle w:val="AFormbullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00504E8A">
         <w:t xml:space="preserve">Requests made </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00504E8A">
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00504E8A">
         <w:t xml:space="preserve"> known pre-existing conditions are due at the SACE</w:t>
       </w:r>
       <w:r w:rsidR="00CF3D54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF3D54" w:rsidRPr="00EC6861">
         <w:t>Board</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC6861">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F1B1F" w:rsidRPr="00EC6861">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
+      <w:r w:rsidR="00874718">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
       <w:r w:rsidR="00B63902" w:rsidRPr="004B2959">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4 April 202</w:t>
+        <w:t xml:space="preserve"> April 202</w:t>
       </w:r>
-      <w:r w:rsidR="0029170C">
+      <w:r w:rsidR="00874718">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="005F1B1F" w:rsidRPr="00EC6861">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC6861">
         <w:t xml:space="preserve"> so that the requir</w:t>
       </w:r>
       <w:r w:rsidRPr="00504E8A">
         <w:t xml:space="preserve">ed adjustment(s) can be </w:t>
       </w:r>
       <w:r w:rsidR="007528E7">
         <w:t>arranged</w:t>
       </w:r>
       <w:r w:rsidR="004B2959">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007528E7">
         <w:t>Applications received after this date will be considered on an individual basis</w:t>
       </w:r>
       <w:r w:rsidR="00B156D5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD8F093" w14:textId="74C9166D" w:rsidR="00F54D55" w:rsidRPr="00F54D55" w:rsidRDefault="00645542" w:rsidP="00B63902">
       <w:pPr>
@@ -302,70 +308,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Na</w:t>
             </w:r>
             <w:r w:rsidR="0095297A">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="0095297A">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of student </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C7D209A" w14:textId="220EC0C9" w:rsidR="00645542" w:rsidRPr="001265CD" w:rsidRDefault="0095297A" w:rsidP="0095297A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1498"/>
                 <w:tab w:val="left" w:pos="3864"/>
               </w:tabs>
@@ -1075,157 +1079,137 @@
               <w:t>I declare that the reasonable adjustments requested are the most appropriate for me, and all information provided to my school is true and correct. I give permission to SACE Board of South Australia officers to obtain further details from my school if considered necessary. I understand that the SACE Board will treat this information confidentially.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58381B20" w14:textId="467C22B0" w:rsidR="00645542" w:rsidRPr="001265CD" w:rsidRDefault="00645542" w:rsidP="00301B4E">
             <w:pPr>
               <w:pStyle w:val="BlockText"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7768"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9820"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of student </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00301B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Date</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B758D69" w14:textId="234B9910" w:rsidR="00645542" w:rsidRPr="001265CD" w:rsidRDefault="00645542" w:rsidP="00301B4E">
             <w:pPr>
               <w:pStyle w:val="BlockText"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7768"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9820"/>
               </w:tabs>
               <w:spacing w:before="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of parent </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00301B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Date</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="67BEFFD6" w14:textId="77777777" w:rsidR="00645542" w:rsidRPr="001265CD" w:rsidRDefault="00645542" w:rsidP="00951ADF">
             <w:pPr>
               <w:pStyle w:val="BlockText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1666"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="6313"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9407"/>
               </w:tabs>
               <w:spacing w:line="186" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1568,53 +1552,53 @@
             </w:pPr>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Based on my review of this application and the evidence held by my school, to the best of my knowledge:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="8637"/>
+              <w:gridCol w:w="8615"/>
               <w:gridCol w:w="124"/>
-              <w:gridCol w:w="401"/>
+              <w:gridCol w:w="400"/>
               <w:gridCol w:w="236"/>
               <w:gridCol w:w="397"/>
               <w:gridCol w:w="48"/>
             </w:tblGrid>
             <w:tr w:rsidR="00645542" w:rsidRPr="001265CD" w14:paraId="7B889593" w14:textId="77777777" w:rsidTr="00951ADF">
               <w:trPr>
                 <w:trHeight w:val="129"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8637" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="3D5AB0E7" w14:textId="77777777" w:rsidR="00645542" w:rsidRPr="00254754" w:rsidRDefault="00645542" w:rsidP="00951ADF">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="num" w:pos="360"/>
                     </w:tabs>
                     <w:adjustRightInd w:val="0"/>
@@ -2344,69 +2328,67 @@
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1345FD71" w14:textId="63077C19" w:rsidR="00645542" w:rsidRPr="00074474" w:rsidRDefault="00645542" w:rsidP="00301B4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="8244"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9945"/>
               </w:tabs>
               <w:spacing w:before="200" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of principal/delegate </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00074474" w:rsidRPr="00074474">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00074474">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00074474" w:rsidRPr="001265CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6ACFDB9D" w14:textId="77777777" w:rsidR="00254754" w:rsidRPr="00921304" w:rsidRDefault="00254754" w:rsidP="00921304">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:iCs/>
@@ -3346,57 +3328,52 @@
           </w:tcPr>
           <w:p w14:paraId="0CFFEA66" w14:textId="5B720919" w:rsidR="003B1DD3" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003B1DD3">
               <w:t>Other: _____________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:t>_________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="003B1DD3">
               <w:t>__</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="482F6A9F" w14:textId="77777777" w:rsidR="00DB26CB" w:rsidRPr="000F13A8" w:rsidRDefault="00DB26CB" w:rsidP="00A9695C">
       <w:pPr>
         <w:pStyle w:val="AFormHead2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="000F13A8">
-        <w:t xml:space="preserve">Subjects requiring adjustments — external assessment </w:t>
+        <w:t>Subjects requiring adjustments — external assessment only</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2FD17F66" w14:textId="1E95CAA3" w:rsidR="00DB26CB" w:rsidRPr="004A1E31" w:rsidRDefault="00DB26CB" w:rsidP="004A1E31">
       <w:pPr>
         <w:pStyle w:val="AFormtext"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1E31">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1E31">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1E31">
@@ -4396,65 +4373,52 @@
                     <v:rect w14:anchorId="34955739" id="Rectangle 20" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B2F037D" w14:textId="226166E7" w:rsidR="00050A97" w:rsidRDefault="00050A97" w:rsidP="00FE1F93">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB26CB">
-              <w:t xml:space="preserve">Examination to be provided on </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Examination to be provided on coloured paper. Specify colour</w:t>
+            </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB26CB">
               <w:t>shade</w:t>
             </w:r>
             <w:r w:rsidR="008537EA">
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB26CB">
               <w:t xml:space="preserve"> brand if possible</w:t>
             </w:r>
             <w:r w:rsidRPr="00F94EC1">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42FEFCF9" w14:textId="771E3903" w:rsidR="00A30955" w:rsidRPr="00DB26CB" w:rsidRDefault="00A30955" w:rsidP="00AC5F3F">
             <w:pPr>
               <w:pStyle w:val="AFormtext-Italic"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
@@ -6537,70 +6501,70 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>1300 322 920</w:t>
       </w:r>
       <w:r w:rsidRPr="008537EA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004B2959" w:rsidRPr="008537EA" w:rsidSect="00ED6363">
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="680" w:bottom="340" w:left="680" w:header="340" w:footer="340" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A8789C6" w14:textId="77777777" w:rsidR="00600550" w:rsidRDefault="00600550">
+    <w:p w14:paraId="2DF790A6" w14:textId="77777777" w:rsidR="00D610FB" w:rsidRDefault="00D610FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FBA34FC" w14:textId="77777777" w:rsidR="00600550" w:rsidRDefault="00600550">
+    <w:p w14:paraId="5B27A0BD" w14:textId="77777777" w:rsidR="00D610FB" w:rsidRDefault="00D610FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6662,98 +6626,98 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DaunPenh">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="223FCD80" w14:textId="77777777" w:rsidR="00DB394D" w:rsidRDefault="00DB394D" w:rsidP="00E44A33">
     <w:pPr>
       <w:pStyle w:val="FooterText"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10206"/>
         <w:tab w:val="right" w:pos="9995"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:t>Form 31/18</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
       <w:t>Page 2 of 2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="2801BC6B" w14:textId="28F9D2B1" w:rsidR="00DB394D" w:rsidRPr="00044D00" w:rsidRDefault="00DB394D" w:rsidP="00043A44">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -6806,52 +6770,52 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1ED454CD" w14:textId="1F8D6E24" w:rsidR="00DB394D" w:rsidRPr="005142FB" w:rsidRDefault="00DB394D" w:rsidP="005E1104">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="1ED454CD" w14:textId="07B029CD" w:rsidR="00DB394D" w:rsidRPr="005142FB" w:rsidRDefault="00DB394D" w:rsidP="005E1104">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C16374">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D3AFDAF" wp14:editId="7B22D260">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4838700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9553575</wp:posOffset>
@@ -6899,82 +6863,50 @@
                     <a:ext cx="1805940" cy="1238885"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Form </w:t>
-[...30 lines deleted...]
-      </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="005142FB">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00AD1707">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AD1707">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -7035,51 +6967,51 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A22C2F">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00AD1707">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="79038BB3" w14:textId="15AAAE98" w:rsidR="004770B7" w:rsidRPr="00044D00" w:rsidRDefault="004770B7" w:rsidP="00043A44">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00044D00">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00AD1707">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -7152,70 +7084,70 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A22C2F">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00AD1707" w:rsidRPr="00AD1707">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06AC0637" w14:textId="77777777" w:rsidR="00600550" w:rsidRDefault="00600550">
+    <w:p w14:paraId="298867E1" w14:textId="77777777" w:rsidR="00D610FB" w:rsidRDefault="00D610FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43B6EBEB" w14:textId="77777777" w:rsidR="00600550" w:rsidRDefault="00600550">
+    <w:p w14:paraId="0A87302B" w14:textId="77777777" w:rsidR="00D610FB" w:rsidRDefault="00D610FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="0366A001" w14:textId="77777777" w:rsidR="00DB394D" w:rsidRDefault="00DB394D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11BACA9D" wp14:editId="45FB94F1">
           <wp:extent cx="4810125" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="32" name="Picture 32" descr="Forms Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="Forms Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -7235,51 +7167,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4810125" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="265A036F" w14:textId="0D98685D" w:rsidR="00DB394D" w:rsidRPr="00B23DCC" w:rsidRDefault="007B74B1" w:rsidP="00B23DCC">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1F688E1E" wp14:editId="30091688">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560945" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
@@ -7363,51 +7295,51 @@
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="007B74B1">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="300DB3D0" w14:textId="4DAFE254" w:rsidR="00DB394D" w:rsidRDefault="00DB394D" w:rsidP="00A80236">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9333"/>
       </w:tabs>
       <w:ind w:firstLine="4320"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F8DCC52" wp14:editId="75E96E4B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-530529</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -7454,104 +7386,104 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="18B7FBEC" w14:textId="3C5DE1A2" w:rsidR="00DB394D" w:rsidRPr="00BC209D" w:rsidRDefault="00DB394D" w:rsidP="005E1104">
+  <w:p w14:paraId="18B7FBEC" w14:textId="197C4F5C" w:rsidR="00DB394D" w:rsidRPr="00BC209D" w:rsidRDefault="00DB394D" w:rsidP="005E1104">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9333"/>
       </w:tabs>
       <w:ind w:firstLine="4320"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>Form 31</w:t>
     </w:r>
     <w:r w:rsidRPr="00BC209D">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="005E1104">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="0029170C">
+    <w:r w:rsidR="00874718">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:position w:val="2"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27D22B9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="907E9376"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -11423,51 +11355,51 @@
   <w:num w:numId="39" w16cid:durableId="1307317715">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1987657353">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="2143881184">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1874077254">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="182256617">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1586720442">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="248514328">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
@@ -11495,50 +11427,51 @@
     <w:rsid w:val="00041CD4"/>
     <w:rsid w:val="0004307A"/>
     <w:rsid w:val="00043A44"/>
     <w:rsid w:val="00044D00"/>
     <w:rsid w:val="00047425"/>
     <w:rsid w:val="00050A97"/>
     <w:rsid w:val="0005434C"/>
     <w:rsid w:val="000576A3"/>
     <w:rsid w:val="00060D68"/>
     <w:rsid w:val="000613AC"/>
     <w:rsid w:val="000614E9"/>
     <w:rsid w:val="000616CA"/>
     <w:rsid w:val="000667B7"/>
     <w:rsid w:val="00066A57"/>
     <w:rsid w:val="00067839"/>
     <w:rsid w:val="00074474"/>
     <w:rsid w:val="00075115"/>
     <w:rsid w:val="000765F3"/>
     <w:rsid w:val="0008256A"/>
     <w:rsid w:val="000857C4"/>
     <w:rsid w:val="00091CF5"/>
     <w:rsid w:val="00092D19"/>
     <w:rsid w:val="000936F7"/>
     <w:rsid w:val="000976FC"/>
     <w:rsid w:val="000A23FE"/>
+    <w:rsid w:val="000A25F4"/>
     <w:rsid w:val="000A5A02"/>
     <w:rsid w:val="000B34C0"/>
     <w:rsid w:val="000B3EBF"/>
     <w:rsid w:val="000B432C"/>
     <w:rsid w:val="000B6D4D"/>
     <w:rsid w:val="000C2F99"/>
     <w:rsid w:val="000C3775"/>
     <w:rsid w:val="000C5597"/>
     <w:rsid w:val="000C6178"/>
     <w:rsid w:val="000D1697"/>
     <w:rsid w:val="000E1B97"/>
     <w:rsid w:val="000F06E1"/>
     <w:rsid w:val="000F13A8"/>
     <w:rsid w:val="000F1BCD"/>
     <w:rsid w:val="000F47AE"/>
     <w:rsid w:val="000F4C07"/>
     <w:rsid w:val="000F598C"/>
     <w:rsid w:val="00101494"/>
     <w:rsid w:val="00110CBE"/>
     <w:rsid w:val="0011109C"/>
     <w:rsid w:val="001162EF"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="001265CD"/>
     <w:rsid w:val="00130229"/>
     <w:rsid w:val="001323D2"/>
@@ -11915,50 +11848,51 @@
     <w:rsid w:val="00816232"/>
     <w:rsid w:val="008178BB"/>
     <w:rsid w:val="008249F1"/>
     <w:rsid w:val="00826BF3"/>
     <w:rsid w:val="008320D5"/>
     <w:rsid w:val="008327FA"/>
     <w:rsid w:val="008330A0"/>
     <w:rsid w:val="00833223"/>
     <w:rsid w:val="00841078"/>
     <w:rsid w:val="008432AA"/>
     <w:rsid w:val="008445FA"/>
     <w:rsid w:val="00845964"/>
     <w:rsid w:val="00847A5A"/>
     <w:rsid w:val="008537EA"/>
     <w:rsid w:val="008542F4"/>
     <w:rsid w:val="008556D8"/>
     <w:rsid w:val="00855FC1"/>
     <w:rsid w:val="00857984"/>
     <w:rsid w:val="008601E0"/>
     <w:rsid w:val="00862CB5"/>
     <w:rsid w:val="00863DB0"/>
     <w:rsid w:val="00863E4D"/>
     <w:rsid w:val="008641B2"/>
     <w:rsid w:val="00865AC6"/>
     <w:rsid w:val="00872DC5"/>
+    <w:rsid w:val="00874718"/>
     <w:rsid w:val="00874915"/>
     <w:rsid w:val="00876485"/>
     <w:rsid w:val="0088045E"/>
     <w:rsid w:val="00880BB1"/>
     <w:rsid w:val="008848F9"/>
     <w:rsid w:val="008907DB"/>
     <w:rsid w:val="008913E2"/>
     <w:rsid w:val="008915D1"/>
     <w:rsid w:val="00891E7C"/>
     <w:rsid w:val="00892CD8"/>
     <w:rsid w:val="00893EB7"/>
     <w:rsid w:val="00897CE5"/>
     <w:rsid w:val="008A0B41"/>
     <w:rsid w:val="008A102E"/>
     <w:rsid w:val="008B2118"/>
     <w:rsid w:val="008B3040"/>
     <w:rsid w:val="008B4F6C"/>
     <w:rsid w:val="008C011B"/>
     <w:rsid w:val="008C03A4"/>
     <w:rsid w:val="008D36F5"/>
     <w:rsid w:val="008D4695"/>
     <w:rsid w:val="008D670E"/>
     <w:rsid w:val="008D7DCC"/>
     <w:rsid w:val="008E68AF"/>
     <w:rsid w:val="008F00C4"/>
@@ -12160,50 +12094,51 @@
     <w:rsid w:val="00D04E26"/>
     <w:rsid w:val="00D05075"/>
     <w:rsid w:val="00D05B7B"/>
     <w:rsid w:val="00D06545"/>
     <w:rsid w:val="00D1298B"/>
     <w:rsid w:val="00D23779"/>
     <w:rsid w:val="00D23BA5"/>
     <w:rsid w:val="00D23CCE"/>
     <w:rsid w:val="00D2498B"/>
     <w:rsid w:val="00D251CE"/>
     <w:rsid w:val="00D31226"/>
     <w:rsid w:val="00D32E7F"/>
     <w:rsid w:val="00D33BF8"/>
     <w:rsid w:val="00D33FAB"/>
     <w:rsid w:val="00D368A2"/>
     <w:rsid w:val="00D40F05"/>
     <w:rsid w:val="00D4299C"/>
     <w:rsid w:val="00D42F6E"/>
     <w:rsid w:val="00D446F3"/>
     <w:rsid w:val="00D465FC"/>
     <w:rsid w:val="00D47AF1"/>
     <w:rsid w:val="00D50231"/>
     <w:rsid w:val="00D506CD"/>
     <w:rsid w:val="00D54290"/>
     <w:rsid w:val="00D6106D"/>
+    <w:rsid w:val="00D610FB"/>
     <w:rsid w:val="00D62DFD"/>
     <w:rsid w:val="00D6367F"/>
     <w:rsid w:val="00D639A7"/>
     <w:rsid w:val="00D64D98"/>
     <w:rsid w:val="00D66323"/>
     <w:rsid w:val="00D70BFC"/>
     <w:rsid w:val="00D7445C"/>
     <w:rsid w:val="00D751D2"/>
     <w:rsid w:val="00D76B30"/>
     <w:rsid w:val="00D76D0D"/>
     <w:rsid w:val="00D81015"/>
     <w:rsid w:val="00D8156C"/>
     <w:rsid w:val="00D82795"/>
     <w:rsid w:val="00D86E1F"/>
     <w:rsid w:val="00D87622"/>
     <w:rsid w:val="00D93D8E"/>
     <w:rsid w:val="00D946AE"/>
     <w:rsid w:val="00DB26CB"/>
     <w:rsid w:val="00DB3783"/>
     <w:rsid w:val="00DB394D"/>
     <w:rsid w:val="00DB42FF"/>
     <w:rsid w:val="00DC18EA"/>
     <w:rsid w:val="00DC2954"/>
     <w:rsid w:val="00DC488B"/>
     <w:rsid w:val="00DD0F65"/>
@@ -12231,50 +12166,51 @@
     <w:rsid w:val="00E23B7B"/>
     <w:rsid w:val="00E25FC4"/>
     <w:rsid w:val="00E26AA3"/>
     <w:rsid w:val="00E27A07"/>
     <w:rsid w:val="00E308C0"/>
     <w:rsid w:val="00E30C49"/>
     <w:rsid w:val="00E313C6"/>
     <w:rsid w:val="00E40525"/>
     <w:rsid w:val="00E44A33"/>
     <w:rsid w:val="00E45D99"/>
     <w:rsid w:val="00E50E3D"/>
     <w:rsid w:val="00E60AFA"/>
     <w:rsid w:val="00E610AB"/>
     <w:rsid w:val="00E63BDF"/>
     <w:rsid w:val="00E650F4"/>
     <w:rsid w:val="00E7258B"/>
     <w:rsid w:val="00E74D47"/>
     <w:rsid w:val="00E75F06"/>
     <w:rsid w:val="00E829CC"/>
     <w:rsid w:val="00E85041"/>
     <w:rsid w:val="00E85EAE"/>
     <w:rsid w:val="00E861AB"/>
     <w:rsid w:val="00E97DB8"/>
     <w:rsid w:val="00EA0825"/>
     <w:rsid w:val="00EA13CE"/>
+    <w:rsid w:val="00EA1A17"/>
     <w:rsid w:val="00EA2F08"/>
     <w:rsid w:val="00EA318C"/>
     <w:rsid w:val="00EA5BF2"/>
     <w:rsid w:val="00EA6B38"/>
     <w:rsid w:val="00EA71F4"/>
     <w:rsid w:val="00EA76F3"/>
     <w:rsid w:val="00EB76C8"/>
     <w:rsid w:val="00EC5547"/>
     <w:rsid w:val="00EC6861"/>
     <w:rsid w:val="00ED0121"/>
     <w:rsid w:val="00ED1981"/>
     <w:rsid w:val="00ED3698"/>
     <w:rsid w:val="00ED6363"/>
     <w:rsid w:val="00ED6B12"/>
     <w:rsid w:val="00ED7AFF"/>
     <w:rsid w:val="00EE0918"/>
     <w:rsid w:val="00EE2F0B"/>
     <w:rsid w:val="00EE7CF6"/>
     <w:rsid w:val="00EE7EBD"/>
     <w:rsid w:val="00EF0048"/>
     <w:rsid w:val="00EF64DB"/>
     <w:rsid w:val="00EF7254"/>
     <w:rsid w:val="00F00F59"/>
     <w:rsid w:val="00F178DD"/>
     <w:rsid w:val="00F24E0C"/>
@@ -12344,51 +12280,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F2D06BC"/>
   <w15:docId w15:val="{5BAB9C55-08E2-44DF-9028-A18DC7DBD746}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13919,58 +13855,59 @@
     <w:rsid w:val="004C3311"/>
     <w:pPr>
       <w:spacing w:before="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AFormtext-Italic">
     <w:name w:val="A Form text - Italic"/>
     <w:basedOn w:val="AFormtext"/>
     <w:next w:val="AFormtext"/>
     <w:rsid w:val="00AC5F3F"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/coordinating/admin/special-provisions" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/web/special-provisions/resources" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item6.xml" Id="Rf7908aeecf1448cb" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/coordinating/admin/special-provisions" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SACE.SpecialProvisions@sa.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/web/special-provisions/resources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\kathryn\Application%20Data\Microsoft\Templates\ops%20man.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -14246,196 +14183,165 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps6.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-    <xsd:import namespace="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
+    <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4a6a620e-d892-4120-84bc-55322c34329b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e24f7e4-f994-42a6-920d-6929e5416d85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...18 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5921f216-40e3-4a29-8a23-1d62738ac013" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{335c6b54-e849-47e6-81db-71496e08b323}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5921f216-40e3-4a29-8a23-1d62738ac013">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -14498,55 +14404,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A1488765</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Special provisions - request for external assessment adjustments (Form 31)</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-12-11T03:43:38Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
       <value order="0">2024-12-11T03:43:42Z</value>
@@ -14576,120 +14478,128 @@
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA21652</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C9DC9F0-583C-4992-BAA6-090D475A5C95}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75FE87F9-3CB9-4D56-8525-DAD985DDAE44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26FC525C-B858-40B5-BF4C-DDD05CEA47F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4a6a620e-d892-4120-84bc-55322c34329b"/>
     <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16F41086-38AF-4EBA-9250-D6B9F73E4E36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ops man.dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>656</Words>
-  <Characters>4334</Characters>
+  <Words>744</Words>
+  <Characters>4246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 31/24</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>917546</vt:i4>
@@ -14743,121 +14653,121 @@
         <vt:lpwstr>../johnsl01/AppData/Local/Temp/SACE.SpecialProvisions@sa.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Form 31/24</dc:title>
   <dc:creator>SACE Board of SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<op:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:op="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Objective-Comment">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Objective-Comment">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
     <vt:lpwstr>2022-09-16T02:17:02Z</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
     <vt:lpwstr>cb4585af-79b0-4fdf-8286-8e8c40b5ee59</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
-  </op:property>
-[...3 lines deleted...]
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Id">
     <vt:lpwstr>A1488765</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Title">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Title">
     <vt:lpwstr>Special provisions - request for external assessment adjustments (Form 31)</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-CreationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-CreationStamp">
     <vt:filetime>2024-12-11T03:43:38Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsPublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-DatePublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-DatePublished">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-ModificationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-ModificationStamp">
     <vt:filetime>2024-12-11T03:43:42Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Owner">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Owner">
     <vt:lpwstr>Emma Hillman</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Path">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2025 Operational publications planning:Forms 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Parent">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Parent">
     <vt:lpwstr>Forms 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-State">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-State">
     <vt:lpwstr>Being Drafted</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-VersionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-VersionId">
     <vt:lpwstr>vA2229316</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
     <vt:lpwstr>0.1</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
     <vt:lpwstr>qA21652</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
     <vt:lpwstr/>
-  </op:property>
-</op:Properties>
+  </property>
+</Properties>
 </file>