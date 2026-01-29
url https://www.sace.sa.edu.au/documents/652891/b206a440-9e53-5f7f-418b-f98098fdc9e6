--- v0 (2025-10-08)
+++ v1 (2026-01-29)
@@ -1,153 +1,148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId31"/>
+    <p:notesMasterId r:id="rId30"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="301" r:id="rId7"/>
     <p:sldId id="314" r:id="rId8"/>
     <p:sldId id="292" r:id="rId9"/>
     <p:sldId id="263" r:id="rId10"/>
     <p:sldId id="293" r:id="rId11"/>
     <p:sldId id="271" r:id="rId12"/>
     <p:sldId id="302" r:id="rId13"/>
     <p:sldId id="296" r:id="rId14"/>
     <p:sldId id="273" r:id="rId15"/>
     <p:sldId id="312" r:id="rId16"/>
     <p:sldId id="283" r:id="rId17"/>
     <p:sldId id="267" r:id="rId18"/>
     <p:sldId id="297" r:id="rId19"/>
-    <p:sldId id="307" r:id="rId20"/>
-[...9 lines deleted...]
-    <p:sldId id="282" r:id="rId30"/>
+    <p:sldId id="315" r:id="rId20"/>
+    <p:sldId id="279" r:id="rId21"/>
+    <p:sldId id="272" r:id="rId22"/>
+    <p:sldId id="298" r:id="rId23"/>
+    <p:sldId id="299" r:id="rId24"/>
+    <p:sldId id="303" r:id="rId25"/>
+    <p:sldId id="304" r:id="rId26"/>
+    <p:sldId id="305" r:id="rId27"/>
+    <p:sldId id="306" r:id="rId28"/>
+    <p:sldId id="282" r:id="rId29"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -263,168 +258,122 @@
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="7AB800"/>
     <a:srgbClr val="565A5C"/>
     <a:srgbClr val="AAE4E1"/>
     <a:srgbClr val="F8E3A6"/>
     <a:srgbClr val="FE98AE"/>
     <a:srgbClr val="FE5478"/>
     <a:srgbClr val="FF538C"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14995" autoAdjust="0"/>
-    <p:restoredTop sz="81838" autoAdjust="0"/>
+    <p:restoredTop sz="62456" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="89" d="100"/>
-          <a:sy n="89" d="100"/>
+          <a:sx n="43" d="100"/>
+          <a:sy n="43" d="100"/>
         </p:scale>
-        <p:origin x="1740" y="96"/>
+        <p:origin x="1911" y="75"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Markey, Lucy (SACE)" userId="2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="ADAL" clId="{582DF15C-81E3-4A52-88A5-BBE5329A39AB}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Markey, Lucy (SACE)" userId="2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="ADAL" clId="{582DF15C-81E3-4A52-88A5-BBE5329A39AB}" dt="2024-01-19T03:07:19.746" v="57" actId="20577"/>
+    <pc:chgData name="Barry, Ella (SACE)" userId="e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="ADAL" clId="{59B24552-492D-44EA-BA13-A159F0218779}"/>
+    <pc:docChg chg="custSel modSld">
+      <pc:chgData name="Barry, Ella (SACE)" userId="e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="ADAL" clId="{59B24552-492D-44EA-BA13-A159F0218779}" dt="2026-01-22T23:46:49.561" v="3" actId="313"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Markey, Lucy (SACE)" userId="2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="ADAL" clId="{582DF15C-81E3-4A52-88A5-BBE5329A39AB}" dt="2024-01-19T03:06:25.363" v="40" actId="1035"/>
+        <pc:chgData name="Barry, Ella (SACE)" userId="e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="ADAL" clId="{59B24552-492D-44EA-BA13-A159F0218779}" dt="2026-01-22T23:44:28.636" v="2" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="2236457200" sldId="267"/>
+          <pc:sldMk cId="3740802786" sldId="296"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Markey, Lucy (SACE)" userId="2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="ADAL" clId="{582DF15C-81E3-4A52-88A5-BBE5329A39AB}" dt="2024-01-19T03:06:25.363" v="40" actId="1035"/>
+          <ac:chgData name="Barry, Ella (SACE)" userId="e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="ADAL" clId="{59B24552-492D-44EA-BA13-A159F0218779}" dt="2026-01-22T23:44:28.636" v="2" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="2236457200" sldId="267"/>
-            <ac:spMk id="6" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="3740802786" sldId="296"/>
+            <ac:spMk id="7" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Markey, Lucy (SACE)" userId="2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="ADAL" clId="{582DF15C-81E3-4A52-88A5-BBE5329A39AB}" dt="2024-01-19T03:06:54.538" v="41" actId="207"/>
+      <pc:sldChg chg="modNotesTx">
+        <pc:chgData name="Barry, Ella (SACE)" userId="e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="ADAL" clId="{59B24552-492D-44EA-BA13-A159F0218779}" dt="2026-01-22T23:46:49.561" v="3" actId="313"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="1771427580" sldId="298"/>
+          <pc:sldMk cId="2793819935" sldId="315"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-[...36 lines deleted...]
-        </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -473,51 +422,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{94742C81-493D-4390-A49E-1E7759336A4A}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -778,83 +727,79 @@
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.satac.edu.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.satac.edu.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sace.sa.edu.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sace.sa.edu.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1621,165 +1566,150 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>There is one compulsory subject in Stage 2 — the Research Project.</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>There is one compulsory subject in Stage 2 — </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Activating Identities and Futures</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Activating Identities and Futures </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>is a compulsory Stage 2 subject</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>The Research Project is a compulsory Stage 2 subject</a:t>
-            </a:r>
+              <a:t>It is a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>one semester, 10 credit subject. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>It is a </a:t>
-[...26 lines deleted...]
-              <a:rPr lang="en-AU" dirty="0"/>
               <a:t>Often completed in Year 11; however some schools offer this to students in Year 12.</a:t>
             </a:r>
-          </a:p>
-[...23 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -1829,153 +1759,138 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-[...71 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What is Activating Identities and Futures?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Students explore ideas related to an area of personal interest through a process of self-directed inquiry.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>• using your own approach, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>behaviours</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and emotions to progress learning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>• understanding how you think and learn in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>different situations</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>• exploiting your strengths and identifying areas for improvement</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>• stopping and thinking about your own work</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>• revealing and sharing your thinking</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1429071309"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="365861361"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1985,136 +1900,102 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...54 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>At the end of Stage 2, you will receive your final results for all SACE subjects that you have completed, these grades are available in Students Online on the SACE website. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>For eligible students, on the same day, the South Australian Tertiary Admissions Centre (SATAC) will release your Australian Tertiary Entrance Rank (ATAR) which you can use to apply for university.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="365861361"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3887853244"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2124,102 +2005,244 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Special provisions are reasonable adjustments in curriculum and assessment that positively enable eligible students to demonstrate the required knowledge, skills and standards of Stage 1 and Stage 2 subjects. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-[...4 lines deleted...]
-            <a:pPr marL="0" indent="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The SACE Board and schools work in partnership to ensure special provisions are available to eligible students for both Stage 1 and Stage 2 school assessment and Stage 2 external assessments.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Approval for special provisions is based on information from </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>the eligible student, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teachers and other school staff, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>and independent evidence from professionals or community members</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-AU" dirty="0"/>
-[...8 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Special provisions may be granted on a short-term or long-term basis, depending on the grounds for eligibility and a student’s particular circumstances. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3887853244"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4272663370"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2229,244 +2252,177 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...5 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Achieving the SACE is important if you wants to study at TAFE or university, but there are also other pathways after secondary school. The SACE also offers the flexibility to move smoothly from high school to employment. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" b="1" dirty="0"/>
+              <a:t>University pathways</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Successful completion of the SACE is the most common way for students to gain entry to local and international universities. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>To be eligible to apply for university, South Australian students must have:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>completed the SACE with at least 90 credits at Stage 2 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>gained a university aggregate and an ATAR</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>met any prerequisite subject requirements for their chosen university course</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>complied with rules regarding subject combinations and counting restrictions </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>Application for entry to university courses is made through the South Australian Tertiary Admissions Centre (SATAC). More information is available on the SATAC website </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>Special provisions are reasonable adjustments in curriculum and assessment that positively enable eligible students to demonstrate the required knowledge, skills and standards of Stage 1 and Stage 2 subjects. </a:t>
-[...154 lines deleted...]
-            </a:endParaRPr>
+              <a:t>www.satac.edu.au</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4272663370"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1429071309"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2476,147 +2432,140 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
               <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-AU" dirty="0"/>
-[...84 lines deleted...]
-                <a:hlinkClick r:id="rId3"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>What is an ATAR?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>www.satac.edu.au</a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>An Australian Tertiary Admissions Rank is used by universities to select students for courses.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>It measures a student’s overall achievement compared with all students nationally and ranges from 0 to 99.95</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The score is calculated from your 90 credit, Stage 2 results.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
@@ -2878,140 +2827,140 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-              <a:buFontTx/>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
-              <a:tabLst/>
-              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...5 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:rPr lang="en-AU" b="1" dirty="0"/>
+              <a:t>TAFE pathways</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>An Australian Tertiary Admissions Rank is used by universities to select students for courses.</a:t>
-            </a:r>
+              <a:t>TAFE SA campuses offer courses to prepare you for employment in professional, para-professional, technical and trade careers.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
             <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>It measures a student’s overall achievement compared with all students nationally and ranges from 0 to 99.95</a:t>
-            </a:r>
+              <a:t>Completing the SACE will provide you with a TAFE SA Selection Score that you can use to enter most TAFE SA courses. Entry requirements may vary depending on the level of the qualification. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+            </a:br>
             <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" kern="1200" dirty="0">
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>The score is calculated from your 90 credit, Stage 2 results.</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Details of these requirements and a list of all the courses offered by TAFE can be found on the TAFE website.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
@@ -3056,134 +3005,119 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" b="1" dirty="0"/>
-              <a:t>TAFE pathways</a:t>
+              <a:t>Employment and training</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
-            <a:r>
-[...7 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>The SACE offers the flexibility to move smoothly from high school to employment. You can choose to complete the SACE while training in an industry area through a recognised vocational education and training (VET) course or an Australian School-based Apprenticeship.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>VET courses can count towards your SACE at both Stage 1 and Stage 2. This means you can be working towards, or may even have gained, a VET qualification by the time you finish the SACE – giving you a head start on your career. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>You can choose from a wide range of industry areas, including construction, automotive, electro technology, hospitality, community services, and health and information technology.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>You can find a list of VET courses on the SACE website </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>TAFE SA campuses offer courses to prepare you for employment in professional, para-professional, technical and trade careers.</a:t>
-[...67 lines deleted...]
-              <a:t>Details of these requirements and a list of all the courses offered by TAFE can be found on the TAFE website.</a:t>
+              <a:t>www.sace.sa.edu.au</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
@@ -3229,119 +3163,89 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" b="1" dirty="0"/>
-              <a:t>Employment and training</a:t>
+              <a:t>Our school </a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>The SACE offers the flexibility to move smoothly from high school to employment. You can choose to complete the SACE while training in an industry area through a recognised vocational education and training (VET) course or an Australian School-based Apprenticeship.</a:t>
-[...5 lines deleted...]
-            </a:pPr>
+              <a:t>Our school’s SACE coordinator, teachers and other school leaders are here to help and can:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>offer advice and information on the subjects being offered</a:t>
+            </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>VET courses can count towards your SACE at both Stage 1 and Stage 2. This means you can be working towards, or may even have gained, a VET qualification by the time you finish the SACE – giving you a head start on your career. </a:t>
-[...11 lines deleted...]
-            </a:pPr>
+              <a:t>help you select subjects that suit your interests and plans </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t>You can choose from a wide range of industry areas, including construction, automotive, electro technology, hospitality, community services, and health and information technology.</a:t>
-[...5 lines deleted...]
-            </a:pPr>
+              <a:t>advise you about the best subjects to take to prepare for your preferred tertiary education course or area of employment </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-AU" dirty="0"/>
-              <a:t> </a:t>
-[...18 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>advise you on vocational education and training (VET) options available to you, through our school or a registered training organisation (RTO). </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
@@ -3382,94 +3286,89 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...42 lines deleted...]
-              <a:t>advise you on vocational education and training (VET) options available to you, through our school or a registered training organisation (RTO). </a:t>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>If you are looking for ways to further support your child through their SACE journey, more information can be found under ‘studying the SACE’ on the SACE website.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Alternatively you can contact the askSACE team.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
@@ -3510,195 +3409,72 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...38 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C773CAAA-2DA0-4EA5-8078-8CBB5B11641F}" type="slidenum">
               <a:rPr lang="en-AU" smtClean="0"/>
               <a:t>24</a:t>
-            </a:fld>
-[...82 lines deleted...]
-              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2832725113"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -4238,63 +4014,77 @@
             <a:r>
               <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>10 credits chosen from a range of mathematics subjects at Stage 1 or Stage 2 (numeracy requirement)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>10 credits for the Research Project at Stage 2 (Activating Identities and Futures from 2025)</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
+              <a:t>10 credits for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Activating Identities and Futures at</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1200" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-            </a:br>
+              <a:t> Stage 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-AU" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-AU" sz="1200" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Most 10 credit subjects are studied over one semester and most 20 credit subjects are studied over two semesters. </a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
@@ -5454,51 +5244,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5624,51 +5414,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5804,51 +5594,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5974,51 +5764,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6220,51 +6010,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6508,51 +6298,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6930,51 +6720,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7048,51 +6838,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7143,51 +6933,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7420,51 +7210,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7673,51 +7463,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7893,51 +7683,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FA11954-3D51-40CB-8BB6-FF50000F1C51}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>27/08/2024</a:t>
+              <a:t>22/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8307,111 +8097,107 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -9241,77 +9027,72 @@
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>university courses you</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>may be interested in. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="A screenshot of a computer&#10;&#10;Description automatically generated">
+          <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C69FCF9-F0E6-682A-6A39-CC844C5D3188}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D0EDA1E-AC1B-27C2-756D-0BA3BBE53A3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...8 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-36511" y="0"/>
-            <a:ext cx="4464496" cy="6858000"/>
+            <a:off x="0" y="-1"/>
+            <a:ext cx="4625956" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="939597392"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
@@ -11334,71 +11115,71 @@
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Year 12</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" sz="7200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="551228" y="2492896"/>
-            <a:ext cx="3516716" cy="2308324"/>
+            <a:ext cx="4452820" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>The Research Project is the only compulsory Stage 2 subject. </a:t>
+              <a:t>Activating Identities and Futures is the only compulsory Stage 2 subject. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Group 2"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="-2916833" y="5575975"/>
             <a:ext cx="11665297" cy="517321"/>
             <a:chOff x="-2916833" y="5575975"/>
             <a:chExt cx="11665297" cy="517321"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rounded Rectangle 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -11449,163 +11230,50 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="545946" y="5679853"/>
               <a:ext cx="8202518" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en-US" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="565A5C"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Many schools offer this to students in Year 11.</a:t>
-              </a:r>
-[...111 lines deleted...]
-                <a:t>Activating Identities and Futures from 2025.</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="19" name="Group 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C6C7FD8-4309-6B89-2DC6-7CF5D968EACD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="-2916832" y="4927903"/>
             <a:ext cx="11665297" cy="517321"/>
             <a:chOff x="-2916833" y="5575975"/>
             <a:chExt cx="11665297" cy="517321"/>
           </a:xfrm>
         </p:grpSpPr>
@@ -11815,177 +11483,86 @@
                     <p:cTn id="9" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="10" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="11" presetID="2" presetClass="entr" presetSubtype="8" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="15"/>
+                                          <p:spTgt spid="19"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
                                         <p:cTn id="13" dur="500" fill="hold"/>
-                                        <p:tgtEl>
-[...89 lines deleted...]
-                                        <p:cTn id="19" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="19"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_x</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="0-#ppt_w/2"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_x"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                     <p:anim calcmode="lin" valueType="num">
                                       <p:cBhvr additive="base">
-                                        <p:cTn id="20" dur="500" fill="hold"/>
+                                        <p:cTn id="14" dur="500" fill="hold"/>
                                         <p:tgtEl>
                                           <p:spTgt spid="19"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>ppt_y</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:tavLst>
                                         <p:tav tm="0">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                         <p:tav tm="100000">
                                           <p:val>
                                             <p:strVal val="#ppt_y"/>
                                           </p:val>
                                         </p:tav>
                                       </p:tavLst>
                                     </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
@@ -12045,205 +11622,125 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1180" y="1"/>
             <a:ext cx="9144000" cy="6857999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Rounded Rectangle 29"/>
+          <p:cNvPr id="31" name="Rounded Rectangle 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-3126461" y="2636912"/>
-            <a:ext cx="9930710" cy="517321"/>
+            <a:off x="-3126461" y="4300624"/>
+            <a:ext cx="9858701" cy="518400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Rounded Rectangle 30"/>
-[...44 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="189101" y="3315524"/>
-            <a:ext cx="8412146" cy="584775"/>
+            <a:off x="189101" y="4413972"/>
+            <a:ext cx="6543139" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Use your creativity and initiative, and develop the research, presentation and project management skills you will need to be successful at university, further study, work and life. </a:t>
-[...33 lines deleted...]
-              <a:t>You will research a topic question in-depth that really interests you.</a:t>
+              <a:t>Understanding how you think and learn in different situations. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="19" name="Group 18"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6552220" y="116632"/>
             <a:ext cx="2484276" cy="2371888"/>
             <a:chOff x="19611" y="751492"/>
             <a:chExt cx="3773524" cy="3705756"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Oval 19"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -12280,322 +11777,309 @@
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Rectangle 22"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="21072500">
-              <a:off x="65981" y="1725667"/>
-              <a:ext cx="3727154" cy="1799928"/>
+              <a:off x="65980" y="1495612"/>
+              <a:ext cx="3727155" cy="2260040"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-AU" sz="2400" b="1" dirty="0">
+                <a:rPr lang="en-AU" sz="2200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>WHAT IS THE</a:t>
-[...12 lines deleted...]
-                <a:t>RESEARCH PROJECT?</a:t>
+                <a:t>WHAT IS ACTIVATING IDENTITIES AND FUTURES?</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8388424" y="557476"/>
             <a:ext cx="4572000" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rounded Rectangle 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CCF668C-E386-2752-BDC0-7745EF92292B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-559022" y="4805992"/>
-            <a:ext cx="7776864" cy="517321"/>
+            <a:off x="-559022" y="4893759"/>
+            <a:ext cx="7291262" cy="518400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Rectangle 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFD6E790-5CB9-0A7B-587B-071DEFC1DE1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="189101" y="4873270"/>
+            <a:off x="189101" y="4988197"/>
             <a:ext cx="7410430" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Something you are interested in but haven’t had the chance to investigate.</a:t>
+              <a:t>Exploiting your strengths and identifying areas for improvement.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rounded Rectangle 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D721B1E5-6D51-C73F-81B6-3F4D15CF1E08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-699125" y="5443012"/>
-            <a:ext cx="4983092" cy="517321"/>
+            <a:off x="-699125" y="5486894"/>
+            <a:ext cx="4983092" cy="518400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Rectangle 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A070BE29-7464-A594-B1B9-CAC7E65CC9BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="189101" y="5512596"/>
+            <a:off x="189101" y="5589715"/>
             <a:ext cx="6975186" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Your hobbies and interests outside school.</a:t>
+              <a:t>Stopping and thinking about your own work.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rounded Rectangle 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F42E202-F6D5-4C45-620C-81F4FC6EA3C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-559023" y="6080031"/>
-            <a:ext cx="4032447" cy="517321"/>
+            <a:off x="-559023" y="6080030"/>
+            <a:ext cx="4842990" cy="518400"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -12603,173 +12087,286 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Rectangle 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20B24873-D05D-29F3-445A-EAD3624CD188}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="189101" y="6169414"/>
-            <a:ext cx="3120150" cy="338554"/>
+            <a:ext cx="3499676" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Your future plans and ambitions.</a:t>
+              <a:t>Revealing and sharing your thinking.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rounded Rectangle 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF11F5E1-98CA-D950-AB1F-34DE19F68787}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-1062603" y="4039962"/>
-            <a:ext cx="5994644" cy="646331"/>
+            <a:off x="-1062604" y="2768187"/>
+            <a:ext cx="9667051" cy="870047"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rectangle 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7912FE91-2599-8C42-B55B-5BBF9FE9CBA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="189101" y="3996870"/>
-            <a:ext cx="5054916" cy="646331"/>
+            <a:off x="189100" y="2780928"/>
+            <a:ext cx="8559363" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3600" dirty="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Selecting a topic</a:t>
+              <a:t>Students explore ideas related to an area of personal interest through a process of self-directed inquiry.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rounded Rectangle 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5860BE88-920A-7C03-6689-5055D6E80245}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3132856" y="3707488"/>
+            <a:ext cx="10350698" cy="518400"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E09D04A2-8599-6740-C66A-AB5095991FA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="182706" y="3779496"/>
+            <a:ext cx="6981581" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Using your own approach, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>behaviours</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> and emotions to progress learning. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3021976884"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2793819935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -13414,1469 +13011,50 @@
       <p:bldP spid="21" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="43" name="Picture 42"/>
-[...1417 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1"/>
             <a:ext cx="9144000" cy="6857999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -15831,51 +14009,51 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="9" grpId="0" animBg="1"/>
       <p:bldP spid="11" grpId="0"/>
       <p:bldP spid="12" grpId="0" animBg="1"/>
       <p:bldP spid="13" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -16284,50 +14462,608 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="6" grpId="0" animBg="1"/>
       <p:bldP spid="4" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="43" name="Picture 42"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1180" y="1"/>
+            <a:ext cx="9144000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rounded Rectangle 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916832" y="3429000"/>
+            <a:ext cx="8712968" cy="517321"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="565A5C"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rounded Rectangle 30"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916832" y="4098505"/>
+            <a:ext cx="7671325" cy="517321"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="565A5C"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545946" y="4187776"/>
+            <a:ext cx="4166333" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Gained a university aggregate and an ATAR</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rounded Rectangle 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916833" y="4805320"/>
+            <a:ext cx="10585177" cy="517321"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="565A5C"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rounded Rectangle 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916832" y="5463100"/>
+            <a:ext cx="10585175" cy="517321"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="565A5C"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-AU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545946" y="3518383"/>
+            <a:ext cx="5394206" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Completed the SACE with at least 90 credits at Stage 2 </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="545946" y="4890593"/>
+            <a:ext cx="7410430" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Met any prerequisite subject requirements for chosen university course</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="5552483"/>
+            <a:ext cx="7410430" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Complied with rules regarding subject combinations and counting restrictions </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Rectangle 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="2636912"/>
+            <a:ext cx="5257145" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>UNIVERSITY</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573306" y="6093296"/>
+            <a:ext cx="8103150" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-AU" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Application for entry to university courses is made through the South Australian Tertiary Admissions Centre (SATAC). </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F65D850-429C-22D4-9D7B-CB4B9E25EE9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="581109" y="260648"/>
+            <a:ext cx="3270812" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>After</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="7200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A879F457-3F86-ADCC-1541-DB6C57F1A470}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="1220559"/>
+            <a:ext cx="3312369" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>SACE</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="7200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1771427580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="43" name="Picture 42"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
@@ -16339,544 +15075,495 @@
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1180" y="1"/>
             <a:ext cx="9144000" cy="6857999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Rounded Rectangle 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916832" y="3429000"/>
-            <a:ext cx="8712968" cy="517321"/>
+            <a:off x="-2916832" y="3448434"/>
+            <a:ext cx="11665296" cy="669505"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="565A5C"/>
+            <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rounded Rectangle 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916832" y="4098505"/>
-            <a:ext cx="7671325" cy="517321"/>
+            <a:off x="-2916832" y="4261955"/>
+            <a:ext cx="10873208" cy="517321"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="565A5C"/>
+            <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="545946" y="4187776"/>
-            <a:ext cx="4166333" cy="338554"/>
+            <a:off x="545946" y="4351226"/>
+            <a:ext cx="6235490" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Gained a university aggregate and an ATAR</a:t>
-            </a:r>
+              <a:t>Ranks a student’s overall achievement compared with </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>all students.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="565A5C"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Rounded Rectangle 31"/>
+          <p:cNvPr id="49" name="Rectangle 48"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916833" y="4805320"/>
-            <a:ext cx="10585177" cy="517321"/>
+            <a:off x="545946" y="3501008"/>
+            <a:ext cx="8130510" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Australian Tertiary Admissions Rank issued by SATAC and used by universities to select students for courses.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="16" name="Group 15"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="395536" y="284771"/>
+            <a:ext cx="2784189" cy="2784189"/>
+            <a:chOff x="5962421" y="1080275"/>
+            <a:chExt cx="3062608" cy="3062608"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Oval 16"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5962421" y="1080275"/>
+              <a:ext cx="3062608" cy="3062608"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="565A5C"/>
+            </a:solidFill>
+            <a:ln w="38100">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-AU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="565A5C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rectangle 17"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="419486">
+              <a:off x="6292070" y="1673131"/>
+              <a:ext cx="2402631" cy="1929759"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="en-US" sz="3600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>WHAT IS AN ATAR?</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-AU" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rounded Rectangle 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916831" y="4906470"/>
+            <a:ext cx="5868370" cy="517321"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="565A5C"/>
+            <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="Rounded Rectangle 33"/>
+          <p:cNvPr id="20" name="Rounded Rectangle 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916832" y="5463100"/>
-            <a:ext cx="10585175" cy="517321"/>
+            <a:off x="-2916833" y="5575975"/>
+            <a:ext cx="10513169" cy="517321"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="565A5C"/>
+            <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49" name="Rectangle 48"/>
+          <p:cNvPr id="21" name="Rectangle 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="545946" y="3518383"/>
-[...33 lines deleted...]
-            <a:off x="545946" y="4890593"/>
+            <a:off x="539552" y="4995853"/>
             <a:ext cx="7410430" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Met any prerequisite subject requirements for chosen university course</a:t>
+              <a:t>Ranges from 0 to 99.95</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Rectangle 49"/>
+          <p:cNvPr id="22" name="Rectangle 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="539552" y="5552483"/>
-            <a:ext cx="7410430" cy="338554"/>
+            <a:off x="539552" y="5679477"/>
+            <a:ext cx="5594801" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="565A5C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Complied with rules regarding subject combinations and counting restrictions </a:t>
-[...178 lines deleted...]
-            <a:endParaRPr lang="en-AU" sz="7200" dirty="0"/>
+              <a:t>The score is calculated from your 90 credit, Stage 2 results.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1771427580"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2392567042"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -18042,495 +16729,539 @@
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1180" y="1"/>
             <a:ext cx="9144000" cy="6857999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Rounded Rectangle 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916832" y="3448434"/>
-            <a:ext cx="11665296" cy="669505"/>
+            <a:off x="-2916832" y="4293096"/>
+            <a:ext cx="11305256" cy="758776"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Rounded Rectangle 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916832" y="4261955"/>
-            <a:ext cx="10873208" cy="517321"/>
+            <a:off x="-2916832" y="5203226"/>
+            <a:ext cx="10772921" cy="746054"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rectangle 2"/>
-[...49 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="49" name="Rectangle 48"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="545946" y="3501008"/>
-            <a:ext cx="8130510" cy="584775"/>
+            <a:off x="545946" y="4382479"/>
+            <a:ext cx="7986494" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="565A5C"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Australian Tertiary Admissions Rank issued by SATAC and used by universities to select students for courses.</a:t>
+              <a:t>It prepares you for employment in professional, para-professional, technical </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>and trade careers.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...2 lines deleted...]
-          <p:cNvGrpSpPr/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Title 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="395536" y="284771"/>
-[...2 lines deleted...]
-            <a:chExt cx="3062608" cy="3062608"/>
+            <a:off x="581109" y="260648"/>
+            <a:ext cx="3270812" cy="1143000"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...17 lines deleted...]
-            <a:ln w="38100">
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>After</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="7200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-            </a:ln>
-[...24 lines deleted...]
-                  <a:srgbClr val="565A5C"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Rectangle 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="1220559"/>
+            <a:ext cx="3312369" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="7200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              </a:endParaRPr>
-[...35 lines deleted...]
-              <a:endParaRPr lang="en-AU" sz="3600" dirty="0">
+              </a:rPr>
+              <a:t>SACE</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" sz="7200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="2636912"/>
+            <a:ext cx="5257145" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              </a:endParaRPr>
-[...6 lines deleted...]
-          <p:cNvPr id="19" name="Rounded Rectangle 18"/>
+              </a:rPr>
+              <a:t>TAFE</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-AU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rounded Rectangle 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916831" y="4906470"/>
-            <a:ext cx="5868370" cy="517321"/>
+            <a:off x="-2916832" y="3390304"/>
+            <a:ext cx="11305256" cy="758776"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Rounded Rectangle 19"/>
+          <p:cNvPr id="12" name="Rectangle 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2916833" y="5575975"/>
-            <a:ext cx="10513169" cy="517321"/>
+            <a:off x="545946" y="3479687"/>
+            <a:ext cx="7986494" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>You will be issued with a TAFE SA Selection Score which gains you entry to most TAFE SA courses.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rounded Rectangle 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-2916833" y="5458079"/>
+            <a:ext cx="10772921" cy="746054"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-AU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Rectangle 20"/>
+          <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="539552" y="4995853"/>
-            <a:ext cx="7410430" cy="338554"/>
+            <a:off x="545946" y="5292497"/>
+            <a:ext cx="7310143" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="565A5C"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ranges from 0 to 99.95</a:t>
-[...25 lines deleted...]
-            <a:pPr lvl="0"/>
+              <a:t>Entry requirements may vary depending on the level of the qualification.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="565A5C"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>The score is calculated from your 90 credit, Stage 2 results.</a:t>
+              <a:t>Details of these requirements and a list of all the courses offered by TAFE </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>can be found at </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tafesa.edu.au</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2392567042"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4195025165"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -18545,603 +17276,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1180" y="1"/>
             <a:ext cx="9144000" cy="6857999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Rounded Rectangle 29"/>
-[...551 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="13" name="Rounded Rectangle 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-269954" y="5457219"/>
             <a:ext cx="5007571" cy="517321"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="565A5C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
@@ -19589,51 +17767,51 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>SACE</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" sz="7200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2847099494"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Picture 20"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -20396,51 +18574,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Picture 20"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -21007,51 +19185,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="D:\Welcome to SACE_A Parents Guide-Design22.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -23355,88 +21533,76 @@
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="en-AU" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="27" name="Rectangle 26"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3635896" y="1570792"/>
-                <a:ext cx="6048672" cy="766047"/>
+                <a:off x="3635896" y="1638303"/>
+                <a:ext cx="6048672" cy="495678"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
                   <a:rPr lang="en-US" sz="1600" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>Research Project at Stage 2</a:t>
-[...11 lines deleted...]
-                  <a:t>(Activating Identities and Futures from 2025)</a:t>
+                  <a:t>Activating Identities and Futures at Stage 2</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Rectangle 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1691680" y="5431052"/>
               <a:ext cx="2664296" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
@@ -28365,51 +26531,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="545946" y="6115282"/>
               <a:ext cx="4572000" cy="338554"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr>
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr lvl="0"/>
               <a:r>
                 <a:rPr lang="en-AU" sz="1600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="565A5C"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>What have I learned during my PLP course?</a:t>
+                <a:t>What have I learned during my EIF course?</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6853785" y="2168711"/>
             <a:ext cx="2184210" cy="2091803"/>
             <a:chOff x="6292409" y="1276134"/>
             <a:chExt cx="2402631" cy="2300983"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Oval 50"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
@@ -29805,70 +27971,50 @@
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA16329</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005858743766E921459A27779827240240" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a53f3313404aa38b68c67d85b254300e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4a6a620e-d892-4120-84bc-55322c34329b" xmlns:ns3="5921f216-40e3-4a29-8a23-1d62738ac013" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3c5baeac66c8afc92ff621802b446683" ns2:_="" ns3:_="">
     <xsd:import namespace="4a6a620e-d892-4120-84bc-55322c34329b"/>
     <xsd:import namespace="5921f216-40e3-4a29-8a23-1d62738ac013"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -30053,141 +28199,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5921f216-40e3-4a29-8a23-1d62738ac013" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4a6a620e-d892-4120-84bc-55322c34329b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9A971F-A322-4D2E-8CAD-47012520A9D1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABF5FECD-D78E-4D4A-9B85-746F6DA667DE}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4a6a620e-d892-4120-84bc-55322c34329b"/>
+    <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="bcdd6137-8291-476f-9b51-707004ed15b4"/>
-    <ds:schemaRef ds:uri="48dda80c-c343-4711-b69e-7d69de0828cc"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7221C1B-1341-4FBA-8DE0-50F92F578F0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABF5FECD-D78E-4D4A-9B85-746F6DA667DE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9A971F-A322-4D2E-8CAD-47012520A9D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bcdd6137-8291-476f-9b51-707004ed15b4"/>
+    <ds:schemaRef ds:uri="48dda80c-c343-4711-b69e-7d69de0828cc"/>
+    <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+    <ds:schemaRef ds:uri="4a6a620e-d892-4120-84bc-55322c34329b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>3425</Words>
+  <Words>3186</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>389</Paragraphs>
-[...1 lines deleted...]
-  <Notes>25</Notes>
+  <Paragraphs>368</Paragraphs>
+  <Slides>24</Slides>
+  <Notes>24</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>25</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Welcome</vt:lpstr>
       <vt:lpstr>7 capabilities are embedded into SACE subjects.</vt:lpstr>
       <vt:lpstr>The SACE journey</vt:lpstr>
       <vt:lpstr>Building</vt:lpstr>
       <vt:lpstr>Building</vt:lpstr>
       <vt:lpstr>Different types</vt:lpstr>
       <vt:lpstr>Year 10</vt:lpstr>
       <vt:lpstr>Choosing subjects</vt:lpstr>
       <vt:lpstr>Modified  subjects</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Making sure  </vt:lpstr>
       <vt:lpstr>Planning for  </vt:lpstr>
       <vt:lpstr>Planning for  Year 12</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Last step of</vt:lpstr>
       <vt:lpstr>What if something</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SACE Board of South Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>April Hill</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>