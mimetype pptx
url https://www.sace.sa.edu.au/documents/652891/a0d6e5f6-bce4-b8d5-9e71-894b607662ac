--- v0 (2026-02-17)
+++ v1 (2026-03-12)
@@ -27,58 +27,55 @@
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/comments/modernComment_102_58CBE130.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_106_4A99C695.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
     <p:sldMasterId id="2147483754" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="4916" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
@@ -207,79 +204,87 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{836F1508-B2DB-FA75-004E-92105A4ADF5C}" name="Steele, Virginia (SACE)" initials="VS" userId="S::Virginia.Steele@sa.gov.au::8ef2ff29-1aa4-4bf8-9e5f-cb9098c70a04" providerId="AD"/>
   <p188:author id="{5B55091A-B8CE-05FA-7970-BB5437BF5A28}" name="Barry, Ella (SACE)" initials="EB" userId="S::Ella.Barry3@sa.gov.au::e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="AD"/>
   <p188:author id="{D3A4A01C-1AB7-136E-FD23-39DB75857196}" name="Trueman, Chione (SACE)" initials="TC" userId="S::chione.trueman@sa.gov.au::d9e30ed1-deef-46ab-adfc-71b9178add32" providerId="AD"/>
   <p188:author id="{E4857C23-F131-B9B4-A2C5-F5DBC4FD9058}" name="Askem, Mike (SACE)" initials="AM" userId="S::mike.askem@sa.gov.au::e8512f30-8e3c-4763-bf08-61ee350588ee" providerId="AD"/>
   <p188:author id="{039E093E-AF9D-21F0-6312-C313143A9ACF}" name="Barry, Ella (SACE)" initials="BE" userId="S::ella.barry3@sa.gov.au::e4f40a8f-8107-46f9-8318-aebca8a65dcd" providerId="AD"/>
   <p188:author id="{1D835050-29FF-19CA-FE67-F10A935F6ED1}" name="Markey, Lucy (SACE)" initials="LM" userId="S::Lucy.Markey@sa.gov.au::2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="AD"/>
   <p188:author id="{9EF66581-7E3D-03D6-4681-0544FF077F51}" name="Kostadinov, Iordan (SACE)" initials="KI" userId="S::iordan.kostadinov2@sa.gov.au::d705d2df-d00d-4345-ac3e-798432eb7f91" providerId="AD"/>
   <p188:author id="{5B201FA0-6D5F-48C6-6A80-00C6F117ABC8}" name="Dunnill, Jamie (SACE)" initials="JD" userId="S::jamie.dunnill@sa.gov.au::94b14833-cd52-4d8a-976c-d0c4e4bed356" providerId="AD"/>
   <p188:author id="{0DE8E8AA-D873-DA65-C053-F54FD8EDCA7E}" name="Markey, Lucy (SACE)" initials="ML" userId="S::lucy.markey@sa.gov.au::2c563871-fb41-43a4-be38-4796b78a5d3b" providerId="AD"/>
   <p188:author id="{574453AC-71E6-FB15-49F9-BC3C7072AD08}" name="Mekawy, Hassan (SACE)" initials="MH" userId="S::hassan.mekawy@sa.gov.au::c6066982-f7f7-4475-b77e-007adedb4d3d" providerId="AD"/>
   <p188:author id="{2D9FE7AF-C6F4-A8A7-00AF-1870598C7E75}" name="Marshall, Jane (SACE)" initials="JM" userId="S::jane.marshall@sa.gov.au::f0a8e448-b71f-42d6-8eb7-42e4f550bfff" providerId="AD"/>
   <p188:author id="{4AE0C5D4-242F-1F25-6CC1-9C732D7EA408}" name="Baker, Rebecca (SACE)" initials="RB" userId="S::rebecca.baker2@sa.gov.au::df3c6628-167b-4797-be1e-448e53f5cda5" providerId="AD"/>
   <p188:author id="{BBE93CE5-7BC5-4C54-725F-982D6519BD89}" name="Thompson, Alison (SACE)" initials="AT" userId="S::Alison.Thompson2@sa.gov.au::8498a388-54ca-4aa9-acda-8c5bf7652d6d" providerId="AD"/>
   <p188:author id="{220829FD-6052-B0F8-47BA-1056B9B9DC0F}" name="Thompson, Alison (SACE)" initials="TA" userId="S::alison.thompson2@sa.gov.au::8498a388-54ca-4aa9-acda-8c5bf7652d6d" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="8A3158"/>
     <a:srgbClr val="955166"/>
     <a:srgbClr val="E5B5CA"/>
     <a:srgbClr val="C25282"/>
     <a:srgbClr val="DF89C0"/>
     <a:srgbClr val="8DC154"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
-</file>
-[...7 lines deleted...]
-</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -881,234 +886,82 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent6"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="75000" autoAdjust="0"/>
+  </p:normalViewPr>
+  <p:slideViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="93" d="100"/>
+          <a:sy n="93" d="100"/>
+        </p:scale>
+        <p:origin x="342" y="66"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/></Relationships>
-[...176 lines deleted...]
-</p188:cmLst>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1153,51 +1006,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3855838" y="0"/>
             <a:ext cx="2949787" cy="498693"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B6A81F7-8136-4BC9-9CF9-A81DA99D3920}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422275" y="1243013"/>
             <a:ext cx="5962650" cy="3354387"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2118,51 +1971,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11DAB5C4-34F5-D056-EF88-F05146DC33BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2317D2FB-8E66-8593-C179-8DED01AE5CCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2318,51 +2171,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF9DA27D-1683-1559-9708-91C0D43D6515}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B1B5958-B66A-C5AD-4930-D95C4D96F7E0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2528,51 +2381,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA0091CD-9B0E-4DCD-CACE-128B4DD67EFD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3105464-DC03-59D2-D76E-EC289A687B67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4063,51 +3916,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF09FAF4-F3B0-51B5-1AA3-A0705F2C7893}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D02B6C6D-E3F0-AB53-C3F6-770EEA23D92D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4801,51 +4654,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B24219-7C87-EF7A-C88C-5FA927C28051}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59B2E06C-C287-4DE1-8084-0FCF36A45960}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5069,51 +4922,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70415309-FB96-8D9D-2606-4E1A79196C9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D7CF855-4C12-4110-EE3C-252F817980F8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5484,51 +5337,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C312C43-6440-25CD-49DE-B85437EA5C40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D090B55-C0E6-F8CD-9659-E2374EF60C52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5626,51 +5479,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94DB9F05-3040-ADBD-F428-EBF7E8C326C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AB4E5DB-D963-3920-A4BD-6D1EB5071A77}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5739,51 +5592,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33D11DB1-D84D-7C74-5C0C-9BE3E57784AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453C3519-2A15-294D-7723-A81F6A6F43F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6052,51 +5905,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E517F11-E847-15E5-5D57-FCCE17C5C52E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{125522F7-E544-7B04-DE8A-E544F4737172}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6341,51 +6194,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3942B29-8650-0BEF-17A0-E69E8AA05F3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF817D9-80FC-7716-1B77-B6FFDB9349CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6592,51 +6445,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0441213F-60C3-41BE-B0EA-4390A10FA2F3}" type="datetimeFigureOut">
               <a:rPr lang="en-AU" smtClean="0"/>
-              <a:t>16/02/2026</a:t>
+              <a:t>20/02/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-AU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CDDCB0B-8818-34E8-36C4-7E74BA19E8CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -7463,67 +7316,67 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_102_58CBE130.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_106_4A99C695.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10151,95 +10004,95 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC5CCDD8-EFC9-817E-28F5-3AAB36D3D9E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="248189" y="5432846"/>
             <a:ext cx="3104612" cy="1245165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="16" name="Group 15"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9839324" y="5439562"/>
             <a:ext cx="2389874" cy="1418438"/>
             <a:chOff x="9839324" y="5439562"/>
             <a:chExt cx="2389874" cy="1418438"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="17" name="Picture 16" descr="A white background with words&#10;&#10;AI-generated content may be incorrect.">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77AD9CFD-0453-B94D-02D4-C4286FCA6D97}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
-            <a:blip r:embed="rId4"/>
+            <a:blip r:embed="rId3"/>
             <a:srcRect l="15113" t="25217" r="2417" b="2264"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="9839324" y="5439562"/>
               <a:ext cx="2352675" cy="1418438"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Rectangle 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11016000" y="6436800"/>
               <a:ext cx="1101600" cy="358095"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
@@ -10973,51 +10826,51 @@
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2200">
                 <a:latin typeface="Roboto Light" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto Light" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Co-designing with Subject Renewal Groups (SRGs)</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" sz="2200">
               <a:latin typeface="Roboto Light" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Roboto Light" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3056467" y="1557751"/>
             <a:ext cx="8423463" cy="2807821"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9FE8F9E-DCAA-67AD-FB02-4BA7BB39202A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
@@ -11213,55 +11066,50 @@
               <a:rPr lang="en-US" sz="2200">
                 <a:latin typeface="Roboto Light"/>
                 <a:ea typeface="Roboto Light"/>
                 <a:cs typeface="Roboto Light"/>
               </a:rPr>
               <a:t>The SACE Board is engaging with the diversity of teacher experience and  perspectives on SRGs to design subjects</a:t>
             </a:r>
             <a:endParaRPr lang="en-AU" sz="2200">
               <a:latin typeface="Roboto Light"/>
               <a:ea typeface="Roboto Light"/>
               <a:cs typeface="Roboto Light"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1489756464"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -16537,51 +16385,51 @@
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9839324" y="5439562"/>
             <a:ext cx="2389874" cy="1418438"/>
             <a:chOff x="9839324" y="5439562"/>
             <a:chExt cx="2389874" cy="1418438"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="23" name="Picture 22" descr="A white background with words&#10;&#10;AI-generated content may be incorrect.">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77AD9CFD-0453-B94D-02D4-C4286FCA6D97}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
-            <a:blip r:embed="rId4"/>
+            <a:blip r:embed="rId3"/>
             <a:srcRect l="15113" t="25217" r="2417" b="2264"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="9839324" y="5439562"/>
               <a:ext cx="2352675" cy="1418438"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Rectangle 23"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11016000" y="6436800"/>
               <a:ext cx="1101600" cy="358095"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
@@ -16848,51 +16696,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC5CCDD8-EFC9-817E-28F5-3AAB36D3D9E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="248189" y="5432846"/>
             <a:ext cx="3104612" cy="1245165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Subtitle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{292AEB08-F06A-C4F4-2CDF-038EA2D37EA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
@@ -18057,55 +17905,50 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1251591829"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F20646C1-EB99-BF74-3A00-C15D3832AF99}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -22009,50 +21852,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4fc72eee-d776-4f42-8f0d-78c0592e6aef" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="30c1a202-7a9a-4b9d-a66a-35dd91fe8e6a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005BA45916D48BA242A5197732718E6A14" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9bc80ad2147a0f7898df39b337524d41">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4fc72eee-d776-4f42-8f0d-78c0592e6aef" xmlns:ns3="30c1a202-7a9a-4b9d-a66a-35dd91fe8e6a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce0b85313f24c8ddd9ac56ba70431732" ns2:_="" ns3:_="">
     <xsd:import namespace="4fc72eee-d776-4f42-8f0d-78c0592e6aef"/>
     <xsd:import namespace="30c1a202-7a9a-4b9d-a66a-35dd91fe8e6a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -22243,169 +22097,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D696BF1E-3843-4A0B-9B7B-E0710869F94A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="30c1a202-7a9a-4b9d-a66a-35dd91fe8e6a"/>
+    <ds:schemaRef ds:uri="4fc72eee-d776-4f42-8f0d-78c0592e6aef"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E5EFF07-A8B3-4E20-86DD-00CB35DB637C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="30c1a202-7a9a-4b9d-a66a-35dd91fe8e6a"/>
     <ds:schemaRef ds:uri="4fc72eee-d776-4f42-8f0d-78c0592e6aef"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AF783F4-AE51-425A-9F6A-A23D38103FCE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
+  <Words>927</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>114</Paragraphs>
   <Slides>9</Slides>
   <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Roboto</vt:lpstr>
+      <vt:lpstr>Roboto Black</vt:lpstr>
+      <vt:lpstr>Roboto Bold</vt:lpstr>
+      <vt:lpstr>Roboto Light</vt:lpstr>
+      <vt:lpstr>Roboto Medium</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Custom Design</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Principles</dc:title>
   <dc:creator>Barry, Ella (SACE)</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005BA45916D48BA242A5197732718E6A14</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderLocations">
     <vt:lpwstr>Office Theme:8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>