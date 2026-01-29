--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -806,171 +806,165 @@
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007034CD">
         <w:t xml:space="preserve">The supporting visual material must consist of one image which must NOT exceed this single page. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C059F3" w14:textId="77777777" w:rsidR="007034CD" w:rsidRPr="007034CD" w:rsidRDefault="007034CD" w:rsidP="00C93963">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007034CD">
         <w:t xml:space="preserve">The supporting visual material should NOT include any writing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F47B836" w14:textId="77777777" w:rsidR="007034CD" w:rsidRPr="007034CD" w:rsidRDefault="007034CD" w:rsidP="00C93963">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007034CD">
         <w:t xml:space="preserve">The quality of the supporting visual material will not be assessed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A453DF" w14:textId="77777777" w:rsidR="007034CD" w:rsidRPr="007034CD" w:rsidRDefault="007034CD" w:rsidP="007034CD"/>
-    <w:p w14:paraId="7ABFA34E" w14:textId="77777777" w:rsidR="00C93963" w:rsidRDefault="00C93963" w:rsidP="007034CD"/>
-[...33 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="7174BFFE" w14:textId="77777777" w:rsidR="009C3236" w:rsidRDefault="009C3236" w:rsidP="000C06DC"/>
     <w:p w14:paraId="0E5CAB00" w14:textId="77777777" w:rsidR="00220563" w:rsidRDefault="00220563" w:rsidP="00220563">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="433260FC" w14:textId="26F66D8F" w:rsidR="007034CD" w:rsidRPr="007034CD" w:rsidRDefault="007034CD" w:rsidP="009C3236">
       <w:r w:rsidRPr="007034CD">
         <w:t>Students are permitted to bring a hard copy of this image into the examination room.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3541ED3E" w14:textId="5E31AB11" w:rsidR="001B532E" w:rsidRDefault="00215D10" w:rsidP="001B532E">
+    <w:p w14:paraId="3541ED3E" w14:textId="6E495080" w:rsidR="001B532E" w:rsidRDefault="00215D10" w:rsidP="001B532E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00215D10">
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00215D10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
             <w:iCs/>
             <w:color w:val="000000"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>click here to email</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00215D10">
         <w:t xml:space="preserve"> this form to the SACE Boar</w:t>
       </w:r>
       <w:r w:rsidR="009B16D1">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="009B16D1">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00215D10">
         <w:t>before the end of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DF28BD" w14:textId="5788C6DD" w:rsidR="00215D10" w:rsidRPr="009B16D1" w:rsidRDefault="00215D10" w:rsidP="001B532E">
+    <w:p w14:paraId="52DF28BD" w14:textId="4FF510D8" w:rsidR="00215D10" w:rsidRPr="009B16D1" w:rsidRDefault="00215D10" w:rsidP="001B532E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:r w:rsidRPr="00647BF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Term 3 Friday 2</w:t>
+      </w:r>
+      <w:r w:rsidR="000C06DC" w:rsidRPr="00647BF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647BF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000C06DC" w:rsidRPr="00647BF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="00215D10">
-        <w:t>Term 3 Friday 26 September 2025.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00215D10" w:rsidRPr="009B16D1" w:rsidSect="009C3236">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1091" w:right="1418" w:bottom="1440" w:left="1418" w:header="851" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="027E39AE" w14:textId="77777777" w:rsidR="005D053C" w:rsidRPr="000D4EDE" w:rsidRDefault="005D053C" w:rsidP="000D4EDE">
+    <w:p w14:paraId="0EE953DE" w14:textId="77777777" w:rsidR="00096BE9" w:rsidRPr="000D4EDE" w:rsidRDefault="00096BE9" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="647AD000" w14:textId="77777777" w:rsidR="005D053C" w:rsidRPr="000D4EDE" w:rsidRDefault="005D053C" w:rsidP="000D4EDE">
+    <w:p w14:paraId="32B498CC" w14:textId="77777777" w:rsidR="00096BE9" w:rsidRPr="000D4EDE" w:rsidRDefault="00096BE9" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -1515,58 +1509,58 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="020BDC88" w14:textId="77777777" w:rsidR="005D053C" w:rsidRPr="000D4EDE" w:rsidRDefault="005D053C" w:rsidP="000D4EDE">
+    <w:p w14:paraId="08A15A13" w14:textId="77777777" w:rsidR="00096BE9" w:rsidRPr="000D4EDE" w:rsidRDefault="00096BE9" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D518D85" w14:textId="77777777" w:rsidR="005D053C" w:rsidRPr="000D4EDE" w:rsidRDefault="005D053C" w:rsidP="000D4EDE">
+    <w:p w14:paraId="4DC9FCF5" w14:textId="77777777" w:rsidR="00096BE9" w:rsidRPr="000D4EDE" w:rsidRDefault="00096BE9" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="697AD0FB" w14:textId="234FF817" w:rsidR="0093724D" w:rsidRDefault="0093724D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DED54C2" wp14:editId="597B3A14">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
@@ -5198,61 +5192,65 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0093724D"/>
     <w:rsid w:val="00005D98"/>
     <w:rsid w:val="00006E0E"/>
     <w:rsid w:val="00010D5E"/>
     <w:rsid w:val="00011C96"/>
     <w:rsid w:val="000141B9"/>
     <w:rsid w:val="00034A19"/>
     <w:rsid w:val="00036F9E"/>
     <w:rsid w:val="000413B3"/>
     <w:rsid w:val="00045EFA"/>
     <w:rsid w:val="00057B71"/>
     <w:rsid w:val="00067C37"/>
     <w:rsid w:val="0007202C"/>
     <w:rsid w:val="00072B30"/>
     <w:rsid w:val="0007319C"/>
     <w:rsid w:val="000732AA"/>
     <w:rsid w:val="000767DD"/>
     <w:rsid w:val="00084F8B"/>
     <w:rsid w:val="00086D07"/>
     <w:rsid w:val="00086F71"/>
     <w:rsid w:val="00090910"/>
+    <w:rsid w:val="000932DC"/>
     <w:rsid w:val="00093915"/>
     <w:rsid w:val="000949AD"/>
     <w:rsid w:val="00095109"/>
     <w:rsid w:val="00096B0F"/>
+    <w:rsid w:val="00096BE9"/>
     <w:rsid w:val="000A490E"/>
     <w:rsid w:val="000A4BE4"/>
     <w:rsid w:val="000B04C5"/>
     <w:rsid w:val="000B63CA"/>
     <w:rsid w:val="000B752A"/>
+    <w:rsid w:val="000C06DC"/>
     <w:rsid w:val="000C14D9"/>
     <w:rsid w:val="000C15C7"/>
+    <w:rsid w:val="000D4102"/>
     <w:rsid w:val="000D4EDE"/>
     <w:rsid w:val="000E2460"/>
     <w:rsid w:val="000E43AC"/>
     <w:rsid w:val="000F703E"/>
     <w:rsid w:val="001066AD"/>
     <w:rsid w:val="00123576"/>
     <w:rsid w:val="00124B21"/>
     <w:rsid w:val="001327B8"/>
     <w:rsid w:val="0013471B"/>
     <w:rsid w:val="001352D4"/>
     <w:rsid w:val="00157C98"/>
     <w:rsid w:val="00160114"/>
     <w:rsid w:val="00164C53"/>
     <w:rsid w:val="001653B6"/>
     <w:rsid w:val="00174B0F"/>
     <w:rsid w:val="0018235E"/>
     <w:rsid w:val="001A664F"/>
     <w:rsid w:val="001B2DB7"/>
     <w:rsid w:val="001B3FFD"/>
     <w:rsid w:val="001B532E"/>
     <w:rsid w:val="001C15FC"/>
     <w:rsid w:val="001C1E92"/>
     <w:rsid w:val="001D0C02"/>
     <w:rsid w:val="001D121E"/>
     <w:rsid w:val="001E0F51"/>
@@ -5264,62 +5262,64 @@
     <w:rsid w:val="001F7917"/>
     <w:rsid w:val="00200613"/>
     <w:rsid w:val="00215D10"/>
     <w:rsid w:val="00220550"/>
     <w:rsid w:val="00220563"/>
     <w:rsid w:val="002301A2"/>
     <w:rsid w:val="00236C2D"/>
     <w:rsid w:val="002374B7"/>
     <w:rsid w:val="00240126"/>
     <w:rsid w:val="0024304D"/>
     <w:rsid w:val="0024336B"/>
     <w:rsid w:val="002439E1"/>
     <w:rsid w:val="00244826"/>
     <w:rsid w:val="00247ACA"/>
     <w:rsid w:val="00252E6A"/>
     <w:rsid w:val="0025782A"/>
     <w:rsid w:val="002661A6"/>
     <w:rsid w:val="00266C23"/>
     <w:rsid w:val="00285600"/>
     <w:rsid w:val="00286EAD"/>
     <w:rsid w:val="0029389B"/>
     <w:rsid w:val="00296F7F"/>
     <w:rsid w:val="002A1894"/>
     <w:rsid w:val="002A2188"/>
     <w:rsid w:val="002A36F2"/>
+    <w:rsid w:val="002A4E73"/>
     <w:rsid w:val="002A7D14"/>
     <w:rsid w:val="002B0913"/>
     <w:rsid w:val="002B28E4"/>
     <w:rsid w:val="002B7504"/>
     <w:rsid w:val="002C0D97"/>
     <w:rsid w:val="002C186C"/>
     <w:rsid w:val="002C66D1"/>
     <w:rsid w:val="002C7065"/>
     <w:rsid w:val="002C7F4A"/>
     <w:rsid w:val="002D2804"/>
     <w:rsid w:val="002D4B6C"/>
     <w:rsid w:val="002D5274"/>
+    <w:rsid w:val="002D6A9E"/>
     <w:rsid w:val="002F0C2C"/>
     <w:rsid w:val="00300655"/>
     <w:rsid w:val="00303D18"/>
     <w:rsid w:val="00307ADD"/>
     <w:rsid w:val="00312A66"/>
     <w:rsid w:val="003130CA"/>
     <w:rsid w:val="003175B0"/>
     <w:rsid w:val="00322B20"/>
     <w:rsid w:val="003517AE"/>
     <w:rsid w:val="003633D1"/>
     <w:rsid w:val="00371F54"/>
     <w:rsid w:val="00374727"/>
     <w:rsid w:val="0037770C"/>
     <w:rsid w:val="00377C8B"/>
     <w:rsid w:val="0038268A"/>
     <w:rsid w:val="00383A95"/>
     <w:rsid w:val="00385CA0"/>
     <w:rsid w:val="003A23DC"/>
     <w:rsid w:val="003A2733"/>
     <w:rsid w:val="003A3021"/>
     <w:rsid w:val="003A627E"/>
     <w:rsid w:val="003A79EE"/>
     <w:rsid w:val="003B3395"/>
     <w:rsid w:val="003B6E16"/>
     <w:rsid w:val="003C180A"/>
@@ -5341,81 +5341,83 @@
     <w:rsid w:val="00461869"/>
     <w:rsid w:val="00463FA8"/>
     <w:rsid w:val="004677D3"/>
     <w:rsid w:val="00467BFA"/>
     <w:rsid w:val="00472CBC"/>
     <w:rsid w:val="00480AB8"/>
     <w:rsid w:val="00493DAA"/>
     <w:rsid w:val="0049428C"/>
     <w:rsid w:val="00494335"/>
     <w:rsid w:val="00495A4C"/>
     <w:rsid w:val="004967A1"/>
     <w:rsid w:val="004A2CFC"/>
     <w:rsid w:val="004B584E"/>
     <w:rsid w:val="004C1106"/>
     <w:rsid w:val="004C1634"/>
     <w:rsid w:val="004C6D4B"/>
     <w:rsid w:val="004E2269"/>
     <w:rsid w:val="004F3339"/>
     <w:rsid w:val="004F72A2"/>
     <w:rsid w:val="00500FC7"/>
     <w:rsid w:val="005026D4"/>
     <w:rsid w:val="00503A51"/>
     <w:rsid w:val="0051007F"/>
     <w:rsid w:val="00512309"/>
     <w:rsid w:val="00521D3D"/>
+    <w:rsid w:val="005404BF"/>
     <w:rsid w:val="00542522"/>
     <w:rsid w:val="0054526E"/>
     <w:rsid w:val="005476B5"/>
     <w:rsid w:val="005602DA"/>
     <w:rsid w:val="00565B4E"/>
     <w:rsid w:val="00573327"/>
     <w:rsid w:val="005A3F63"/>
     <w:rsid w:val="005A59D0"/>
     <w:rsid w:val="005A7D28"/>
     <w:rsid w:val="005B073E"/>
     <w:rsid w:val="005B227F"/>
     <w:rsid w:val="005B31F4"/>
     <w:rsid w:val="005B7801"/>
     <w:rsid w:val="005C38C6"/>
     <w:rsid w:val="005C5891"/>
     <w:rsid w:val="005D053C"/>
     <w:rsid w:val="005D5FAE"/>
     <w:rsid w:val="005E07D0"/>
     <w:rsid w:val="005F29B7"/>
     <w:rsid w:val="0060225B"/>
     <w:rsid w:val="00606EB5"/>
     <w:rsid w:val="00617FDA"/>
     <w:rsid w:val="0062116F"/>
     <w:rsid w:val="00621260"/>
     <w:rsid w:val="00626087"/>
     <w:rsid w:val="00626616"/>
     <w:rsid w:val="006309FA"/>
     <w:rsid w:val="00634E4C"/>
     <w:rsid w:val="00636B8B"/>
     <w:rsid w:val="00640314"/>
     <w:rsid w:val="006427FE"/>
+    <w:rsid w:val="00647BF6"/>
     <w:rsid w:val="006506C1"/>
     <w:rsid w:val="0065747A"/>
     <w:rsid w:val="00657C72"/>
     <w:rsid w:val="0066674D"/>
     <w:rsid w:val="00666A78"/>
     <w:rsid w:val="00676C12"/>
     <w:rsid w:val="00681892"/>
     <w:rsid w:val="0069375D"/>
     <w:rsid w:val="0069407C"/>
     <w:rsid w:val="006953C7"/>
     <w:rsid w:val="0069574E"/>
     <w:rsid w:val="006A17C7"/>
     <w:rsid w:val="006A1921"/>
     <w:rsid w:val="006A2303"/>
     <w:rsid w:val="006A74F2"/>
     <w:rsid w:val="006F145A"/>
     <w:rsid w:val="006F27CB"/>
     <w:rsid w:val="006F359B"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F74B8"/>
     <w:rsid w:val="00700805"/>
     <w:rsid w:val="00701EC6"/>
     <w:rsid w:val="007034CD"/>
     <w:rsid w:val="00706179"/>
     <w:rsid w:val="00714F78"/>
@@ -5435,116 +5437,120 @@
     <w:rsid w:val="00775AA0"/>
     <w:rsid w:val="007770FA"/>
     <w:rsid w:val="007859C4"/>
     <w:rsid w:val="007860F1"/>
     <w:rsid w:val="00791738"/>
     <w:rsid w:val="00791780"/>
     <w:rsid w:val="00792BFF"/>
     <w:rsid w:val="007A0EB7"/>
     <w:rsid w:val="007A136D"/>
     <w:rsid w:val="007C08B1"/>
     <w:rsid w:val="007C2CC2"/>
     <w:rsid w:val="007C38BD"/>
     <w:rsid w:val="007C3DA5"/>
     <w:rsid w:val="007C79AA"/>
     <w:rsid w:val="007D2E34"/>
     <w:rsid w:val="007D31DA"/>
     <w:rsid w:val="007D72C5"/>
     <w:rsid w:val="007E525D"/>
     <w:rsid w:val="007E688F"/>
     <w:rsid w:val="007E69ED"/>
     <w:rsid w:val="007E7AA0"/>
     <w:rsid w:val="007F0323"/>
     <w:rsid w:val="007F379E"/>
     <w:rsid w:val="007F471C"/>
     <w:rsid w:val="007F5E4B"/>
+    <w:rsid w:val="00800A5D"/>
     <w:rsid w:val="00800C90"/>
     <w:rsid w:val="008125F8"/>
     <w:rsid w:val="00823002"/>
+    <w:rsid w:val="008329F5"/>
     <w:rsid w:val="00832ACF"/>
     <w:rsid w:val="00844B1D"/>
     <w:rsid w:val="00844F5C"/>
     <w:rsid w:val="00845843"/>
     <w:rsid w:val="00846D34"/>
     <w:rsid w:val="00854447"/>
     <w:rsid w:val="008637EC"/>
     <w:rsid w:val="00870BC6"/>
     <w:rsid w:val="0088036D"/>
     <w:rsid w:val="00881155"/>
     <w:rsid w:val="00882892"/>
     <w:rsid w:val="00885A14"/>
     <w:rsid w:val="0088689B"/>
     <w:rsid w:val="00890FA0"/>
     <w:rsid w:val="008947BF"/>
     <w:rsid w:val="00895C87"/>
     <w:rsid w:val="008A214D"/>
     <w:rsid w:val="008A5B5C"/>
     <w:rsid w:val="008A72D2"/>
     <w:rsid w:val="008A74A3"/>
     <w:rsid w:val="008B6868"/>
     <w:rsid w:val="008B6D24"/>
     <w:rsid w:val="008C15E4"/>
     <w:rsid w:val="008C6A43"/>
     <w:rsid w:val="008C715C"/>
     <w:rsid w:val="008D080C"/>
     <w:rsid w:val="008D6437"/>
     <w:rsid w:val="008D6EDF"/>
     <w:rsid w:val="008E3EF5"/>
     <w:rsid w:val="008F19E6"/>
     <w:rsid w:val="008F1DE6"/>
     <w:rsid w:val="008F33B5"/>
     <w:rsid w:val="00906799"/>
     <w:rsid w:val="0090758E"/>
     <w:rsid w:val="00915194"/>
     <w:rsid w:val="00922193"/>
     <w:rsid w:val="00922F04"/>
     <w:rsid w:val="00924152"/>
     <w:rsid w:val="0093194D"/>
     <w:rsid w:val="00934C3F"/>
     <w:rsid w:val="0093724D"/>
     <w:rsid w:val="009417AE"/>
     <w:rsid w:val="00945B3F"/>
     <w:rsid w:val="00950DCB"/>
     <w:rsid w:val="00952D4C"/>
     <w:rsid w:val="009558DF"/>
     <w:rsid w:val="00960246"/>
     <w:rsid w:val="009720E1"/>
+    <w:rsid w:val="00973AE0"/>
     <w:rsid w:val="00974F0E"/>
     <w:rsid w:val="00975CD7"/>
     <w:rsid w:val="00985E70"/>
     <w:rsid w:val="009979F4"/>
     <w:rsid w:val="009A45B2"/>
     <w:rsid w:val="009A5585"/>
     <w:rsid w:val="009A59D5"/>
     <w:rsid w:val="009B16D1"/>
     <w:rsid w:val="009C2705"/>
     <w:rsid w:val="009C3236"/>
     <w:rsid w:val="009C4ABD"/>
     <w:rsid w:val="009C5FDF"/>
     <w:rsid w:val="009D2DDD"/>
     <w:rsid w:val="009D6695"/>
     <w:rsid w:val="009F22A4"/>
+    <w:rsid w:val="00A003B1"/>
     <w:rsid w:val="00A10DA6"/>
     <w:rsid w:val="00A151E9"/>
     <w:rsid w:val="00A15DBB"/>
     <w:rsid w:val="00A259F2"/>
     <w:rsid w:val="00A304BD"/>
     <w:rsid w:val="00A33802"/>
     <w:rsid w:val="00A37162"/>
     <w:rsid w:val="00A37E51"/>
     <w:rsid w:val="00A53690"/>
     <w:rsid w:val="00A62D31"/>
     <w:rsid w:val="00A63380"/>
     <w:rsid w:val="00A865C7"/>
     <w:rsid w:val="00A94580"/>
     <w:rsid w:val="00A97E3B"/>
     <w:rsid w:val="00AA11F1"/>
     <w:rsid w:val="00AA20A1"/>
     <w:rsid w:val="00AA41F2"/>
     <w:rsid w:val="00AA5372"/>
     <w:rsid w:val="00AB039E"/>
     <w:rsid w:val="00AB4206"/>
     <w:rsid w:val="00AC6C84"/>
     <w:rsid w:val="00AC7E54"/>
     <w:rsid w:val="00AD26C2"/>
     <w:rsid w:val="00AE6A4E"/>
     <w:rsid w:val="00AE7B98"/>
@@ -5621,93 +5627,95 @@
     <w:rsid w:val="00CE2E48"/>
     <w:rsid w:val="00CF6672"/>
     <w:rsid w:val="00D021F7"/>
     <w:rsid w:val="00D069C7"/>
     <w:rsid w:val="00D078A2"/>
     <w:rsid w:val="00D21123"/>
     <w:rsid w:val="00D26BB7"/>
     <w:rsid w:val="00D367EB"/>
     <w:rsid w:val="00D45731"/>
     <w:rsid w:val="00D45954"/>
     <w:rsid w:val="00D461C2"/>
     <w:rsid w:val="00D61AAE"/>
     <w:rsid w:val="00D64CB8"/>
     <w:rsid w:val="00D72FD8"/>
     <w:rsid w:val="00D948F2"/>
     <w:rsid w:val="00D9697A"/>
     <w:rsid w:val="00DA4C48"/>
     <w:rsid w:val="00DA727D"/>
     <w:rsid w:val="00DB53A7"/>
     <w:rsid w:val="00DC344D"/>
     <w:rsid w:val="00DC7738"/>
     <w:rsid w:val="00DD170F"/>
     <w:rsid w:val="00DE0022"/>
     <w:rsid w:val="00DE0A8A"/>
     <w:rsid w:val="00DE338A"/>
+    <w:rsid w:val="00DE69E9"/>
     <w:rsid w:val="00DF6E54"/>
     <w:rsid w:val="00E04228"/>
     <w:rsid w:val="00E0439D"/>
     <w:rsid w:val="00E04457"/>
     <w:rsid w:val="00E04BBC"/>
     <w:rsid w:val="00E10450"/>
     <w:rsid w:val="00E132FD"/>
     <w:rsid w:val="00E1478E"/>
     <w:rsid w:val="00E159D7"/>
     <w:rsid w:val="00E21653"/>
     <w:rsid w:val="00E2414E"/>
     <w:rsid w:val="00E26830"/>
     <w:rsid w:val="00E40B36"/>
     <w:rsid w:val="00E51672"/>
     <w:rsid w:val="00E530A4"/>
     <w:rsid w:val="00E55EE5"/>
     <w:rsid w:val="00E625B3"/>
     <w:rsid w:val="00E64743"/>
     <w:rsid w:val="00E7257D"/>
     <w:rsid w:val="00E728CB"/>
     <w:rsid w:val="00E7336F"/>
     <w:rsid w:val="00E7485C"/>
     <w:rsid w:val="00E76262"/>
     <w:rsid w:val="00E84A6B"/>
     <w:rsid w:val="00E92385"/>
     <w:rsid w:val="00E96DEA"/>
     <w:rsid w:val="00EA1585"/>
     <w:rsid w:val="00EA48AE"/>
     <w:rsid w:val="00EB09E2"/>
     <w:rsid w:val="00EB74A5"/>
     <w:rsid w:val="00EC1F55"/>
     <w:rsid w:val="00EE0126"/>
     <w:rsid w:val="00EF2A15"/>
     <w:rsid w:val="00EF5BFD"/>
     <w:rsid w:val="00F01C6F"/>
     <w:rsid w:val="00F06EE2"/>
     <w:rsid w:val="00F074DC"/>
     <w:rsid w:val="00F2006E"/>
     <w:rsid w:val="00F24F8F"/>
     <w:rsid w:val="00F307E0"/>
     <w:rsid w:val="00F31D9D"/>
     <w:rsid w:val="00F34D63"/>
     <w:rsid w:val="00F420B6"/>
+    <w:rsid w:val="00F53DCA"/>
     <w:rsid w:val="00F57F7A"/>
     <w:rsid w:val="00F62D33"/>
     <w:rsid w:val="00F6570B"/>
     <w:rsid w:val="00F65F6C"/>
     <w:rsid w:val="00F67615"/>
     <w:rsid w:val="00F67F68"/>
     <w:rsid w:val="00F76C98"/>
     <w:rsid w:val="00F804CD"/>
     <w:rsid w:val="00F80750"/>
     <w:rsid w:val="00F85F59"/>
     <w:rsid w:val="00F86717"/>
     <w:rsid w:val="00F86DD4"/>
     <w:rsid w:val="00F86F25"/>
     <w:rsid w:val="00F96804"/>
     <w:rsid w:val="00FA3CEC"/>
     <w:rsid w:val="00FB4CF2"/>
     <w:rsid w:val="00FC4845"/>
     <w:rsid w:val="00FC6B03"/>
     <w:rsid w:val="00FD06D5"/>
     <w:rsid w:val="00FD34E9"/>
     <w:rsid w:val="00FE419E"/>
     <w:rsid w:val="00FF2484"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -22084,51 +22092,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="332731833">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Oral%20exam%202024%20in-depth%20study" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Oral%20exam%20Nationally%20Assessed%20Languages%20at%20continuers%20level%20in-depth%20study" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\collik01\Documents\Custom%20Office%20Templates\SB%20General%20-%20Portrait%20-%20BW.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="SACE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF6319"/>
       </a:accent1>
@@ -22337,97 +22345,164 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-    <xsd:import namespace="f74927ef-59e0-43b7-bc0c-9a4f54542464"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
+    <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f74927ef-59e0-43b7-bc0c-9a4f54542464" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e24f7e4-f994-42a6-920d-6929e5416d85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -22486,51 +22561,74 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A1439331</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Stage 2 Nationally assessed languges discussion outline for oral examination - from 2025</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-10-28T04:13:34Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0">2024-11-21T21:54:50Z</value>
     </field>
     <field name="Objective-ModificationStamp">
       <value order="0">2024-11-21T21:54:52Z</value>
@@ -22560,203 +22658,199 @@
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA18552</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA72838A-81A7-49A1-B84D-D61947171966}">
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC4B473D-788A-443B-BC65-9608662EF6BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1299EBAA-45EA-4ABF-9A81-254E97A9DBA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f74927ef-59e0-43b7-bc0c-9a4f54542464"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA72838A-81A7-49A1-B84D-D61947171966}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C3451E5-C2EC-41B0-A03D-A0195326CF02}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA965F2C-B72E-4C7E-AAC8-5E436B056DE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C3451E5-C2EC-41B0-A03D-A0195326CF02}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SB General - Portrait - BW.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>245</Words>
-  <Characters>1397</Characters>
+  <Words>249</Words>
+  <Characters>1421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>//Stage 2 Nationally Assessed Languages 2025</vt:lpstr>
       <vt:lpstr>Oral examination — chosen subtopic for section 2: discussion </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1639</CharactersWithSpaces>
+  <CharactersWithSpaces>1667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Comment</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KeepMarginsTheSame">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ShowGlobal">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>1,3,4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>5,6,7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
-    <vt:lpwstr>0x010100E0DFB052F7E0484B95F6CB9B97F7DA8F</vt:lpwstr>
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Id">
     <vt:lpwstr>A1439331</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Title">
     <vt:lpwstr>Stage 2 Nationally assessed languges discussion outline for oral examination - from 2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-CreationStamp">
     <vt:filetime>2024-10-28T04:13:34Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-DatePublished">
     <vt:filetime>2024-11-21T21:54:50Z</vt:filetime>
   </property>
@@ -22780,27 +22874,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
     <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
     <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
     <vt:lpwstr>qA18552</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>