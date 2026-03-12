--- v0 (2025-10-20)
+++ v1 (2026-03-12)
@@ -10,90 +10,81 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="51393500" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00F56DBB" w:rsidRDefault="00162756" w:rsidP="00162756">
       <w:pPr>
         <w:ind w:left="-426" w:right="-144"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AB31E70" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00894F24" w:rsidRDefault="00162756" w:rsidP="00162756">
       <w:pPr>
         <w:ind w:left="-426" w:right="-144"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk90536151"/>
       <w:r w:rsidRPr="00894F24">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Recognised Community-developed </w:t>
+        <w:t>Recognised Community-developed programs</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="64A37591" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00894F24" w:rsidRDefault="00162756" w:rsidP="00162756">
       <w:pPr>
         <w:ind w:left="-426" w:right="-144"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -265,50 +256,208 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Area of </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Community</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="008D432B" w:rsidRPr="00894F24" w14:paraId="3427BFA0" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="473"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B52E0B3" w14:textId="358936CF" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACE </w:t>
+            </w:r>
+            <w:r w:rsidR="0058361D">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallery </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>– Adelaide Contemporary Experimental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75830825" w14:textId="5BDECC60" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EDC5A78" w14:textId="019DD044" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Future Studios Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26877E25" w14:textId="5348CD5A" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FF0F09" w14:textId="71DED91D" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F08B95" w14:textId="61E646A9" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Work Skills and Career Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00162756" w:rsidRPr="00894F24" w14:paraId="02536B1D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70356E79" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00894F24" w:rsidRDefault="00162756" w:rsidP="00682138">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Adelaide Basketball Pty. Ltd.</w:t>
             </w:r>
           </w:p>
@@ -421,2649 +570,195 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7332E3A0" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00894F24" w:rsidRDefault="00162756" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6234B4C3" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="008D432B" w:rsidRPr="00894F24" w14:paraId="1959CB78" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...14 lines deleted...]
-              <w:t>Ballet Australasia Limited</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BB2700" w14:textId="78130C9E" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Athletics SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1DB21378" w14:textId="4D6CD616" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D3FE2B" w14:textId="78C9A99C" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1 January 2023</w:t>
+              <w:t>1 January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Ballet Grade 5</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCAA949" w14:textId="1F5260AA" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>World Athletics Officiating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7A1AF5CB" w14:textId="2E48AE48" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CD447D" w14:textId="1870E7FC" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00695DEB">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC949B3" w14:textId="5ECA2B83" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00682138">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-              <w:t>Performance</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1D2D26" w14:textId="5A6468E7" w:rsidR="008D432B" w:rsidRPr="00894F24" w:rsidRDefault="008D432B" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="30B38B49" w14:textId="77777777" w:rsidTr="00F964B8">
-[...2457 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="058E9B0A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5540DFEC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Australian Air Force Cadets</w:t>
             </w:r>
@@ -5490,61 +3185,52 @@
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4174FF5C" w14:textId="0FF1E75C" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold Medal- </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Gold Medal- Honors</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40754C41" w14:textId="409760C1" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6064,104 +3750,120 @@
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="49DC3EC7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3D7C0A0B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3D7C0A0B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="298DAB5C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00894F24">
+          <w:p w14:paraId="7A9B3434" w14:textId="6410BBCE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00D24328" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD4FE7" w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Australian Music Examinations Board</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="298DAB5C" w14:textId="46AE0381" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF3BA3F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3AF3BA3F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9 July 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="333CC3DA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="333CC3DA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
@@ -6180,155 +3882,155 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Grade 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D32482E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3D32482E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D07D936" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4D07D936" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4124D7EA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4124D7EA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="43D872E7" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="43D872E7" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A9A2043" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A9A2043" w14:textId="36FF48DE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="65D48321" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="65D48321" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B76C32" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="24B76C32" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -6358,148 +4060,148 @@
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBE8086" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2BBE8086" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46555DA9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="46555DA9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="53F6F316" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="53F6F316" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7BBC8CA6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7BBC8CA6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="61BCCE93" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="61BCCE93" w14:textId="233CEB5A" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="234DC242" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="234DC242" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7922242E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7922242E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
@@ -6518,148 +4220,148 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD3007C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2DD3007C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12C64D9F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="12C64D9F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5C9C858E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5C9C858E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="72A39E6E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="72A39E6E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B6CA402" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B6CA402" w14:textId="73A80DE0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="61DCA330" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="61DCA330" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="686D46B2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="686D46B2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
@@ -6678,2496 +4380,2473 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="433E07D6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="433E07D6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBF692B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3DBF692B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73327AF3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="73327AF3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="640A8902" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="640A8902" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A01E05E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A01E05E" w14:textId="0724B8DA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="05093A1D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="05093A1D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E071458" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4E071458" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London Grade 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A45B73" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="00A45B73" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C54F856" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3C54F856" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="22C7BF81" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="22C7BF81" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="74809048" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="74809048" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="03370711" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="03370711" w14:textId="38B7FFBE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7116DBE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7116DBE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14FE5C9A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="14FE5C9A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D332EEC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7D332EEC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9C0FAB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2F9C0FAB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1111D762" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1111D762" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="26BB1A4D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="26BB1A4D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="032C1784" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="032C1784" w14:textId="2EFEFE43" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4D8ED215" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4D8ED215" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1E5322" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7B1E5322" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55683896" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="55683896" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4FA870" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1A4FA870" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CFD9146" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7CFD9146" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1F7A79D1" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1F7A79D1" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="72ECB6CA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="72ECB6CA" w14:textId="7B4E49CF" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7E2D53C6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7E2D53C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF3BE74" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2BF3BE74" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rockschool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> London Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40DE34CB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="40DE34CB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279C229E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="279C229E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2BE8DD31" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2BE8DD31" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="61893130" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="61893130" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38A018AC" w14:textId="4C4DD56B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="70DF5ED7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="70DF5ED7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2003</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44464E93" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="44464E93" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5841299A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00C31888" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5841299A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00C31888" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C31888">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(Certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00C31888">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> awarded prior to 2018 are not required to be titled ‘Comprehensive’)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E5EEBB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC"/>
+          <w:p w14:paraId="56E5EEBB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E046A74" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="4E046A74" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve">Practical Music Grade 5 Comprehensive </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(Including either ‘Collaborative’ or ‘Solo’ for Piano students)</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>or Practical Music Grade 5 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A74BAE9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1A74BAE9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333D29" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B333D29" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="47BE106E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="47BE106E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="79A93688" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="79A93688" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6730E77C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6730E77C" w14:textId="3F7D7DEA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A2D7336" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A2D7336" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA9BF6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1CA9BF6D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Practical Music Grade 6 Comprehensive </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve">(Including either ‘Collaborative’ or ‘Solo’ for Piano students) </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>or Practical Music Grade 6 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37218626" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="37218626" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C243992" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1C243992" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="34C160BE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="34C160BE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0C0AC00C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0C0AC00C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B9DF39E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6B9DF39E" w14:textId="2AD561AD" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2597EA1D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2597EA1D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFD1BCC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4FFD1BCC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Practical Music Grade 7 Comprehensive </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(Including either ‘Collaborative’ or ‘Solo’ for Piano students)</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>or Practical Music Grade 7 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C2042F7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3C2042F7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB5E01D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3CB5E01D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="28637EF8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="28637EF8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="23D79EED" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="23D79EED" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13763892" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13763892" w14:textId="18AA93D4" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3964F2F6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3964F2F6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70C98A80" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="70C98A80" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Practical Music Grade 8 Comprehensive </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(Including either ‘Collaborative’ or ‘Solo’ for Piano students)</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>or Practical Music Grade 8 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED3471C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7ED3471C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5BEBB2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A5BEBB2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="036DBC26" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="036DBC26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7F66163C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7F66163C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="808"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="21F8A884" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="21F8A884" w14:textId="024126C6" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5B658F31" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5B658F31" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62333054" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="62333054" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music for Leisure Grade 5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60D1E513" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="60D1E513" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or Practical Music for Leisure Grade 5 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4DEC95" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6F4DEC95" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B79F270" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1B79F270" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="30567227" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30567227" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="56B9B367" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="56B9B367" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="707"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A6FF45C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A6FF45C" w14:textId="72C45AFD" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="03FE2AF1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="03FE2AF1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C217E6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="48C217E6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music for Leisure Grade 6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="591B9CCF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="591B9CCF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">or Practical Music for Leisure Grade 6 Repertoire </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="135B8B44" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="135B8B44" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39FA6FEB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="39FA6FEB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="57A45765" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="57A45765" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1DE3BDC0" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1DE3BDC0" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2D245DF8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2D245DF8" w14:textId="11004709" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6735CDFB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6735CDFB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="162BFCB0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="162BFCB0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music for Leisure Grade 7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3089B1FF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3089B1FF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or Practical Music for Leisure Grade 7 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7E571C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2D7E571C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62E08DFC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="62E08DFC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5BB3DAF5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5BB3DAF5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2FA657CC" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2FA657CC" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="44F332EF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="44F332EF" w14:textId="39F10806" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40F5DFE7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="40F5DFE7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339B7C08" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="339B7C08" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music for Leisure Grade 8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EF213F3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6EF213F3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or Practical Music for Leisure Grade 8 Repertoire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57F43156" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="57F43156" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1584FC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4E1584FC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2A9BA219" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2A9BA219" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2C2A527E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2C2A527E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1B83083A" w14:textId="5B881A39" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDF47C1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0CDF47C1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD070CE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6CD070CE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Speech and Performance Grade 6</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(formerly Drama and Performance Grade 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="138489CC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="138489CC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA70D6E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5EA70D6E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="49BB2940" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="49BB2940" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="382DA139" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="382DA139" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6EAB883C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6EAB883C" w14:textId="07E75FE7" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4596452E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4596452E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E8D865" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30E8D865" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Speech and Performance Grade 7</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(formerly Drama and Performance Grade 7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC256A2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6FC256A2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D826AAF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0D826AAF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F43695B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5F43695B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="30175AF7" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="30175AF7" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="498EE764" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="498EE764" w14:textId="50F13171" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A4FBF73" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A4FBF73" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30704345" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30704345" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Voice and Communication Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD17326" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DD17326" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473B64C7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="473B64C7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4C95F651" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4C95F651" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5AC5F24A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5AC5F24A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0991E5" w14:textId="2E59DBCE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="092EC1B5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="092EC1B5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C9E31E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="61C9E31E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Speech and Performance Grade 8</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(formerly Drama and Performance Grade 8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191ACFBD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="191ACFBD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A05755" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="34A05755" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="06433146" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="06433146" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0DDF4F31" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0DDF4F31" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76ECF2FF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="76ECF2FF" w14:textId="03450EDA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7B3312F9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7B3312F9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="716BE1DA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="716BE1DA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificate of Speech and Performance CSPA </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(formerly Drama and Performance Certificate (CDPA))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52C44ABA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="52C44ABA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F739604" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4F739604" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="204EE621" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="204EE621" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="25490CCB" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="25490CCB" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4AEDBE0D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4AEDBE0D" w14:textId="692841F3" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1DA0DBDB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1DA0DBDB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1F1FF3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3F1F1FF3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech and Performance Associate Diploma (Performer) ASPA </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
@@ -9178,8805 +6857,12760 @@
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>iploma (Performer) ADPA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28197A61" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="28197A61" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7478B18E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7478B18E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55407804" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="55407804" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7FC49963" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7FC49963" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="832"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7E7C8B54" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7E7C8B54" w14:textId="5B8C3B8D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0AFA0F94" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0AFA0F94" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36345032" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="36345032" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech and Performance Licentiate Diploma (Performa) LSPA </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(formerly Drama and Performance Licentiate Diploma (Performer) LDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF5672F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0FF5672F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54842175" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="54842175" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6C0465DC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6C0465DC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="65E2163D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="65E2163D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="343D5D88" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="343D5D88" w14:textId="15EAA822" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3139F9E8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3139F9E8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18350869" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="18350869" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate in Voice and Communication Australia (CVCA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4590506D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4590506D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6A4CD9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4C6A4CD9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="25130636" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="25130636" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6429C776" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6429C776" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2D7C0D16" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2D7C0D16" w14:textId="7F009C80" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B0EC030" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B0EC030" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEFB7F2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4FEFB7F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Voice and Communication Associate Diploma in Professional Communication (APCA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7095D5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3A7095D5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C30DAD5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0C30DAD5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4947D7AC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4947D7AC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6D2F363C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="6D2F363C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="31D5DBE0" w14:textId="5D89A7FD" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7460EA54" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7460EA54" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="450A7D12" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="450A7D12" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00760546">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Certificate of Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6CEC63" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3E6CEC63" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73B56B6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73B56B6D" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="11E73028" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0C93C7" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="11E73028" w14:textId="1C2A6D13" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="57D4F6CF" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="57D4F6CF" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4740957B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4740957B" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13B368ED" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13B368ED" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64CD0C62" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00FD2289" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="64CD0C62" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00FD2289" w:rsidRDefault="00901589" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE4984">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Practical Music Associate Diploma (</w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Practical Music Associate Diploma (AMusA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296105F6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="296105F6" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2E7999" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A2E7999" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33FBA425" w14:textId="5AF9610A" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="46508DDA" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="46508DDA" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="706"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="200D3519" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="200D3519" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="35BAC804" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="35BAC804" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59980350" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00CE4984" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="59980350" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00CE4984" w:rsidRDefault="00901589" w:rsidP="00F964B8">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C7051">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Licentiate Diploma (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000C7051">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LMusA</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000C7051">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37C4074E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="37C4074E" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7658FCBF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7658FCBF" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="001274BC">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="-108"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE51B2E" w14:textId="021F054C" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3EF534BA" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="459"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF5B29D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD1F2DB" w14:textId="6DA99F6E" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C2AD32" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="0055722C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Level 3 Certificate in Supporting Music and Performing Arts Learning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705EBE7E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBEE4D3" w14:textId="7E2C8698" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5D7900" w14:textId="6E6E89A3" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF7C2B3" w14:textId="69E02DB6" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="703F6A8D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="54BBF743" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="13B48873" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE36D83" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22ECE3E1" w14:textId="0BB117A3" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="0055722C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Professional Performance Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Level 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EEE56F" w14:textId="2F5E8F6F" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE4C418" w14:textId="096DEBAE" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62438E6E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="22E31630" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40C65785" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14184F14" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="039E69DE" w14:textId="166FCB34" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="0055722C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Professional Performance Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Level 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F501494" w14:textId="59B155E9" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E32750A" w14:textId="1A319C59" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C0E377" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5E62D88F" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="664971A8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9A36F0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="793A6728" w14:textId="01F8A408" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="0055722C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Professional Teaching Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Level 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50945ECB" w14:textId="0339BB84" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="670575EC" w14:textId="68301FAF" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="001274BC">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5789D951" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00F964B8">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2EFD3D00" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3133B3DD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2787FC6E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EBC4F4" w14:textId="02A8F27A" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Professional Teaching Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Level 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEF98EF" w14:textId="58DB71B2" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCAEFED" w14:textId="3FFBF66E" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="23632E8B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="27AC12AE" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="425"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C59906B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0306187D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE62F0E" w14:textId="301AB1FF" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rockschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Music Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A7F60A" w14:textId="737C7B98" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E96D931" w14:textId="7A8448F7" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C16F46F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3EADAD5F" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="431"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="563DECB0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AE0271" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA06F1C" w14:textId="2BD5473D" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rockschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Music Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grades 6-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD358A3" w14:textId="61B34848" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FC72C0" w14:textId="40EC3008" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CB3498" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="120BC47D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40F630B1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB6DB3B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6505339C" w14:textId="6C7F7516" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rockschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Popular Music Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1399C4F6" w14:textId="145596CE" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D25CA51" w14:textId="6862EF56" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCF3AB2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4566DF93" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="430"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6A88F4B5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2320B8F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3963D2B0" w14:textId="233C2D82" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rockschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Popular Music Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Grades 6-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45967B4F" w14:textId="5A1C332F" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39056994" w14:textId="0728FDDC" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB0317A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2365F239" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="658E8128" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FDCABA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71570A53" w14:textId="3C963737" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stageschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Musical Theatre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3333FA4E" w14:textId="5DB7C862" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C164864" w14:textId="0B939758" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE41E2A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3A05CDD8" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4641FA84" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C34670D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31625A68" w14:textId="719E99CE" w:rsidR="00BD4FE7" w:rsidRPr="0055722C" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stageschool</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0055722C">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Musical Theatre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grades 6-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253304DA" w14:textId="419589F9" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="314DD419" w14:textId="011852A7" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CE7FB4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="703F6A8D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5EAB61" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1B5EAB61" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Australian Sailing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E17125" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="19E17125" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78BE6829" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="78BE6829" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>OutThere</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sailing 3 (OT3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAEF74A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3BAEF74A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4251983E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4251983E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4A4B81" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4F4A4B81" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7F6C5A66" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7F6C5A66" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4BE7A97E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4BE7A97E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115E33CC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="115E33CC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F5D799" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="65F5D799" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Powerboat Handling plus Dingy Instructor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235CF528" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="235CF528" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4035BA93" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4035BA93" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68437856" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="68437856" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="43F4B2F2" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="43F4B2F2" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD4EF1E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="7AD4EF1E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>Australian Teachers of Dancing Ltd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="55E639AC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="55E639AC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3F6B59" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7C3F6B59" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet – Elementary (Gold Bar)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28063CCE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="28063CCE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12576DE6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="12576DE6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1FD9D6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3F1FD9D6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3ECD04A0" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3ECD04A0" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D81BD57" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1D81BD57" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="15497AC4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="15497AC4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF7619B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3EF7619B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet – Intermediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33685E30" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="33685E30" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45F219F9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="45F219F9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73DB4AAF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="73DB4AAF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6B1684AB" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6B1684AB" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A373B13" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A373B13" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13E236A6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13E236A6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6857439C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6857439C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet – Advanced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C9B88C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="76C9B88C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33B9BCE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="33B9BCE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="779004D6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="779004D6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="13A41FC8" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="13A41FC8" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="59EC88EF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="59EC88EF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="624E198E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="624E198E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69374988" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="69374988" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Jazz B – </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Gold  Bar</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090CC44C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="090CC44C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D33B93" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="49D33B93" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="47A1576F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="47A1576F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7D238BF0" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7D238BF0" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1A64090F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1A64090F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0ABC5048" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0ABC5048" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="756086BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="756086BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz – Elementary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="131DDD6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="131DDD6D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC44D46" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7BC44D46" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="34D57CDA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="34D57CDA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="345811AB" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="345811AB" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="57BC60BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="57BC60BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="70D7F186" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="70D7F186" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27598ABB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="27598ABB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz – Intermediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312BF4E3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="312BF4E3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5E70D8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7E5E70D8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="081BFA25" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="081BFA25" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="60177765" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="60177765" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="31AA97C0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="31AA97C0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="788C774A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="788C774A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC94A38" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3FC94A38" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz – Advanced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28311565" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="28311565" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0E8F5E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7E0E8F5E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0F9EF486" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0F9EF486" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5099624D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5099624D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7F4C38CD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7F4C38CD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2A2C0BE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2A2C0BE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76D096DE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="76D096DE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz Moves – Elementary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B38C493" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3B38C493" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDA140C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0BDA140C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="483FBF44" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="483FBF44" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5CA4BC6B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5CA4BC6B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="275D1292" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="275D1292" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="389E2269" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="389E2269" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="259AF8E7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="259AF8E7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz Moves – Intermediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="454B78D4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="454B78D4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B673EB8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7B673EB8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="42DE13A7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="42DE13A7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7CAEECA2" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7CAEECA2" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="36DD2B0A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="36DD2B0A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DC8F420" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DC8F420" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="014A5322" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="014A5322" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jazz Moves – Advanced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B63FB39" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1B63FB39" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A97234" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="65A97234" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="308F1896" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="308F1896" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2219FF51" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2219FF51" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DB90141" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DB90141" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D7204F0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1D7204F0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A343B5D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3A343B5D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap – Elementary Seal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00D61FE7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="00D61FE7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31928E7A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="31928E7A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E70A294" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5E70A294" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="076B780F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="076B780F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A6485AA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A6485AA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D68B049" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5D68B049" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143FBF15" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="143FBF15" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap – Intermediate Seal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9244F2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6C9244F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="426BDA38" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="426BDA38" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3E9F7C2C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3E9F7C2C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="425E99A3" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="425E99A3" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40E98348" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="40E98348" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="595E44F6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="595E44F6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1088691D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1088691D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap - Advanced Seal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C35258C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5C35258C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEE458C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7DEE458C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38EEF5F5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="38EEF5F5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7D17CBDE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7D17CBDE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4238CFB1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4238CFB1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="18848C19" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="18848C19" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFF69E8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2FFF69E8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hip Hop – Level 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="748EC66A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="748EC66A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="245EC83F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="245EC83F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6334D68D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6334D68D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="67C31A66" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="67C31A66" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="14F4EC07" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="14F4EC07" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="130F7D12" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="130F7D12" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="543DDBAD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="543DDBAD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hip Hop – Level 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64216844" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="64216844" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A9F289" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="70A9F289" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="42CA58F2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="42CA58F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="07F36679" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="07F36679" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="42D896C4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="42D896C4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A1CC3A2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A1CC3A2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C89DCF2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0C89DCF2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hip Hop – Level 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEDE125" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1FEDE125" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E308E2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="03E308E2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="37D881AC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="37D881AC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="07F5E074" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="07F5E074" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1FAEF245" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1FAEF245" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="15911164" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="15911164" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7954F860" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7954F860" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hip Hop – Level 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC96CEA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4BC96CEA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09643889" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="09643889" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64D985FB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="64D985FB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6F6A7C32" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6F6A7C32" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB075B0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7EB075B0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="529FDFF1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="529FDFF1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5EF5E5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5A5EF5E5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Contemporary Dance – Level 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="080C27C3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="080C27C3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555E27F3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="555E27F3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="182F7364" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="182F7364" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6A8AA694" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6A8AA694" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="632B8532" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="632B8532" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17A1B2E5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="17A1B2E5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3158CBF7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3158CBF7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contemporary Dance – Level 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3695953A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3695953A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="238AAB63" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="238AAB63" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="19DDBC39" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="19DDBC39" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="16A9E5FE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="16A9E5FE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64256DBB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="64256DBB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AEF8357" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0AEF8357" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="218E635E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="218E635E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contemporary Dance – Level 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E86E0EA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6E86E0EA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="476F740F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="476F740F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="19C43174" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="19C43174" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="718FEC0E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="718FEC0E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE8F341" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0EE8F341" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C8BE03" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="19C8BE03" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452E31D0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="452E31D0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contemporary Dance – Level 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1839BF4C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1839BF4C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6C8C11" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A6C8C11" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="314650A1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="314650A1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5800932D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5800932D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395FBE70" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="395FBE70" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29199127" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="29199127" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E23D10" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="54E23D10" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap – Elementary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="064D7BFD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="064D7BFD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659A3EF9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="659A3EF9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="696EBAC9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="696EBAC9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="72A44FC9" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="72A44FC9" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="291AFD3E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="291AFD3E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B71E97A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B71E97A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C169868" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2C169868" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap - Intermediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E19243" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="79E19243" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB5154A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DB5154A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06FEA8F4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="06FEA8F4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="784E0A01" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="784E0A01" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2495C63C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2495C63C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20E2BB26" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="20E2BB26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353261FE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="353261FE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap – Advanced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E62829" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="68E62829" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="609F9365" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="609F9365" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64E6761C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="64E6761C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3B96FDB9" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3B96FDB9" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E2AF8A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="64E2AF8A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67751F9E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="67751F9E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134ACC1D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="134ACC1D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Musical Theatre - Level 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3785349A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3785349A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3FB70A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0C3FB70A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="035DABDD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="035DABDD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="27B5F640" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="27B5F640" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A908424" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2A908424" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="052A1C11" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="052A1C11" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B837A7D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3B837A7D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Musical Theatre - Level 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFEDDBC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3DFEDDBC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="758D4458" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="758D4458" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4783D602" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4783D602" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5F9E800B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5F9E800B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB4C1D5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0AB4C1D5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="537CADEB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="537CADEB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7128EA48" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7128EA48" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Musical Theatre - Level 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49B0CB29" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="49B0CB29" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6EB93D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1E6EB93D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="18C52EBB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="18C52EBB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3368ACF3" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3368ACF3" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA3041B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5EA3041B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE15F0B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2EE15F0B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1707FDAB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1707FDAB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Musical Theatre - Level 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="289B4657" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="289B4657" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67E63A70" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="67E63A70" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="065CDBCB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="065CDBCB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="20BFAA65" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="296C4505" w14:textId="77777777" w:rsidTr="00A052B1">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51BFB494" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC37AAB" w14:textId="78DE1DCB" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Australasia Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5545CF8E" w14:textId="7C29E5F6" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723867D4" w14:textId="220D86BA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F429C5" w14:textId="40902B1D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F37136" w14:textId="348B741B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4B0E32" w14:textId="0C48A1C7" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Performance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0BF71E38" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="06550427" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="068D01BF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A88AAFD" w14:textId="64F1FC75" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Grade 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1814AB5E" w14:textId="3711CA71" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFEE77F" w14:textId="696EE173" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2D03F5BD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7F5FF831" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC3AAFC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C832A56" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFC0632" w14:textId="5DCBF827" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Pre-Elementary &amp; Foundation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2586AE2B" w14:textId="359FCB90" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD460CB" w14:textId="7F0ACC26" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="009215EE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="20962151" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7D9B9A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33C76758" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D47350" w14:textId="5C46BE6C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Elementary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08587D76" w14:textId="19AB94F3" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D1D096" w14:textId="33CE9D0F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3BF797" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3716C41D" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="697331D0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="034AE091" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A95D2A5" w14:textId="186C115B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Intermediate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10BEF816" w14:textId="29F4997F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09401CF1" w14:textId="05189FB0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA2FED2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1D21A85D" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3AF3B2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA3D72B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B826EDB" w14:textId="1CB2E939" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Advanced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E3800E" w14:textId="5AC72DAD" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B47147" w14:textId="10AAFAA9" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6A829C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5ADC9D04" w14:textId="77777777" w:rsidTr="00A052B1">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="31E3A84C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="05BC4334" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226AE255" w14:textId="0A5EDE92" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ballet Senior Solo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79799272" w14:textId="2252F10C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F408C3" w14:textId="66B1E6A7" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="780109A9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="27C3E053" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="716643BA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B412490" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D249B08" w14:textId="1BD2B4D9" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hip Hop Grade 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="505C38FA" w14:textId="0672B8FA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D02BC10" w14:textId="6784CDB3" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF5AB92" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7D9876A6" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25CB8693" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF6855B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B66ADE8" w14:textId="6CD44748" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hip Hop Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2A5972" w14:textId="7B40CF35" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB66525" w14:textId="1DA9A96B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5C532AA9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="67DD3705" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E265BCE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="109CB492" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C80A7F" w14:textId="10D52360" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hip Hop Elementary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23479297" w14:textId="197B1931" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCF6647" w14:textId="269E9BCD" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9366D8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="19B579F9" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5D15D9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="411C04B1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AECD27D" w14:textId="2DCBDFD1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Jazz Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A53FD99" w14:textId="7428CED2" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2334978C" w14:textId="5D703EDF" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33A69BD8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="449D2599" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="143428E7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3011F08C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B460167" w14:textId="3628DE1C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Jazz Elementary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B09E65" w14:textId="1B5C3C55" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB9313B" w14:textId="4AACDE27" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="64A2622C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4E2F4967" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="714F0A26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="004556C9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1EFD9C" w14:textId="64D34F3D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Jazz Intermediate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F44A66" w14:textId="16E981CD" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D71587" w14:textId="550DBB3C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6661BA27" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6189F9CA" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBE373C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3F59EE96" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7822B8A5" w14:textId="0AD4DBEB" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Jazz Advanced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67128F12" w14:textId="300A4B3D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E078C91" w14:textId="264552CE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="12A86727" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="554F834A" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="640BF148" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="39343A70" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B2A804" w14:textId="64DE1762" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E46651" w14:textId="12E892A3" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3035E221" w14:textId="5CF7D2E9" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E30E861" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="688A4CE3" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0D0414" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="31626CBA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F1DFFB" w14:textId="2A632111" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap Elementary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052A73CF" w14:textId="7663A77A" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A97496" w14:textId="4E070D1E" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="27EA74A9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7FCF7E39" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="431397AE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="61AEBB16" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="074C22C6" w14:textId="7F8F164E" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap Intermediate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDEA900" w14:textId="7F80D8B1" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0618C7" w14:textId="510C3EAC" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="77F15179" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5D4FB7B7" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="768F573F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="741303FE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188D2E12" w14:textId="5DCD3888" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap Advanced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2D39AF" w14:textId="3C1DD44C" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110AE3EA" w14:textId="54F66E79" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="69D64CDD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0C434808" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="327F6ABB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2E485F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="539B4671" w14:textId="0D7B1A71" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap N Beats Grade 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EA4667" w14:textId="58D1DF26" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="649B9FBA" w14:textId="3BBE4EB4" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="414B9942" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="21CFA25C" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="61E5E2F8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4141E6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2189ED6C" w14:textId="0EDE1F1E" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap N Beats Grade 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43660C0B" w14:textId="78139094" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE8EA99" w14:textId="4996A3F5" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7CB8F0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2109083A" w14:textId="77777777" w:rsidTr="00B56522">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="09242F10" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2E1D4D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2026FE6C" w14:textId="331CD688" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tap N Beats Grade 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FB3AD9" w14:textId="70C44C21" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0D407E" w14:textId="77090009" w:rsidR="00BD4FE7" w:rsidRPr="00695DEB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00695DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="566FFB50" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="20BFAA65" w14:textId="77777777" w:rsidTr="00961A5C">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BFB494" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Baptist Care SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="427F647D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          </w:tcPr>
+          <w:p w14:paraId="427F647D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3ED745" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2C3ED745" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tumbelin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D52CF7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="01D52CF7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2AAA5D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6A2AAA5D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01D69931" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="01D69931" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1D25807F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1D25807F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73F8A401" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73F8A401" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Catholic Education SA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B8BDDD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="24B8BDDD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5898BB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5E5898BB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Choices for Indigenous Secondary Students (CISS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E828C9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="07E828C9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70715B3E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="70715B3E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C64A84" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="47C64A84" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="537DE971" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="537DE971" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="42BF5A1C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Ballet Australia Inc</w:t>
+          <w:p w14:paraId="42BF5A1C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Cecchetti Ballet Australia Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="41F0B312" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="41F0B312" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A129DA5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4A129DA5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ballet Intermediate 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47369031" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="47369031" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13468C0F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13468C0F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1477D047" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1477D047" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3DE907D6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3DE907D6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="20716FFD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="20716FFD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AE211E1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3AE211E1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD4BDD5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0DD4BDD5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ballet Advanced 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358346BB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="358346BB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="083D502D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="083D502D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="33397277" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="33397277" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="69E4F702" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="69E4F702" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDE76F5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2FDE76F5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Commonwealth Society of Teachers of Dancing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04866328" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="04866328" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3296BA51" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3296BA51" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2011</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B768586" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5B768586" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CED462F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6CED462F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Modern Jazz Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65AA777A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="65AA777A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B66DA4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="57B66DA4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0C99231E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0C99231E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="09274C2E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="09274C2E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0FE50203" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0FE50203" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F8AF159" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5F8AF159" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7059CF60" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7059CF60" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Modern Jazz Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4075933B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4075933B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="799E13EC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="799E13EC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="406F4E9A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="406F4E9A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="12B5E0B7" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="12B5E0B7" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="43A23935" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="43A23935" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41797E72" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="41797E72" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF4AD3C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6CF4AD3C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Modern Jazz Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01A6BE21" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="01A6BE21" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D897AE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="74D897AE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="343FE80C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="343FE80C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="04D8DE6F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="04D8DE6F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="667A837A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="667A837A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0512C59A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0512C59A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C335619" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3C335619" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Modern Jazz Grade 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="187ADCEB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="187ADCEB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C79E310" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3C79E310" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2B089F6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2B089F6D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="11362600" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="11362600" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0EDA06E5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0EDA06E5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D472601" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5D472601" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D89D1A7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0D89D1A7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Theatrical and Performing Arts Pre-Advanced Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3CAC9C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7B3CAC9C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B6DEAC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="61B6DEAC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F894C05" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3F894C05" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4EB2130A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4EB2130A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="655C7ABB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="655C7ABB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="27DD42A2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="27DD42A2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E520D80" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6E520D80" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Theatrical and Performing Arts Advanced Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDCE0BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5CDCE0BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20A6623E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="20A6623E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2A13A51D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2A13A51D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5433D351" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5433D351" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="209147BE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="209147BE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="007A0717" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="007A0717" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="646EA045" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="646EA045" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Sub-Elementary Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030769A3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="030769A3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6C46BD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4E6C46BD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2AE2A72A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2AE2A72A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6BD6525A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6BD6525A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="633EBB31" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="633EBB31" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78A02ECC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="78A02ECC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34304CCF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="34304CCF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Elementary Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFF6F0D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3BFF6F0D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="515414FF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="515414FF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="21B65B39" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="21B65B39" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7D0E8257" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7D0E8257" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="18222CD3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="18222CD3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="721E644E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="721E644E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FAF362" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="12FAF362" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Intermediate Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4057B192" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4057B192" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F440600" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7F440600" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6FA737A4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6FA737A4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1F3A49DA" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1F3A49DA" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="30AB35DF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="30AB35DF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="333E8600" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="333E8600" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00A78D9D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="00A78D9D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Tap Dance Advanced Gold </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F06AD2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="36F06AD2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403EC944" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="403EC944" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="43BC05E0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="43BC05E0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="183770D1" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="183770D1" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1A30041E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1A30041E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F1AB729" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3F1AB729" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF16593" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7EF16593" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap Dance Advanced Gold Bar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD2B5C3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0DD2B5C3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6793A8F8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6793A8F8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="26C6159A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="26C6159A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="48967965" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="48967965" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="21EFBA6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="21EFBA6D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="04CF996E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="04CF996E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3DBC6C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2B3DBC6C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tap Dance Advanced Gold Star</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A723C32" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A723C32" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7C3684" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B7C3684" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="37440C3E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="37440C3E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B4481" w:rsidRPr="00894F24" w14:paraId="226A5D92" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="226A5D92" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE587C9" w14:textId="244BABC6" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="1DE587C9" w14:textId="244BABC6" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Community Bridging Services (CBS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0996F15B" w14:textId="55726AA5" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="0996F15B" w14:textId="55726AA5" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 October 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB5E089" w14:textId="13F1A44D" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="7EB5E089" w14:textId="13F1A44D" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Beyond SACE. Making it Happen! – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Part 1: Work Discovery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2273D59E" w14:textId="2EBF9572" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="2273D59E" w14:textId="2EBF9572" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D6CCF6" w14:textId="3248940D" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="50D6CCF6" w14:textId="3248940D" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5B81ECE8" w14:textId="58FCEB6B" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B81ECE8" w14:textId="4D31EF44" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00901589">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B4481" w:rsidRPr="00894F24" w14:paraId="783A217F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="783A217F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1CC87687" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="1CC87687" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5177DB5B" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="5177DB5B" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E270261" w14:textId="6772B41B" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="00F964B8">
+          <w:p w14:paraId="7E270261" w14:textId="6772B41B" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Beyond SACE. Making it Happen! - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Part 2: Work Fit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="399338A7" w14:textId="26E8E069" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="001274BC">
+          <w:p w14:paraId="399338A7" w14:textId="26E8E069" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF12A6B" w14:textId="485B8ABA" w:rsidR="009B4481" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="001274BC">
+          <w:p w14:paraId="5FF12A6B" w14:textId="485B8ABA" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="41F53D36" w14:textId="38C22761" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1205A622" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1205A622" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBBED7C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4FBBED7C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Construction Industry Training Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7792870F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7792870F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B54428F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4B54428F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Doorways 2 Construction in Schools Program – Part A (semester length)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8A4861" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A8A4861" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2607A8AD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2607A8AD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDEBD02" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0EDEBD02" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="58A83C9B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="58A83C9B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7DC326DD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7DC326DD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="42B6D52F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="42B6D52F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1D514D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7B1D514D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Doorways 2 Construction in Schools Program (full year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC4E006" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2EC4E006" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51D31321" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="51D31321" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2991C7BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2991C7BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="66818D58" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="66818D58" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4929E0D2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4929E0D2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Customer Service Gold</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A2C250" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="66A2C250" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0551BB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0D0551BB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Customer Service Gold – Your Passport to Employment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="201D1E2B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="201D1E2B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="181B2A0C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="181B2A0C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6528BA57" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6528BA57" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4B5A28FF" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4B5A28FF" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="13185ED6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13185ED6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Development Netball NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28FAE081" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="28FAE081" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3B838783" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3B838783" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF26D7A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3FF26D7A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Netball Australia – Foundation Coach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525EC6B3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="525EC6B3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F991A7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="18F991A7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3955783A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
-[...9 lines deleted...]
-          <w:p w14:paraId="1EF22AA1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3955783A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EF22AA1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5928C622" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5928C622" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5CE3958D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5CE3958D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="21ED370A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="21ED370A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="246534EE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="246534EE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Netball Australia – ‘C’ Badge Umpire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AC4E13" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="59AC4E13" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="423C10E9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="423C10E9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1561849A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1561849A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F964B8" w:rsidRPr="00894F24" w14:paraId="3EF71CF8" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3EF71CF8" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0070FA41" w14:textId="1BD70D18" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="0070FA41" w14:textId="1BD70D18" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F964B8">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Department of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> NT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="093D31C9" w14:textId="7C438FFE" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="0058125A" w:rsidP="001274BC">
+          <w:p w14:paraId="093D31C9" w14:textId="7C438FFE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAB98E8" w14:textId="36F57956" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="00F964B8">
+          <w:p w14:paraId="0BAB98E8" w14:textId="36F57956" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F964B8">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Youth Voice Peak Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5115B3B1" w14:textId="784B081B" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="5115B3B1" w14:textId="784B081B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="489B605C" w14:textId="48AF7F36" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="489B605C" w14:textId="48AF7F36" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BCC7D7F" w14:textId="2C48DD1F" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="00F964B8">
+          <w:p w14:paraId="0BCC7D7F" w14:textId="2C48DD1F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7523262A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7523262A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0C45FD6B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0C45FD6B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Duke of Edinburgh’s Award*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74179708" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...38 lines deleted...]
-              <w:t>appropriate for SACE recognition</w:t>
+          <w:p w14:paraId="74179708" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="480A11B4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="455613B6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*An attachment will indicate the award is appropriate for SACE recognition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="123F077C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="123F077C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>1 January 2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="170ED5C6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="170ED5C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bronze Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2BC979" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2F2BC979" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDCF7CE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3DDCF7CE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="611B734C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="611B734C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5A3CFF3D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5A3CFF3D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="607C0740" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="607C0740" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="112F14F8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="112F14F8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56442517" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="56442517" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Silver Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4FC9A3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0F4FC9A3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02F7235F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="02F7235F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>(if Bronze not done)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E14ACFB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5E14ACFB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="74703805" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="74703805" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7118A0C6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7118A0C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="58DCAF0F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="58DCAF0F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2534B847" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2534B847" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Silver Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728E4FDC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="728E4FDC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589AA37B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="589AA37B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>(if Bronze done)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F7E8990" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3F7E8990" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="30CE9384" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="30CE9384" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="10220870" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="10220870" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04AA6478" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="04AA6478" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17DCF06A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="17DCF06A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Gold Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FFDB6B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="11FFDB6B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F91413C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1F91413C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="22805877" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="22805877" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE340E" w:rsidRPr="00894F24" w14:paraId="689E5BFE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="689E5BFE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2638EA10" w14:textId="2DCA40D3" w:rsidR="00FE340E" w:rsidRPr="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00FE340E">
+          <w:p w14:paraId="2638EA10" w14:textId="2DCA40D3" w:rsidR="00BD4FE7" w:rsidRPr="00FE340E" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE340E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Employment Options </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE340E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inc  </w:t>
-            </w:r>
+              <w:t>Inc  (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FE340E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...21 lines deleted...]
-          <w:p w14:paraId="04EC30A0" w14:textId="77777777" w:rsidR="00FE340E" w:rsidRPr="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+              <w:t>Youth Options)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04EC30A0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00FE340E" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="74121CB3" w14:textId="14201BD5" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="74121CB3" w14:textId="14201BD5" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="75E3F02B" w14:textId="2AD14C5B" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="75E3F02B" w14:textId="2AD14C5B" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>QA for Gaming Level One</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44818640" w14:textId="4B9649AF" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="44818640" w14:textId="4B9649AF" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38081CFE" w14:textId="598CE3E7" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="38081CFE" w14:textId="598CE3E7" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4D0AA6" w14:textId="1D102F83" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="2A4D0AA6" w14:textId="1D102F83" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE340E" w:rsidRPr="00894F24" w14:paraId="08AA85EE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="08AA85EE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="73DB19C6" w14:textId="77777777" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00FE340E">
+          <w:p w14:paraId="73DB19C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3778AD0D" w14:textId="77777777" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="3778AD0D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2B93A9C2" w14:textId="5BD125A1" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="2B93A9C2" w14:textId="5BD125A1" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>QA for Gaming Level Two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE44FBE" w14:textId="082D5015" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="5AE44FBE" w14:textId="082D5015" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D404D1" w14:textId="38416EE6" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="03D404D1" w14:textId="38416EE6" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="77C982C4" w14:textId="77777777" w:rsidR="00FE340E" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="77C982C4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE340E" w:rsidRPr="00894F24" w14:paraId="07D8344F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="07D8344F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0FBAD1" w14:textId="56DEE1BC" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="3C0FBAD1" w14:textId="56DEE1BC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ice Factor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="427EA5DD" w14:textId="16BE5B4A" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="427EA5DD" w14:textId="16BE5B4A" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0FADE322" w14:textId="0E366F32" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="0FADE322" w14:textId="0E366F32" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ice Factor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CEF4CA5" w14:textId="23F1EA3E" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="1CEF4CA5" w14:textId="23F1EA3E" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235C1FBF" w14:textId="1FF4E037" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="001274BC">
+          <w:p w14:paraId="235C1FBF" w14:textId="1FF4E037" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="203AB902" w14:textId="4C3F9177" w:rsidR="00FE340E" w:rsidRPr="00894F24" w:rsidRDefault="00FE340E" w:rsidP="00F964B8">
+          <w:p w14:paraId="203AB902" w14:textId="4C3F9177" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6106D69A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6106D69A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFDF0F6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7FFDF0F6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nature Foundation Ltd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4C120E8B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4C120E8B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC4CA07" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6BC4CA07" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Kids on Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77875F15" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="77875F15" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F57A23D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1F57A23D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF7D081" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7FF7D081" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="110958F4" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="110958F4" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5E63C7F5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5E63C7F5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Ngurruniny</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -18007,9708 +19641,13768 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Ganhamirr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Northern Territory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34FADF11" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="34FADF11" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="174C5995" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="008266AB" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="174C5995" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="008266AB" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Ngurruniny</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008266AB">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>Dhukarr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67156AC4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="67156AC4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BADBF8A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3BADBF8A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1399DEE9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1399DEE9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="253E1D93" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="253E1D93" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA646FB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2EA646FB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>South Australian Aboriginal Secondary Training Academy (SAASTA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFDE9D2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3BFDE9D2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16FFE094" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="16FFE094" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Specialist Sport Academies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71574596" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="71574596" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C1571B2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3C1571B2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB78A37" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1DB78A37" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5A63AE8C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5A63AE8C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5B014FB7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5B014FB7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5C0BFA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5C5C0BFA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52445042" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="005312AA" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="52445042" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="005312AA" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005312AA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aboriginal Career Exploration (ACE)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21C7D709" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00F315A9" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="21C7D709" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00F315A9" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005312AA">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Maximum of 20 credits available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A912CB2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0A912CB2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6C5385" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7E6C5385" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CCD11A0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1CCD11A0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0229E7CB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0229E7CB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAE00DC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1CAE00DC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7976851C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7976851C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2C0B4C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3D2C0B4C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5DBA45AA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DBA45AA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0F698B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4E0F698B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>STEM Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4050CAB8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4050CAB8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767DCAC9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="767DCAC9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52D967F8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="52D967F8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="09992E05" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="09992E05" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52DD7237" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="52DD7237" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>South Australian National Football League (SANFL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14738951" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...8 lines deleted...]
-          <w:p w14:paraId="2F679A08" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="14738951" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F679A08" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="348CE1D3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="348CE1D3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC028FB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1BC028FB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Development Field Umpire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F0EA0B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="35F0EA0B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="764F7F0F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="764F7F0F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="62CA6533" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="62CA6533" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5F04E980" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5F04E980" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="54873D26" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="54873D26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6341B1A5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6341B1A5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A48F4C9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6A48F4C9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Development Boundary Umpire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE3A7CD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0BE3A7CD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37A922B7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="37A922B7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6EA585A4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6EA585A4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="02F5B848" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="02F5B848" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7EB654" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A7EB654" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4A25A4C2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4A25A4C2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="212E8410" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="212E8410" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Development Goal Umpire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108D2EA2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="108D2EA2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1342C802" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1342C802" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="03FFAF53" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="03FFAF53" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6E7B4A67" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6E7B4A67" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27AB4D51" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="27AB4D51" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Equestrian Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="71C1E7E1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="71C1E7E1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="36E99036" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="36E99036" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introductory Horse Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="394E29A1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="394E29A1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="069FE04E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="069FE04E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3E6CC982" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3E6CC982" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="3CF3E5C7" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3CF3E5C7" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE24AE1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0AE24AE1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="265F5E26" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="265F5E26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="33ABAB6D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="33ABAB6D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introductory Riding Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC4359" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5BDC4359" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C108380" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2C108380" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="10919AFF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="10919AFF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0B12D463" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0B12D463" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="73C2E585" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73C2E585" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16EC248B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="16EC248B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7C429A78" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7C429A78" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introductory General Coaching (IC) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="222CF3B8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="222CF3B8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="318E92B7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="318E92B7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="459F4B26" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="459F4B26" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="731A5F50" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="731A5F50" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6A9CCC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6C6A9CCC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="510E3F36" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="510E3F36" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9BD342" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2A9BD342" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 1 Horse Management (L1HM) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3704603F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3704603F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DED1F7D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3DED1F7D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4CDDC6A4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4CDDC6A4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="15CB5800" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="15CB5800" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55C762D1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="55C762D1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5D26D559" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5D26D559" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="35D3A6FA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="35D3A6FA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 1 Dressage Riding (L1DR) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B99107" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13B99107" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50FD629A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="50FD629A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="23BC9C77" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="23BC9C77" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4DA8FA55" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4DA8FA55" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34FBB884" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="34FBB884" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37E2627E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="37E2627E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="02E93AA4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="02E93AA4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 1 General Riding (L1GR) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="487B6844" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="487B6844" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415BC582" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="415BC582" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78B4DDAC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="78B4DDAC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="386B1A8E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="386B1A8E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6698699D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6698699D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0018AAF8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0018AAF8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4D639408" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4D639408" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 2 Horse Management Certificate (L2HM) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0032C9A2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0032C9A2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376DFAFB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="376DFAFB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="114252B1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="114252B1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6CA015B8" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6CA015B8" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE693A5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7FE693A5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBB2DE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4BBB2DE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="66DC0433" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="66DC0433" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 2 Riding Certificate (L2R) (Olympic Disciplines) Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="219A1536" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="219A1536" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2C75AF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2F2C75AF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="57AB95D6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="57AB95D6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="04443ACE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="04443ACE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="546E3206" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="546E3206" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Guides Australia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2281E586" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...8 lines deleted...]
-          <w:p w14:paraId="6C4F1B3F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2281E586" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C4F1B3F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31D52A5C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="31D52A5C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C6E99B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="59C6E99B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Queen’s Guide Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EFCC583" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3EFCC583" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02320324" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="02320324" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53AF39AB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="53AF39AB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0FE17686" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0FE17686" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4890A79C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4890A79C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Gymnastics South Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="707ADD0B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="707ADD0B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="347ED2E0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="347ED2E0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beginner Coach Accreditation AND Intermediate Coach Accreditation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006CBA2A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="006CBA2A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="662E881D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="662E881D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2228BCD8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2228BCD8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B4481" w:rsidRPr="00894F24" w14:paraId="17770855" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="17770855" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="08529836" w14:textId="332E57D1" w:rsidR="009B4481" w:rsidRDefault="00B56C84" w:rsidP="001274BC">
+          <w:p w14:paraId="08529836" w14:textId="332E57D1" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HEX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="63A613A6" w14:textId="3E657EE0" w:rsidR="009B4481" w:rsidRDefault="00B56C84" w:rsidP="001274BC">
+          <w:p w14:paraId="63A613A6" w14:textId="3E657EE0" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754CC4CF" w14:textId="03F99FA2" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="754CC4CF" w14:textId="03F99FA2" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MONEY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D271C8E" w14:textId="323493C8" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="1D271C8E" w14:textId="323493C8" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="007F4809" w14:textId="3CFC1692" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="007F4809" w14:textId="3CFC1692" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DFB2995" w14:textId="31622687" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="2DFB2995" w14:textId="31622687" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B4481" w:rsidRPr="00894F24" w14:paraId="3B621164" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3B621164" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4F34457C" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="4F34457C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="235A7B05" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="235A7B05" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612E218B" w14:textId="539AB465" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="612E218B" w14:textId="539AB465" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TECH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41C9AA36" w14:textId="7E023F7C" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="41C9AA36" w14:textId="7E023F7C" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7093B5DA" w14:textId="22A5E4AD" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="7093B5DA" w14:textId="22A5E4AD" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DB45D09" w14:textId="121054DD" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="6DB45D09" w14:textId="121054DD" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B4481" w:rsidRPr="00894F24" w14:paraId="4616732B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4616732B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="403F1605" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="403F1605" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4F3C8D8A" w14:textId="77777777" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="4F3C8D8A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610ECB29" w14:textId="12913D70" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="610ECB29" w14:textId="12913D70" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>YOU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F94D08B" w14:textId="52F64643" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="0F94D08B" w14:textId="52F64643" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B112682" w14:textId="05C091FA" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="001274BC">
+          <w:p w14:paraId="5B112682" w14:textId="05C091FA" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFF240A" w14:textId="0257A8C9" w:rsidR="009B4481" w:rsidRDefault="009B4481" w:rsidP="00F964B8">
+          <w:p w14:paraId="3BFF240A" w14:textId="0257A8C9" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1A801F0A" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1A801F0A" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="578CB42A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="578CB42A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>International Music Examinations Board of Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE8A605" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4BE8A605" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3735E3D6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3735E3D6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music (any instrument/voice syllabus) Grade 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2972504D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2972504D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="217F5F5C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="217F5F5C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7A078B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2E7A078B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1EA85374" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1EA85374" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4033774F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4033774F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1174DFC7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1174DFC7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB9931C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4BB9931C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music (any instrument/voice syllabus) Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="294D6D65" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="294D6D65" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6A7577" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1A6A7577" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="01290B6F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="01290B6F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="30F1C66E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="30F1C66E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A965079" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3A965079" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="339A144D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="339A144D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3909A424" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3909A424" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music (any instrument/voice syllabus) Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41EACE92" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="41EACE92" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68039A8B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="68039A8B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6D4CA8BA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6D4CA8BA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1C848462" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1C848462" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4656424D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4656424D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="763A63BA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="763A63BA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3910DC05" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3910DC05" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music (any instrument/voice syllabus) Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D5729F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="56D5729F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="559B308D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="559B308D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3DA2758D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3DA2758D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="47E1EE0C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="087E4F1D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="231FE7DB" w14:textId="73DE4E11" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Little Athletics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0E737C" w14:textId="778455B7" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="377114FE" w14:textId="5D386844" w:rsidR="00901589" w:rsidRPr="00863076" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00863076">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Strive Leadership &amp; Development program - Offic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00863076">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ating Stream</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="083F2FEA" w14:textId="51F2782A" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1DDD1A" w14:textId="60BB5886" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8EFBB9" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43B81805" w14:textId="2E625433" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="2E986C1A" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="70ADB019" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5249A17F" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC56D0F" w14:textId="67F1B59B" w:rsidR="00901589" w:rsidRPr="00863076" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00863076">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Strive Leadership &amp; Development program - Coaching Stream</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F5D62E" w14:textId="27035F72" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="772674C1" w14:textId="47750BB7" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="195A0C59" w14:textId="0008BEDE" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="47E1EE0C" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D75522" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="22D75522" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Microsoft Certification Program</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39E9AF4D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="39E9AF4D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F6EE6B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="54F6EE6B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202569B9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="202569B9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Database Fundamentals (364)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5655926E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5655926E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDF76F4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2BDF76F4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="36E3452F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="36E3452F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1FEEA2AD" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1FEEA2AD" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41761142" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="41761142" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6980F514" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6980F514" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1346F3E2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1346F3E2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>HTML5 Application Development Fundamentals (375)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2406E2FF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2406E2FF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373F0576" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="373F0576" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="07C15BE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="07C15BE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4FC7EF65" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4FC7EF65" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="20E39BD2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="20E39BD2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56DD7A04" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="56DD7A04" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099EC42C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="099EC42C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Networking Fundamentals (366)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD881DC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2AD881DC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFA9F66" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4EFA9F66" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7FC1FB05" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7FC1FB05" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5EE7B46E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5EE7B46E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4437C3D7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4437C3D7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A60FA41" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2A60FA41" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="656D5FB6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="656D5FB6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Security Fundamentals (367)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFDA9A0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2FFDA9A0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3161372B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3161372B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="798E3081" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="798E3081" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4DC06206" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4DC06206" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7A01CBA1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A01CBA1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31EDE05E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="31EDE05E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC539D0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0DC539D0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Software Development Fundamentals (361)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624794DC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="624794DC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F26B3E1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6F26B3E1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3ACFB786" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3ACFB786" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="58A95401" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="58A95401" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="687D71EB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="687D71EB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F883A3C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2F883A3C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="182EDEED" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="182EDEED" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mobile Development Fundamentals (373)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="592AD661" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="592AD661" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6F2E7D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5B6F2E7D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="535756CA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="535756CA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1DD30348" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1DD30348" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73089548" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73089548" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B53F314" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2B53F314" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA10CEC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4EA10CEC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Windows Operating System Fundamentals (349)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13799E97" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13799E97" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC5CD10" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3BC5CD10" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2E58C038" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2E58C038" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="77597707" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="77597707" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="433199F4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="433199F4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EBF357" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="60EBF357" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56E3384E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="56E3384E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Windows Server Administration Fundamentals (365)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F3F129" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="65F3F129" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A779027" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5A779027" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="37E21557" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="37E21557" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0B979282" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0B979282" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E38523C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3E38523C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Operation Flinders Foundation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11B7AA08" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="11B7AA08" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E02AD67" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4E02AD67" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Certificate of Achievement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C3209C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="57C3209C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73C6D27E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73C6D27E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D86131A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2D86131A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="070704B3" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="070704B3" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="50DC3255" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DC3255" w14:textId="71984467" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00901589">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Palmerston Rugby Union Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2A83CE0F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C08696" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2023</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="2A83CE0F" w14:textId="011A3B87" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D84CD7F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1D84CD7F" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Referee Level 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACC55E2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0ACC55E2" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C078349" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5C078349" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="27446C9A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CFEA3B" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="27446C9A" w14:textId="2A6AEA52" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="159C44F6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="159C44F6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="334BF5B5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="334BF5B5" w14:textId="4DC4613F" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="041E00D1" w14:textId="01F951B7" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E120029" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Palmerston Rugby Union Club</w:t>
-[...9 lines deleted...]
-              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:t>Assistant Referee Level 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639CDB24" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="138FE167" w14:textId="77777777" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="11C6E06C" w14:textId="2E6D151E" w:rsidR="00901589" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...97 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2BC6B470" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2BC6B470" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270E4DE9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="270E4DE9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk79751345"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relationships Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACFB47D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6ACFB47D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4C1F3D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3D4C1F3D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rize</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Above Mentor Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C573C81" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2C573C81" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29B8F66F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="29B8F66F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D2C46F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="37D2C46F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4A35F9A6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4A35F9A6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0104E590" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0104E590" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Royal Academy of Dance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="33E7739F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="33E7739F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="514B57FB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="514B57FB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Advanced Foundation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="527B0685" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="527B0685" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B605AA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="54B605AA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6604336E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6604336E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="1F2456B6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="1F2456B6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13B7245B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="13B7245B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73FA82BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="73FA82BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7651AB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6C7651AB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Advanced 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1227F234" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1227F234" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="218369B8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="218369B8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="497B6D7E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="497B6D7E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="47443ADF" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="47443ADF" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="501F5916" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="501F5916" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DA97A15" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DA97A15" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49BD5058" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="49BD5058" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Ballet Advanced 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC01C34" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7EC01C34" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B06E7BC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2B06E7BC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="42F4E00D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="42F4E00D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="068D03A1" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="068D03A1" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1F936949" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1F936949" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="753ADB0D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="753ADB0D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF27123" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6DF27123" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Classical Solo Seal Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EB4FD1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="08EB4FD1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4661C165" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4661C165" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2F450992" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2F450992" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6786B564" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6786B564" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD0E5F1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6AD0E5F1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Royal Life Saving Society (SA Branch)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B124011" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6B124011" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3630AD35" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3630AD35" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0471ACCA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0471ACCA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bronze^ Medallion + First Aid Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17FE6F64" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="17FE6F64" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1704170A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1704170A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="12F48798" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="12F48798" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volunteering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A028518" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4A028518" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DB8D05E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5DB8D05E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="161EA082" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="161EA082" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30006675" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30006675" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A675812" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1A675812" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09AA5B8C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="09AA5B8C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="48EDBC9D" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="48EDBC9D" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35E9ABA0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="35E9ABA0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6069DAFC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6069DAFC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5802E8C9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5802E8C9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bronze Cross</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A94ECD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="02A94ECD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3440B18A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3440B18A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="30E7D546" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30E7D546" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="625AC39B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="625AC39B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6369B93C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6369B93C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69F429B5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="69F429B5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56F0E8B5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="56F0E8B5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Award of Merit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="731C4D6E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="731C4D6E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD36176" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1FD36176" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B4E9FF2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0B4E9FF2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="31714906" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="31714906" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0EF018" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4F0EF018" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D99F2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B1D99F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09A7887F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="09A7887F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Distinction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B2C30B9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7B2C30B9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69561913" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="69561913" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="270CCF16" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="270CCF16" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0C3AAB1B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0C3AAB1B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="620B3056" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="620B3056" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624A462E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="624A462E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="567344FA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="567344FA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Pool Lifeguard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2A04BD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="1F2A04BD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0478F0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2A0478F0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08A06476" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="08A06476" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7F890B08" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5F764C2F" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47792B84" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SA Country Basketball</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E87394D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 January 2019 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AE0A59" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Community Coach (Level 0) AND</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Club Coach (Level 1) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CFEE31" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF1C35C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E0A066" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="286017A8" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FA50BB" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Basketball South Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58558CD3" w14:textId="1F2BE292" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B189E7" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65086E1D" w14:textId="3B8340FB" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F754B38" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Advanced Referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D3606A" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45267768" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="139BDF7C" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBFB3C2" w14:textId="6891358C" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00901589" w:rsidRPr="00894F24" w14:paraId="1C1A9DA1" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09785D61" w14:textId="244AC87E" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A30171" w14:textId="61D23E6B" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7B3686" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Grade 1 Referee Coach</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE790CA" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50AA749E" w14:textId="77777777" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3648A625" w14:textId="16FD6F19" w:rsidR="00901589" w:rsidRPr="00894F24" w:rsidRDefault="00901589" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="658CB097" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="808"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C2F30A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...28 lines deleted...]
-              <w:t>(SA Business Centre)</w:t>
+          <w:p w14:paraId="441DE834" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SA Country Fire Service</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A61EE01" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Statement of Attainment is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D988CE7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="29F47169" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F2E17F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21AF82D7" w14:textId="20C60065" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10626358" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Teacher</w:t>
+          <w:p w14:paraId="653B46B3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Basic Firefighting 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2989F053" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2E141DA4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Stage 2</w:t>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C1E389" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(+ credits for VET units of competency*)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD57353" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
-[...13 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w14:paraId="2D42D922" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B60275" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7890C96F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volunteering</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5F764C2F" w14:textId="77777777" w:rsidTr="00F964B8">
-[...426 lines deleted...]
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="658CB097" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="044D8C1A" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="808"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-          </w:tcPr>
-[...30 lines deleted...]
-              <w:t>*Statement of Attainment is required</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD57DEC" w14:textId="751E88F8" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SA &amp; NT Gliding Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="29F47169" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4C8959" w14:textId="64CC036B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-              <w:t>1 January 2004</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Basic Firefighting 1</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="323DE12B" w14:textId="64F44FB0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Gliding Pilot’s Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2E141DA4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF3ED31" w14:textId="14157735" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00894F24">
-[...21 lines deleted...]
-              <w:t>(+ credits for VET units of competency*)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>20</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADF179D" w14:textId="6C509117" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7890C96F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B99BF52" w14:textId="144D008F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-              <w:t>Volunteering</w:t>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Work Skills and Career Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="13B1A5DE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="13B1A5DE" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="615F8811" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="615F8811" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Scouts Australia </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28F3CDA4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="28F3CDA4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2C24E1C6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2C24E1C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF63090" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1DF63090" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Queen’s Scout Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B1D0AB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="08B1D0AB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:rightChars="-50" w:right="-100"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="289EE71F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="289EE71F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7315502C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7315502C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self-</w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B76E2" w:rsidRPr="00894F24" w14:paraId="126637D9" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="126637D9" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="590B0C01" w14:textId="4F167C59" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="001274BC">
+          <w:p w14:paraId="590B0C01" w14:textId="4F167C59" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>South Australia Sports Medicine Association (SASMA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17D86C77" w14:textId="29059243" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="001274BC">
+          <w:p w14:paraId="17D86C77" w14:textId="29059243" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 October 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64C5CC7F" w14:textId="44FB3DB0" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="001B76E2" w:rsidP="00F964B8">
+          <w:p w14:paraId="64C5CC7F" w14:textId="44FB3DB0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Level 1 Sports Trainers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="134317FB" w14:textId="619D92AF" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="000C437D" w:rsidP="001274BC">
+          <w:p w14:paraId="134317FB" w14:textId="619D92AF" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:ind w:rightChars="-50" w:right="-100"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFBA49F" w14:textId="30E0CC4C" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="000C437D" w:rsidP="001274BC">
+          <w:p w14:paraId="0FFBA49F" w14:textId="30E0CC4C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="43E71039" w14:textId="77F2D52C" w:rsidR="001B76E2" w:rsidRPr="00894F24" w:rsidRDefault="000C437D" w:rsidP="00F964B8">
+          <w:p w14:paraId="43E71039" w14:textId="77F2D52C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Skills and Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7B86B898" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7B86B898" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2134EF1F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2134EF1F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">St Cecilia School of Music </w:t>
             </w:r>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>(does not include drum kit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="06C637F4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="06C637F4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5D4E40" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7D5D4E40" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Grade 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8FD971" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7F8FD971" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C95CF58" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4C95CF58" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2A403039" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2A403039" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="5A03C4DF" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5A03C4DF" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7A64A0C4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A64A0C4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="017881A8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="017881A8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0712C6A7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0712C6A7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="765BA61E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="765BA61E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3500D41C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3500D41C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7BD5F422" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="7BD5F422" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6A63F1D3" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6A63F1D3" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5DA4770D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="5DA4770D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="097817FA" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="097817FA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3C74A9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5F3C74A9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5462FE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2D5462FE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19667DD2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="19667DD2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0BF5A913" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="0BF5A913" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="677DF6E6" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="677DF6E6" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17412723" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="17412723" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="39872A61" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="39872A61" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11719BB7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="11719BB7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Practical Music Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6F721A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4E6F721A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2479393F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2479393F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5995EBA5" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="5995EBA5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2B2F337E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2B2F337E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6675CD37" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6675CD37" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>St John Ambulance Australia Cadets*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="504E93E4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="504E93E4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*An attachment will indicate the award is appropriate for SACE recognition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="718C74A8" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="718C74A8" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34644146" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="34644146" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Health Care and Caring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0528F82B" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0528F82B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC54604" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0FC54604" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1BCA5E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="1E1BCA5E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Volunteering</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2FFF5EBC" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2FFF5EBC" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4CD73D38" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="4CD73D38" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="78545C04" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="78545C04" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="575AFB04" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="575AFB04" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Food and Nutrition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585CA224" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="585CA224" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C5292C" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="74C5292C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4AC984FB" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4AC984FB" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0580DEE2" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0580DEE2" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="72E22C0F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="72E22C0F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="69C12C84" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="69C12C84" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D5A18A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="32D5A18A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48A2FFF4" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="48A2FFF4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3041FECC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3041FECC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6ED892B3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="6ED892B3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="0247DECE" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5426801E" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...14 lines deleted...]
-              <w:t>STV One and All Sailing Program</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5203F3" w14:textId="3FD3895F" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">St John Ambulance </w:t>
+            </w:r>
+            <w:r w:rsidR="00036AF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...14 lines deleted...]
-              <w:t>1 January 2016</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6E660F" w14:textId="6F0F938A" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Youth Development Sail Training Program</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="254E0CB1" w14:textId="183DD782" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Adventure Proficiency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="598A7B43" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E49A177" w14:textId="573BB88F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30A78FE2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C430CB" w14:textId="292424F6" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="2747A313" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26255A76" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00894F24">
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Work Skills and Career Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66909810" w14:textId="3E11EE62" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2F35F3B4" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7B606523" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121E5736" w14:textId="768E9F20" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31045E27" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Bronze Medallion</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9CC61A" w14:textId="719C678F" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Anatomy Proficiency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E8D3951" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C689550" w14:textId="32B80DA1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5ADC95DE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2334C494" w14:textId="59EFBAAB" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="5B6E3D63" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A66232E" w14:textId="3461C73E" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00894F24">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="7F40E791" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7778B043" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="546FDB6A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62415B9B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Practical Music (any instrument/voice syllabus) Grade 5</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="00642AF2" w14:textId="52884FAF" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ANZAC Proficiency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71D33658" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD02D07" w14:textId="6E855A95" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4ED8C721" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565C3857" w14:textId="0CF101C4" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D5C0BE3" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEA3ED1" w14:textId="6D4D3D24" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00894F24">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="6DF80B8B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="687C0370" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="78009949" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E61934" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="4A059036" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4761BFF3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Practical Music (any instrument/voice syllabus) Grades 6, 7, and 8</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0DA1E0" w14:textId="248FC7B0" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Animals Proficiency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="386FE8B1" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0207C4A1" w14:textId="078572F1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Stage 2</w:t>
+              <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="383EA67E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0EF514" w14:textId="25973961" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="56860198" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDD00FE" w14:textId="5F82AB9D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2D00C19C" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="24A479F4" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="5FDFBFD7" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A064F2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="25CF8E1F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4D8D41" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-[...13 lines deleted...]
-              <w:t>Performance only ARSM Diploma</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5030BB79" w14:textId="0DE2FA8B" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Casualty Simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66070424" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7894E805" w14:textId="6267F888" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Stage 2</w:t>
+              <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3636D875" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03960A92" w14:textId="49B651AC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="711AD23F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E20352B" w14:textId="4791D5CC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="77B8E3E9" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5CE0E7F0" w14:textId="77777777" w:rsidTr="00E825B2">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="111047EE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5AAD8D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="38A4292A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC0D4E3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0CCBF07A" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B3DA10" w14:textId="5025DE0C" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Communications Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C16A3D" w14:textId="5D4B9627" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F155224" w14:textId="37CC4331" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFD20D1" w14:textId="1EDA1594" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="27FC5602" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="575D1BB9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FD7BAC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7E4BCC" w14:textId="6908A318" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Cultural Awareness Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142EDAE8" w14:textId="238F7FFC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6490AB41" w14:textId="532DA7E3" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D06C690" w14:textId="37B7C70B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="10DE1479" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D7ABAC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E1BF9F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A81244E" w14:textId="5D7F4C4E" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Emergency Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="275AB39B" w14:textId="6A2DEBA0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA91108" w14:textId="7EB559D9" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FF43F0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6875A9F6" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6608520C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68408F97" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD19004" w14:textId="64944BE8" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eye Health Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="758E9C1A" w14:textId="24659233" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B07898D" w14:textId="67A66719" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B34ED04" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="24F86E65" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B41242" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242D6C75" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA68F5B" w14:textId="1D2C7A22" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>First Aid Competition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D68181" w14:textId="544E2EF0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35331DFC" w14:textId="566B9CD4" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="05122A96" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3C70E34D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1898953D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A1FF88" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D4CAFD" w14:textId="3F574FF6" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>First Nations Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7C29CB" w14:textId="1D4254E1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155C4171" w14:textId="14BEFA9B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4746B9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3E041580" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DDCEC5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0352284C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E09F17" w14:textId="7921D1A9" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Food and Nutrition Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2143E0AB" w14:textId="08067C60" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="440ECA25" w14:textId="7BDE2977" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="066DD153" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="5FD58891" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E2219D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53306A89" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0373F632" w14:textId="217A6FD4" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Humanitarian Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B88946" w14:textId="0483A93B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C77033E" w14:textId="49FFF322" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC43FF0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4BFDF86E" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C025F15" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42067E32" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E242EA4" w14:textId="512D11BA" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Healthcare Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1E0154" w14:textId="43915667" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2325AC63" w14:textId="39AC884F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="775326A1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2C89FB8D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFAD0F4" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2F0245" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7704E9" w14:textId="36C6F380" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>International Friendship Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64040B3A" w14:textId="13FE76DC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2F8CD6" w14:textId="2422910B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3A9C45" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4F99899D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="147629FD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="143595A5" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BAA066" w14:textId="24E4D934" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Knowledge of the Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A85182" w14:textId="7717E2F5" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="744BA3A4" w14:textId="6A6AD2ED" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D1CC5B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="471E1A93" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="403AE609" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E97BE30" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6805E4" w14:textId="064107A5" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Language Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B6B61F" w14:textId="666F4FC9" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4775A93D" w14:textId="5754BB4B" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EA6B2C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="12C073A3" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A84514" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6EF292" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="545CB0DE" w14:textId="130F3471" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Leadership Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FA08CC" w14:textId="22B9308D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D302CE9" w14:textId="3588509D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C37C654" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2D7D7CF6" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62853723" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA11CC6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED99059" w14:textId="180F4458" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Project Management Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B839DEB" w14:textId="1E75F263" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="634E1650" w14:textId="2DE09589" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BAE204" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="635FA685" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C46D418" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="244384DF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4D24EB" w14:textId="000FD058" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Road Safety Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="238E3745" w14:textId="4C20A48F" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21EB1B20" w14:textId="1B55DCB1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="537C51EC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6DB4F633" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5AD88C" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E324F79" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1F9BEA" w14:textId="5C27A2EC" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Situational First Aid Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76AD3A5E" w14:textId="4BD29D83" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA52A99" w14:textId="69F17DAF" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="51601290" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="03DEE4D7" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="022AE9BA" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43553A12" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A1928B" w14:textId="2B4F0D17" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7FAC59" w14:textId="769B9195" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5903A19B" w14:textId="492D0527" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5B97E3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="06E02D64" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25036C86" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F670A3A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0019B9" w14:textId="51AE8E25" w:rsidR="00BD4FE7" w:rsidRPr="00AF6457" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF6457">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Wellbeing Proficiency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E7D96D" w14:textId="6565073C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="768CF0F4" w14:textId="6FD377C3" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1804AFFD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="0247DECE" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF32F56" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>STV One and All Sailing Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BC8A9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FDF41A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Youth Development Sail Training Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="598A7B43" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A78FE2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2747A313" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Self-development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2F35F3B4" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3B4294" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Surf Life Saving South Australia (SLSSA)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E75F504" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4595B6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Bronze Medallion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8D3951" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ADC95DE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6E3D63" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Volunteering</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B31C14" w:rsidRPr="00894F24" w14:paraId="3204DAA3" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F8D707" w14:textId="77777777" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="765E0C19" w14:textId="267E95C3" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="110302C9" w14:textId="2AB6F90F" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Age Managers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8E9B7B" w14:textId="7CD12EE6" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EF9BF1" w14:textId="11055E5F" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3E59B9" w14:textId="5D9711F5" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00B31C14">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B31C14" w:rsidRPr="00894F24" w14:paraId="10E36D17" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C717BC1" w14:textId="77777777" w:rsidR="00B31C14" w:rsidRPr="00894F24" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A561C4" w14:textId="77777777" w:rsidR="00B31C14" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA4A76B" w14:textId="57B77282" w:rsidR="00B31C14" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Core Official</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B7A097" w14:textId="323CCC7E" w:rsidR="00B31C14" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D98B045" w14:textId="6AA1DF44" w:rsidR="00B31C14" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AF4B2A" w14:textId="359E0B8B" w:rsidR="00B31C14" w:rsidRDefault="00B31C14" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="3C39B230" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9A5A47" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AUSTSWIM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19B2B6BA" w14:textId="02865793" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(SA Business Centre)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7818C845" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C802F0" w14:textId="706BCCEA" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Austswim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teacher</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3925A567" w14:textId="308998F4" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74472FB0" w14:textId="70E32649" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FD79E2" w14:textId="5540B654" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Volunteering</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4979993D" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC1CB4E" w14:textId="40F908E1" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Swimming SA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A15A55" w14:textId="05EBC38C" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15236120" w14:textId="52983B14" w:rsidR="00BD4FE7" w:rsidRPr="00863076" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00863076">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Technical Officiating - Junior Whistleblowers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41135767" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0CF32C" w14:textId="0542DC94" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D98FE9" w14:textId="19ECF568" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00901589">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4272CEF0" w14:textId="22E44DDE" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Work Skills and Career Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2D2BA42C" w14:textId="77777777" w:rsidTr="00E825B2">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D15A6D" w14:textId="726C289F" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tindju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Foundation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6886D90B" w14:textId="2DD3B5E8" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="184165D9" w14:textId="54808A77" w:rsidR="00BD4FE7" w:rsidRPr="00863076" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Aboriginal AFL Academy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FECEA0F" w14:textId="3416CA82" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDC0C14" w14:textId="320E11DD" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC831CF" w14:textId="247E2AFC" w:rsidR="00BD4FE7" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Skills and Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="7F40E791" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D31A14" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The Associated Board of the Royal Schools of Music</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="149C5B5E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1 January 2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D69E06B" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Practical Music (any instrument/voice syllabus) Grade 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D33658" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED8C721" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5C0BE3" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Performance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6DF80B8B" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="78009949" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4A059036" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="527A49D9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Practical Music (any instrument/voice syllabus) Grades 6, 7, and 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="386FE8B1" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="383EA67E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56860198" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2D00C19C" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDFBFD7" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25CF8E1F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="268C0E22" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Performance only ARSM Diploma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66070424" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stage 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3636D875" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:left="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894F24">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="711AD23F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptCentr"/>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="77B8E3E9" w14:textId="77777777" w:rsidTr="00F964B8">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="111047EE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38A4292A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
+            <w:pPr>
+              <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCBF07A" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Music Performance Diplomas (Dip ABRSM, LRSM and FRSM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06D51EFD" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="06D51EFD" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="391278E6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="391278E6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="14B4D0BF" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="14B4D0BF" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2F1111DD" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2F1111DD" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0C4826" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B0C4826" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Trinity College London</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="71389FDC" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="71389FDC" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2459B4C2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2459B4C2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Music Performance Grade 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20783771" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="20783771" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF3B009" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3EF3B009" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="25B515C6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="25B515C6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="22BC90E5" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="22BC90E5" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3CE72952" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="3CE72952" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0B29070F" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="0B29070F" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40007CE0" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="40007CE0" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Music Performance Grade 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC38094" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6DC38094" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00289A7E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="00289A7E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="30BB7677" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="30BB7677" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="11A2BE7E" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="11A2BE7E" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="370F6501" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="370F6501" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64A29999" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="64A29999" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEB724D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="4CEB724D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Music Performance Grade 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8CC724" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7F8CC724" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C0A1BE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="56C0A1BE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3709E4FE" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="3709E4FE" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="2FC31967" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="2FC31967" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2B728F90" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2B728F90" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64FA4C18" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="64FA4C18" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71462B2D" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="71462B2D" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Music Performance Grade 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF36438" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="2BF36438" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33589063" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="33589063" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67A7E9D9" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="67A7E9D9" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001274BC" w:rsidRPr="00894F24" w14:paraId="4B19F32F" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="4B19F32F" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB249A6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="6AB249A6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>UN Youth South Australia Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C05F36" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="54C05F36" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="731188C2" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="731188C2" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Global Citizen Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B87B22" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="02B87B22" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A58762E" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="001274BC">
+          <w:p w14:paraId="7A58762E" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBAB0B6" w14:textId="77777777" w:rsidR="001274BC" w:rsidRPr="00894F24" w:rsidRDefault="001274BC" w:rsidP="00F964B8">
+          <w:p w14:paraId="2EBAB0B6" w14:textId="77777777" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894F24">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Community development</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F964B8" w:rsidRPr="00894F24" w14:paraId="6FA3F57B" w14:textId="77777777" w:rsidTr="00F964B8">
+      <w:tr w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w14:paraId="6FA3F57B" w14:textId="77777777" w:rsidTr="00F964B8">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA97D83" w14:textId="3046370D" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="0CA97D83" w14:textId="3046370D" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>YMCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D40BCCA" w14:textId="65A04AEC" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="5D40BCCA" w14:textId="65A04AEC" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1 January 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1797860D" w14:textId="45319D59" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="00F964B8">
+          <w:p w14:paraId="1797860D" w14:textId="45319D59" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F964B8">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Youth Parliament</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AFE4D15" w14:textId="5671287E" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="2AFE4D15" w14:textId="5671287E" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptLeftBefore3pt"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stage 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78DFE67B" w14:textId="6EF596E0" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="001274BC">
+          <w:p w14:paraId="78DFE67B" w14:textId="6EF596E0" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="409A044E" w14:textId="56057266" w:rsidR="00F964B8" w:rsidRPr="00894F24" w:rsidRDefault="00F964B8" w:rsidP="00F964B8">
+          <w:p w14:paraId="409A044E" w14:textId="56057266" w:rsidR="00BD4FE7" w:rsidRPr="00894F24" w:rsidRDefault="00BD4FE7" w:rsidP="00BD4FE7">
             <w:pPr>
               <w:pStyle w:val="RCLTableText8ptCentr"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Self development</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D932D56" w14:textId="77777777" w:rsidR="00162756" w:rsidRPr="00894F24" w:rsidRDefault="00162756" w:rsidP="00162756">
       <w:pPr>
@@ -27747,159 +33441,159 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2DEA06" w14:textId="7ABD74DD" w:rsidR="003373F4" w:rsidRPr="00162756" w:rsidRDefault="0021508C" w:rsidP="00162756">
       <w:r w:rsidRPr="00162756">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003373F4" w:rsidRPr="00162756" w:rsidSect="00CF5937">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="383F29A7" w14:textId="77777777" w:rsidR="004E4420" w:rsidRDefault="004E4420">
+    <w:p w14:paraId="49C42033" w14:textId="77777777" w:rsidR="00D3071A" w:rsidRDefault="00D3071A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="774CD16C" w14:textId="77777777" w:rsidR="004E4420" w:rsidRDefault="004E4420">
+    <w:p w14:paraId="14B8187C" w14:textId="77777777" w:rsidR="00D3071A" w:rsidRDefault="00D3071A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="4226559F" w14:textId="77777777" w:rsidR="006901CF" w:rsidRPr="00D105CD" w:rsidRDefault="006901CF" w:rsidP="00C841CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9000"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Community Learning Guidelines (v1.3)</w:t>
     </w:r>
@@ -27967,51 +33661,51 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Ref: A81807 (revised 29 February 2012)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0FE4C84B" w14:textId="77777777" w:rsidR="006901CF" w:rsidRPr="00A40EFE" w:rsidRDefault="006901CF" w:rsidP="00C841CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="1DBAA0BD" w14:textId="6D8A8D6E" w:rsidR="006901CF" w:rsidRPr="00C700DF" w:rsidRDefault="006901CF" w:rsidP="004B5A34">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00C700DF">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Recognised</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
@@ -28126,133 +33820,157 @@
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004B4946">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:noProof/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="00C700DF">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="1BB53E44" w14:textId="3F1D90D2" w:rsidR="006901CF" w:rsidRPr="00C700DF" w:rsidRDefault="00F60570" w:rsidP="002167AD">
+  <w:p w14:paraId="1593DD60" w14:textId="77777777" w:rsidR="00342AF9" w:rsidRDefault="00F60570" w:rsidP="004B5A34">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Ref: A237218 (</w:t>
+      <w:t xml:space="preserve">Ref: A237218 </w:t>
     </w:r>
-    <w:r w:rsidR="003874B7" w:rsidRPr="00DF2E39">
+    <w:r w:rsidR="00342AF9">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>updated</w:t>
+      <w:t xml:space="preserve">last updated </w:t>
     </w:r>
-    <w:r w:rsidR="00B56C84">
+    <w:r w:rsidR="00342AF9">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 02 May 2024</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="003874B7">
+    <w:r w:rsidR="00342AF9">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>)</w:t>
+      <w:instrText xml:space="preserve"> DOCPROPERTY  LastSavedTime  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>13/02/2026 11:08 AM</w:t>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="132274BF" w14:textId="77777777" w:rsidR="006901CF" w:rsidRPr="00C700DF" w:rsidRDefault="006901CF" w:rsidP="004B5A34">
+  <w:p w14:paraId="132274BF" w14:textId="229DAA1D" w:rsidR="006901CF" w:rsidRPr="00C700DF" w:rsidRDefault="006901CF" w:rsidP="004B5A34">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C700DF">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00C700DF">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> SACE Board of South Australia, 2013</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="6B7C1F47" w14:textId="77777777" w:rsidR="006901CF" w:rsidRPr="00DF2E39" w:rsidRDefault="006901CF" w:rsidP="009A30A8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DF2E39">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>*</w:t>
     </w:r>
     <w:r w:rsidRPr="00DF2E39">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
@@ -28414,144 +34132,176 @@
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004B4946">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:noProof/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="00DF2E39">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="572C3335" w14:textId="46216D29" w:rsidR="006901CF" w:rsidRPr="00DF2E39" w:rsidRDefault="006901CF" w:rsidP="002167AD">
+  <w:p w14:paraId="572C3335" w14:textId="4167CCBF" w:rsidR="006901CF" w:rsidRPr="00DF2E39" w:rsidRDefault="006901CF" w:rsidP="002167AD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DF2E39">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">Ref: A237218 (updated </w:t>
+      <w:t xml:space="preserve">Ref: A237218 </w:t>
     </w:r>
-    <w:r w:rsidR="00E8526B">
+    <w:r w:rsidR="00342AF9">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>30 October</w:t>
+      <w:t xml:space="preserve">last updated </w:t>
     </w:r>
-    <w:r w:rsidR="007407F1">
+    <w:r w:rsidR="00342AF9">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2023)</w:t>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> DOCPROPERTY  LastSavedTime  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>13/02/2026 11:08 AM</w:t>
+    </w:r>
+    <w:r w:rsidR="00342AF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="55B556BD" w14:textId="77777777" w:rsidR="006901CF" w:rsidRPr="00DF2E39" w:rsidRDefault="006901CF" w:rsidP="00E8216C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DF2E39">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00DF2E39">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> SACE Board of South Australia, 2013</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51285518" w14:textId="77777777" w:rsidR="004E4420" w:rsidRDefault="004E4420">
+    <w:p w14:paraId="1BE1DE01" w14:textId="77777777" w:rsidR="00D3071A" w:rsidRDefault="00D3071A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BAFC3E8" w14:textId="77777777" w:rsidR="004E4420" w:rsidRDefault="004E4420">
+    <w:p w14:paraId="1FEBFA07" w14:textId="77777777" w:rsidR="00D3071A" w:rsidRDefault="00D3071A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="6190BF01" w14:textId="579B9ADC" w:rsidR="00896AC7" w:rsidRDefault="00896AC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0790D5D3" wp14:editId="36D8D1D0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="MSIPCMc2754176b51e146340872939" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -28632,51 +34382,51 @@
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00896AC7">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="1F583394" w14:textId="15A31C9C" w:rsidR="006901CF" w:rsidRDefault="00896AC7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2D8D3E80" wp14:editId="1007C9E4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
@@ -28831,51 +34581,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7539990" cy="1581150"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D065C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A68CEE8E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -29067,297 +34817,319 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="46147831">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1643925530">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0021508C"/>
+    <w:rsid w:val="00036AF3"/>
     <w:rsid w:val="00045BD9"/>
     <w:rsid w:val="00074684"/>
     <w:rsid w:val="00094E72"/>
     <w:rsid w:val="000A071B"/>
     <w:rsid w:val="000B23B7"/>
     <w:rsid w:val="000B2622"/>
     <w:rsid w:val="000C1ABE"/>
     <w:rsid w:val="000C437D"/>
     <w:rsid w:val="00103932"/>
     <w:rsid w:val="00120E43"/>
     <w:rsid w:val="001273E0"/>
     <w:rsid w:val="001274BC"/>
     <w:rsid w:val="0016178E"/>
     <w:rsid w:val="00162756"/>
     <w:rsid w:val="00173D4C"/>
     <w:rsid w:val="001A1323"/>
     <w:rsid w:val="001B22AA"/>
+    <w:rsid w:val="001B2AC8"/>
     <w:rsid w:val="001B37B0"/>
     <w:rsid w:val="001B4049"/>
     <w:rsid w:val="001B76E2"/>
     <w:rsid w:val="0021508C"/>
     <w:rsid w:val="002167AD"/>
     <w:rsid w:val="00221BB3"/>
     <w:rsid w:val="002262EF"/>
     <w:rsid w:val="00227820"/>
     <w:rsid w:val="00246017"/>
     <w:rsid w:val="002642B3"/>
     <w:rsid w:val="00284847"/>
     <w:rsid w:val="002917FA"/>
     <w:rsid w:val="002A74D8"/>
     <w:rsid w:val="002C37DE"/>
+    <w:rsid w:val="002E4342"/>
     <w:rsid w:val="003010B2"/>
     <w:rsid w:val="0031083A"/>
+    <w:rsid w:val="003121D7"/>
+    <w:rsid w:val="00313738"/>
     <w:rsid w:val="00316C7C"/>
     <w:rsid w:val="00334E2F"/>
     <w:rsid w:val="003373F4"/>
+    <w:rsid w:val="00342AF9"/>
     <w:rsid w:val="003467BC"/>
     <w:rsid w:val="0036311F"/>
     <w:rsid w:val="003818BE"/>
     <w:rsid w:val="00381D5A"/>
     <w:rsid w:val="0038657D"/>
     <w:rsid w:val="003874B7"/>
     <w:rsid w:val="00393048"/>
     <w:rsid w:val="00396980"/>
     <w:rsid w:val="003A3DD6"/>
     <w:rsid w:val="00400687"/>
     <w:rsid w:val="00407AF0"/>
     <w:rsid w:val="00407D65"/>
     <w:rsid w:val="00415406"/>
     <w:rsid w:val="00415466"/>
     <w:rsid w:val="00424CF7"/>
     <w:rsid w:val="00425855"/>
     <w:rsid w:val="004A2607"/>
     <w:rsid w:val="004B4946"/>
     <w:rsid w:val="004B5A34"/>
     <w:rsid w:val="004C3134"/>
     <w:rsid w:val="004C7E39"/>
     <w:rsid w:val="004E4420"/>
     <w:rsid w:val="004E73C9"/>
     <w:rsid w:val="00510C4A"/>
     <w:rsid w:val="005210A7"/>
     <w:rsid w:val="00530E95"/>
+    <w:rsid w:val="005336E0"/>
+    <w:rsid w:val="00542D73"/>
     <w:rsid w:val="005430AC"/>
     <w:rsid w:val="0054346E"/>
     <w:rsid w:val="005462F8"/>
     <w:rsid w:val="005564BE"/>
+    <w:rsid w:val="0055722C"/>
     <w:rsid w:val="005629FF"/>
     <w:rsid w:val="0058125A"/>
+    <w:rsid w:val="0058361D"/>
     <w:rsid w:val="005B2F11"/>
     <w:rsid w:val="005C608F"/>
     <w:rsid w:val="006124BE"/>
     <w:rsid w:val="0061551D"/>
     <w:rsid w:val="00680EA5"/>
     <w:rsid w:val="006901CF"/>
     <w:rsid w:val="00692422"/>
     <w:rsid w:val="006B4368"/>
     <w:rsid w:val="006D319C"/>
     <w:rsid w:val="006D4D7A"/>
     <w:rsid w:val="006D6DE0"/>
     <w:rsid w:val="006F4621"/>
     <w:rsid w:val="006F61DF"/>
     <w:rsid w:val="006F72B4"/>
     <w:rsid w:val="00710DF4"/>
     <w:rsid w:val="00712C3E"/>
     <w:rsid w:val="007307F3"/>
     <w:rsid w:val="007407F1"/>
     <w:rsid w:val="0074148D"/>
     <w:rsid w:val="00741C42"/>
     <w:rsid w:val="00743760"/>
     <w:rsid w:val="00750F58"/>
     <w:rsid w:val="00751D7D"/>
     <w:rsid w:val="007562D2"/>
     <w:rsid w:val="00760575"/>
     <w:rsid w:val="00776427"/>
     <w:rsid w:val="00784172"/>
     <w:rsid w:val="007948CF"/>
     <w:rsid w:val="007E0467"/>
     <w:rsid w:val="007E2054"/>
     <w:rsid w:val="00802AEC"/>
     <w:rsid w:val="008109B6"/>
     <w:rsid w:val="008266AB"/>
     <w:rsid w:val="00856180"/>
+    <w:rsid w:val="00863076"/>
     <w:rsid w:val="008634E8"/>
     <w:rsid w:val="0086413A"/>
     <w:rsid w:val="00894F24"/>
     <w:rsid w:val="00896AC7"/>
     <w:rsid w:val="008A059A"/>
     <w:rsid w:val="008A6F65"/>
     <w:rsid w:val="008B164F"/>
     <w:rsid w:val="008B7641"/>
+    <w:rsid w:val="008D432B"/>
     <w:rsid w:val="008F0ED5"/>
+    <w:rsid w:val="00901589"/>
     <w:rsid w:val="009253ED"/>
     <w:rsid w:val="00937CDB"/>
     <w:rsid w:val="009435A6"/>
     <w:rsid w:val="0094390A"/>
     <w:rsid w:val="0095096B"/>
     <w:rsid w:val="00952E93"/>
     <w:rsid w:val="00965709"/>
     <w:rsid w:val="009A30A8"/>
     <w:rsid w:val="009B4481"/>
     <w:rsid w:val="009C7D70"/>
     <w:rsid w:val="009D46CE"/>
     <w:rsid w:val="00A01F0B"/>
     <w:rsid w:val="00A02D00"/>
     <w:rsid w:val="00A1495A"/>
     <w:rsid w:val="00A4700E"/>
     <w:rsid w:val="00A652C6"/>
     <w:rsid w:val="00A82679"/>
     <w:rsid w:val="00AC21C9"/>
     <w:rsid w:val="00AC5FBD"/>
     <w:rsid w:val="00AD0ADC"/>
     <w:rsid w:val="00AD1AF8"/>
     <w:rsid w:val="00AE06E4"/>
     <w:rsid w:val="00AE33CE"/>
+    <w:rsid w:val="00AF6457"/>
+    <w:rsid w:val="00B31C14"/>
     <w:rsid w:val="00B45C7D"/>
     <w:rsid w:val="00B5011B"/>
     <w:rsid w:val="00B56C84"/>
     <w:rsid w:val="00B710DF"/>
     <w:rsid w:val="00B72F53"/>
     <w:rsid w:val="00B864A1"/>
     <w:rsid w:val="00BB0188"/>
     <w:rsid w:val="00BB7A4B"/>
     <w:rsid w:val="00BB7ECA"/>
+    <w:rsid w:val="00BD4FE7"/>
     <w:rsid w:val="00C17A8A"/>
     <w:rsid w:val="00C330F2"/>
+    <w:rsid w:val="00C4611A"/>
     <w:rsid w:val="00C52C1E"/>
     <w:rsid w:val="00C61280"/>
     <w:rsid w:val="00C65CAC"/>
     <w:rsid w:val="00C700DF"/>
     <w:rsid w:val="00C82337"/>
     <w:rsid w:val="00C841CB"/>
     <w:rsid w:val="00C91DAD"/>
     <w:rsid w:val="00C972E0"/>
     <w:rsid w:val="00CA39F1"/>
     <w:rsid w:val="00CA4F87"/>
     <w:rsid w:val="00CC7DEA"/>
     <w:rsid w:val="00CE0117"/>
     <w:rsid w:val="00CF1E74"/>
     <w:rsid w:val="00CF5937"/>
     <w:rsid w:val="00D107C3"/>
+    <w:rsid w:val="00D24328"/>
+    <w:rsid w:val="00D3071A"/>
     <w:rsid w:val="00D35D72"/>
+    <w:rsid w:val="00D4296B"/>
     <w:rsid w:val="00D54C7F"/>
     <w:rsid w:val="00D60392"/>
     <w:rsid w:val="00D648FB"/>
     <w:rsid w:val="00D80762"/>
     <w:rsid w:val="00D96C59"/>
     <w:rsid w:val="00DA0014"/>
     <w:rsid w:val="00DA78AF"/>
     <w:rsid w:val="00DB02B0"/>
     <w:rsid w:val="00DD7FC2"/>
     <w:rsid w:val="00DF1C07"/>
     <w:rsid w:val="00DF2E39"/>
     <w:rsid w:val="00E131E2"/>
     <w:rsid w:val="00E651E3"/>
     <w:rsid w:val="00E70381"/>
     <w:rsid w:val="00E8216C"/>
+    <w:rsid w:val="00E825B2"/>
     <w:rsid w:val="00E8526B"/>
     <w:rsid w:val="00EA3622"/>
     <w:rsid w:val="00EC5BE6"/>
     <w:rsid w:val="00ED62AF"/>
     <w:rsid w:val="00F559A8"/>
     <w:rsid w:val="00F56DBB"/>
     <w:rsid w:val="00F60570"/>
     <w:rsid w:val="00F719ED"/>
     <w:rsid w:val="00F83D00"/>
     <w:rsid w:val="00F847FB"/>
+    <w:rsid w:val="00F93746"/>
     <w:rsid w:val="00F964B8"/>
     <w:rsid w:val="00FD03DB"/>
     <w:rsid w:val="00FE340E"/>
     <w:rsid w:val="00FF6F3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F46E9F2"/>
   <w15:docId w15:val="{C1FA7070-C634-4230-8A6A-3258607928A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -29962,138 +35734,593 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D54C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D54C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="59403586">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="67389819">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="106782376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="184516355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="215360272">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="263652829">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="267469105">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="293606333">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="351537986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="365180496">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="406616025">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="510527477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="520750960">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="604266898">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="744761082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="750465964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="955212224">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1014528260">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1026637358">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1032153328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1116633340">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1117140019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1313169480">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1387726553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1391539910">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1394086190">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1424105081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1427654639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1457260690">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1469930855">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1505245335">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1783918926">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1838224577">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1870482383">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1957980154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2000425039">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2039814976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2044283254">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2063362786">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2064284981">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2086418110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="R4a4c6555b0574be7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="Rbf7f0361064e4e2d" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -30377,72 +36604,72 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A237218</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Recognised Community Programs Table</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2013-01-07T12:27:54Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-10-02T01:51:45Z</value>
+      <value order="0">2026-02-13T00:46:34Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Karen Collins</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Objective Global Folder:Publication:Production:Information and Guidelines documents:2011:Community Learning Guidelines</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Community Learning Guidelines</value>
     </field>
     <field name="Objective-State">
       <value order="0">Being Drafted</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA2172959</value>
+      <value order="0">vA2503226</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">37.2</value>
+      <value order="0">37.5</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">49</value>
+      <value order="0">52</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA4191</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
@@ -30452,76 +36679,76 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0ACE1B9-B4DD-4AD4-A451-60A7E548DBDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12692</Characters>
+  <Pages>10</Pages>
+  <Words>2571</Words>
+  <Characters>14661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SACE Board of South Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14889</CharactersWithSpaces>
+  <CharactersWithSpaces>17198</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kate Cooper</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <op:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:op="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Comment">
     <vt:lpwstr/>
   </op:property>
@@ -30549,68 +36776,68 @@
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Id">
     <vt:lpwstr>A237218</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Title">
     <vt:lpwstr>Recognised Community Programs Table</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-CreationStamp">
     <vt:filetime>2013-01-07T12:27:54Z</vt:filetime>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-DatePublished">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-ModificationStamp">
-    <vt:filetime>2024-10-02T01:51:45Z</vt:filetime>
+    <vt:filetime>2026-02-13T00:46:34Z</vt:filetime>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Owner">
     <vt:lpwstr>Karen Collins</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:Publication:Production:Information and Guidelines documents:2011:Community Learning Guidelines</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Parent">
     <vt:lpwstr>Community Learning Guidelines</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-State">
     <vt:lpwstr>Being Drafted</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-VersionId">
-    <vt:lpwstr>vA2172959</vt:lpwstr>
+    <vt:lpwstr>vA2503226</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
-    <vt:lpwstr>37.2</vt:lpwstr>
+    <vt:lpwstr>37.5</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
-    <vt:r8>49</vt:r8>
+    <vt:r8>52</vt:r8>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
     <vt:lpwstr>qA4191</vt:lpwstr>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
     <vt:lpwstr/>
   </op:property>
   <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </op:property>
 </op:Properties>
 </file>