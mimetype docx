--- v0 (2025-10-14)
+++ v1 (2026-03-31)
@@ -1,45 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3A72C81C" w14:textId="4202E2DC" w:rsidR="00126885" w:rsidRDefault="009325BE" w:rsidP="00126885">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc520796961"/>
       <w:r w:rsidRPr="00640314">
         <w:rPr>
           <w:noProof/>
@@ -304,325 +308,272 @@
       </w:r>
       <w:r w:rsidRPr="00B94063">
         <w:t xml:space="preserve"> the subject undertaken:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (x or √)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="421"/>
-        <w:gridCol w:w="8639"/>
+        <w:gridCol w:w="8218"/>
+        <w:gridCol w:w="421"/>
       </w:tblGrid>
       <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="40CF088B" w14:textId="77777777" w:rsidTr="003D5772">
         <w:trPr>
           <w:trHeight w:val="41"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5343B12C" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="66F0D959" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="3DF0CE96" w14:textId="77777777" w:rsidTr="003D5772">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="618794D6" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2965B581" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00324298">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B94063">
               <w:t>Stage 1 English: Modified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="16C0107F" w14:textId="77777777" w:rsidTr="003D5772">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A321739" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB1D187" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00324298">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="71CCEC8D" w14:textId="77777777" w:rsidTr="003D5772">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6145938E" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453A8A00" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00324298">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B94063">
               <w:t>Stage 1 Mathematics: Modified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="3958F52D" w14:textId="77777777" w:rsidTr="003D5772">
+      <w:tr w:rsidR="0081375A" w:rsidRPr="00B94063" w14:paraId="3958F52D" w14:textId="77777777" w:rsidTr="003D5772">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="421" w:type="dxa"/>
           <w:trHeight w:val="79"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="421" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="8639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E00A223" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00324298">
+          <w:p w14:paraId="3E00A223" w14:textId="77777777" w:rsidR="0081375A" w:rsidRPr="00B94063" w:rsidRDefault="0081375A" w:rsidP="00324298">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00126885" w:rsidRPr="00B94063" w14:paraId="78E1DF78" w14:textId="77777777" w:rsidTr="003D5772">
-[...42 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C46E88C" w14:textId="77777777" w:rsidR="00126885" w:rsidRDefault="00126885" w:rsidP="003974B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DFCEDA8" w14:textId="472DBF49" w:rsidR="003D5772" w:rsidRDefault="003D5772" w:rsidP="003974B4">
+    <w:p w14:paraId="5DFCEDA8" w14:textId="747E5E7D" w:rsidR="003D5772" w:rsidRDefault="003D5772" w:rsidP="003974B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For Stage 1 Exploring Identities and Futures: Modified, please use </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="003D5772">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Stage 1 EIF: Modified – Natural Evidence of Learning Assessment Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70481BE8" w14:textId="41103E5E" w:rsidR="003D5772" w:rsidRPr="00B94063" w:rsidRDefault="003D5772" w:rsidP="003974B4">
+    <w:p w14:paraId="70481BE8" w14:textId="3BCEA893" w:rsidR="003D5772" w:rsidRPr="00B94063" w:rsidRDefault="003D5772" w:rsidP="003974B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For Stage 2 Activating Identities and Futures: Modified, please use </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="003D5772">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Stage 2 AIF Modified - Natural Evidence of Learning Assessment Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66653600" w14:textId="77777777" w:rsidR="00F74B93" w:rsidRDefault="003974B4" w:rsidP="003974B4">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -921,119 +872,119 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1941"/>
               <w:gridCol w:w="475"/>
               <w:gridCol w:w="2547"/>
               <w:gridCol w:w="430"/>
             </w:tblGrid>
             <w:tr w:rsidR="00283B1B" w14:paraId="2922F2A0" w14:textId="77777777" w:rsidTr="00283B1B">
               <w:trPr>
                 <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:tcW w:w="1941" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3583BF8D" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="3583BF8D" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="224"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:jc w:val="right"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00B94063">
                     <w:t xml:space="preserve">Completed  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="475" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1A585BD1" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="1A585BD1" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="224"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2547" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="47A22BD4" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="47A22BD4" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="224"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:jc w:val="right"/>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00B94063">
                     <w:t>Not completed</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="430" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="33784CB1" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="33784CB1" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="224"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3CC2B32D" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00870E9E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57A87E8D" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00126885">
       <w:pPr>
@@ -1275,119 +1226,119 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1941"/>
               <w:gridCol w:w="475"/>
               <w:gridCol w:w="2547"/>
               <w:gridCol w:w="430"/>
             </w:tblGrid>
             <w:tr w:rsidR="00283B1B" w14:paraId="316BEE6C" w14:textId="77777777" w:rsidTr="00617EB3">
               <w:trPr>
                 <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   <w:tcW w:w="1941" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="00DE52C9" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="00DE52C9" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-289" w:y="-428"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:jc w:val="right"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00B94063">
                     <w:t xml:space="preserve">Completed  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="475" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6C1A96B9" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="6C1A96B9" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-289" w:y="-428"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2547" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="53152FC4" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="53152FC4" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-289" w:y="-428"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:jc w:val="right"/>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00B94063">
                     <w:t>Not completed</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="430" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="6ED6619E" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="00C9336E">
+                <w:p w14:paraId="6ED6619E" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRDefault="00283B1B" w:rsidP="0041753C">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-289" w:y="-428"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="0"/>
                     </w:numPr>
                     <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="14A6812D" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRPr="00B94063" w:rsidRDefault="00283B1B" w:rsidP="000002E7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="565CB447" w14:textId="77777777" w:rsidR="00283B1B" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00126885">
       <w:pPr>
@@ -1396,73 +1347,77 @@
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2090FE4F" w14:textId="036860F8" w:rsidR="00126885" w:rsidRPr="00B94063" w:rsidRDefault="00126885" w:rsidP="00126885">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C7F658B" w14:textId="77777777" w:rsidR="00126885" w:rsidRPr="00405822" w:rsidRDefault="00126885" w:rsidP="00126885">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="364A6D1A" w14:textId="77777777" w:rsidR="009F22A4" w:rsidRPr="00126885" w:rsidRDefault="009F22A4" w:rsidP="00126885"/>
     <w:sectPr w:rsidR="009F22A4" w:rsidRPr="00126885" w:rsidSect="00521D3D">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2126" w:right="1418" w:bottom="1440" w:left="1418" w:header="851" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57D7F056" w14:textId="77777777" w:rsidR="006D4FF7" w:rsidRPr="000D4EDE" w:rsidRDefault="006D4FF7" w:rsidP="000D4EDE">
+    <w:p w14:paraId="5E8D17AA" w14:textId="77777777" w:rsidR="00CB75BC" w:rsidRPr="000D4EDE" w:rsidRDefault="00CB75BC" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BEDBC63" w14:textId="77777777" w:rsidR="006D4FF7" w:rsidRPr="000D4EDE" w:rsidRDefault="006D4FF7" w:rsidP="000D4EDE">
+    <w:p w14:paraId="3C7F4313" w14:textId="77777777" w:rsidR="00CB75BC" w:rsidRPr="000D4EDE" w:rsidRDefault="00CB75BC" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -1513,82 +1468,332 @@
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="337CDC21" w14:textId="5A2DD3BC" w:rsidR="00681892" w:rsidRPr="007E7AA0" w:rsidRDefault="007E7AA0" w:rsidP="00C9336E">
+  <w:p w14:paraId="6F0217F7" w14:textId="1EDDD015" w:rsidR="00991EFF" w:rsidRDefault="00991EFF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r w:rsidRPr="007E7AA0">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E848700" wp14:editId="071D3042">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1776264717" name="Text Box 5" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0A126209" w14:textId="7E47A70B" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00991EFF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3E848700" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq31tlEAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwlsoduIsKK7oqqE&#10;dldiqz0bxyaRYo81NiT013dsCLTbnqpenMnMeD7ee57f9aZlB4W+AVvy8SjnTFkJVWN3Jf/+svpw&#10;y5kPwlaiBatKflSe3y3ev5t3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9nWQdYOQSpvCfvwynIF6m+1kqGJ629CqwtOc0W0onp3MYzW8xFsUPh6kaexxD/MIURjaWm&#10;l1IPIgi2x+aPUqaRCB50GEkwGWjdSJV2oG3G+ZttNrVwKu1C4Hh3gcn/v7Ly8bBxz8hC/wV6IjAC&#10;0jlfeHLGfXqNJn5pUkZxgvB4gU31gUlyzm5nH2+mnEkK3cymn2YJ1ux62aEPXxUYFo2SI7GSwBKH&#10;tQ/UkFKHlNjLwqpp28RMa39zUGL0ZNcJoxX6bc+aquSTYfotVEdaCuHEt3dy1VDrtfDhWSARTHuQ&#10;aMMTHbqFruRwtjirAX/8zR/zCXeKctaRYEpuSdGctd8s8RG1NRg4GNtkjD/n05zidm/ugWQ4phfh&#10;ZDLJi6EdTI1gXknOy9iIQsJKalfy7WDeh5Ny6TlItVymJJKRE2FtN07G0hGuiOVL/yrQnQEPxNQj&#10;DGoSxRvcT7nxpnfLfSD0EykR2hOQZ8RJgomr83OJGv/1P2VdH/XiJwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOP5HoHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1u2mItMZsi&#10;BU8Voa0Xb9vdaRLNzobspE3f3qkXvQwM/8833xSrMbTqhH1qIhmYTjJQSC76hioDH/vXhyWoxJa8&#10;bSOhgQsmWJW3N4XNfTzTFk87rpRAKOXWQM3c5VonV2OwaRI7JMmOsQ+WZe0r7Xt7Fnho9SzLFjrY&#10;huRCbTtc1+i+d0Mw8Ljlt+Gd9vPPcXb52nRrNz9unDH3d+PLMyjGkf/KcNUXdSjF6RAH8km1BuQR&#10;/p3XLFtOQR0E/LQAXRb6v3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOrfW2UQAgAA&#10;HAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOP5HoHa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="0A126209" w14:textId="7E47A70B" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00991EFF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="337CDC21" w14:textId="3ECFE20C" w:rsidR="00681892" w:rsidRPr="007E7AA0" w:rsidRDefault="00991EFF" w:rsidP="00C9336E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="481FB3AF" wp14:editId="2FC4E826">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="40804142" name="Text Box 6" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="343482BD" w14:textId="5D8855B7" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00991EFF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="481FB3AF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHYOlYDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZCk2IIsCpcTOfv0oJU62rqdiF5kmKX689zS77VvD9gp9A7bk41HOmbISqsZuS/7zefnp&#10;hjMfhK2EAatKflCe384/fph1rlBXUIOpFDIqYn3RuZLXIbgiy7ysVSv8CJyyFNSArQj0i9usQtFR&#10;9dZkV3k+zTrAyiFI5T15749BPk/1tVYyPGrtVWCm5DRbSCemcxPPbD4TxRaFqxt5GkO8Y4pWNJaa&#10;nkvdiyDYDpt/SrWNRPCgw0hCm4HWjVRpB9pmnL/aZl0Lp9IuBI53Z5j8/ysrH/Zr94Qs9N+gJwIj&#10;IJ3zhSdn3KfX2MYvTcooThAezrCpPjBJzunN9PP1hDNJoevp5Ms0wZpdLjv04buClkWj5EisJLDE&#10;fuUDNaTUISX2srBsjEnMGPuXgxKjJ7tMGK3Qb3rWVNR8mH4D1YGWQjjy7Z1cNtR6JXx4EkgE0x4k&#10;2vBIhzbQlRxOFmc14K+3/DGfcKcoZx0JpuSWFM2Z+WGJj6itwcDB2CRj/DWf5BS3u/YOSIZjehFO&#10;JpO8GMxgaoT2heS8iI0oJKykdiXfDOZdOCqXnoNUi0VKIhk5EVZ27WQsHeGKWD73LwLdCfBATD3A&#10;oCZRvML9mBtverfYBUI/kRKhPQJ5QpwkmLg6PZeo8T//U9blUc9/AwAA//8DAFBLAwQUAAYACAAA&#10;ACEA4/kegdoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7aYi0xmyIF&#10;TxWhrRdv291pEs3OhuykTd/eqRe9DAz/zzffFKsxtOqEfWoiGZhOMlBILvqGKgMf+9eHJajElrxt&#10;I6GBCyZYlbc3hc19PNMWTzuulEAo5dZAzdzlWidXY7BpEjskyY6xD5Zl7Svte3sWeGj1LMsWOtiG&#10;5EJtO1zX6L53QzDwuOW34Z32889xdvnadGs3P26cMfd348szKMaR/8pw1Rd1KMXpEAfySbUG5BH+&#10;ndcsW05BHQT8tABdFvq/fPkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh2DpWA8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4/kegdoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="343482BD" w14:textId="5D8855B7" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00991EFF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="007E7AA0" w:rsidRPr="007E7AA0">
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:r w:rsidR="00C9336E" w:rsidRPr="00C9336E">
       <w:t>A1558924</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5815A612" w14:textId="57167E57" w:rsidR="007860F1" w:rsidRPr="00681892" w:rsidRDefault="007E7AA0" w:rsidP="00681892">
+  <w:p w14:paraId="5815A612" w14:textId="4DCD7C84" w:rsidR="007860F1" w:rsidRPr="00681892" w:rsidRDefault="007E7AA0" w:rsidP="00681892">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Last Updated: </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SAVEDATE  \@ "d/MM/yyyy h:mm am/pm"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C9336E">
+    <w:r w:rsidR="0041753C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>21/01/2025 12:29 PM</w:t>
+      <w:t>29/01/2026 12:03 PM</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5190DBD7" w14:textId="77777777" w:rsidR="00681892" w:rsidRPr="00681892" w:rsidRDefault="008125F8" w:rsidP="00681892">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00681892">
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="441959056"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
@@ -1626,182 +1831,575 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009558DF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2C5B193D" w14:textId="4555C99B" w:rsidR="00991EFF" w:rsidRDefault="00991EFF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07241A46" wp14:editId="72E2E483">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1780936594" name="Text Box 4" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="61521C62" w14:textId="2617BF42" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00991EFF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="07241A46" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp40bVEAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZCk2YIkCpcTOfv0oJU62rqdiF5kmKX689zS77U3L9gp9A7bk41HOmbISqsZuS/7zefnp&#10;hjMfhK1EC1aV/KA8v51//DDrXKGuoIa2UsioiPVF50peh+CKLPOyVkb4EThlKagBjQj0i9usQtFR&#10;ddNmV3k+zTrAyiFI5T15749BPk/1tVYyPGrtVWBtyWm2kE5M5yae2Xwmii0KVzfyNIZ4xxRGNJaa&#10;nkvdiyDYDpt/SplGInjQYSTBZKB1I1XagbYZ56+2WdfCqbQLgePdGSb//8rKh/3aPSEL/TfoicAI&#10;SOd84ckZ9+k1mvilSRnFCcLDGTbVBybJOb2Zfr6ecCYpdD2dfJkmWLPLZYc+fFdgWDRKjsRKAkvs&#10;Vz5QQ0odUmIvC8umbRMzrf3LQYnRk10mjFboNz1rqpJPhuk3UB1oKYQj397JZUOtV8KHJ4FEMO1B&#10;og2PdOgWupLDyeKsBvz1lj/mE+4U5awjwZTckqI5a39Y4iNqazBwMDbJGH/NJznF7c7cAclwTC/C&#10;yWSSF0M7mBrBvJCcF7ERhYSV1K7km8G8C0fl0nOQarFISSQjJ8LKrp2MpSNcEcvn/kWgOwEeiKkH&#10;GNQkile4H3PjTe8Wu0DoJ1IitEcgT4iTBBNXp+cSNf7nf8q6POr5bwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOP5HoHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1u2mItMZsi&#10;BU8Voa0Xb9vdaRLNzobspE3f3qkXvQwM/8833xSrMbTqhH1qIhmYTjJQSC76hioDH/vXhyWoxJa8&#10;bSOhgQsmWJW3N4XNfTzTFk87rpRAKOXWQM3c5VonV2OwaRI7JMmOsQ+WZe0r7Xt7Fnho9SzLFjrY&#10;huRCbTtc1+i+d0Mw8Ljlt+Gd9vPPcXb52nRrNz9unDH3d+PLMyjGkf/KcNUXdSjF6RAH8km1BuQR&#10;/p3XLFtOQR0E/LQAXRb6v3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOnjRtUQAgAA&#10;HAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOP5HoHa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="61521C62" w14:textId="2617BF42" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00991EFF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FEAB3CD" w14:textId="77777777" w:rsidR="006D4FF7" w:rsidRPr="000D4EDE" w:rsidRDefault="006D4FF7" w:rsidP="000D4EDE">
+    <w:p w14:paraId="0DFBD4A5" w14:textId="77777777" w:rsidR="00CB75BC" w:rsidRPr="000D4EDE" w:rsidRDefault="00CB75BC" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F0CFD07" w14:textId="77777777" w:rsidR="006D4FF7" w:rsidRPr="000D4EDE" w:rsidRDefault="006D4FF7" w:rsidP="000D4EDE">
+    <w:p w14:paraId="18D8DF45" w14:textId="77777777" w:rsidR="00CB75BC" w:rsidRPr="000D4EDE" w:rsidRDefault="00CB75BC" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="089F2D3D" w14:textId="5E8CEADD" w:rsidR="009325BE" w:rsidRDefault="009325BE">
+  <w:p w14:paraId="0D0A5BF1" w14:textId="769D47BB" w:rsidR="00991EFF" w:rsidRDefault="00991EFF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5F1B140C" wp14:editId="28EFEACE">
-              <wp:simplePos x="0" y="0"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AD5BD49" wp14:editId="2932C198">
+              <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>0</wp:posOffset>
+                <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>190500</wp:posOffset>
+                <wp:align>top</wp:align>
               </wp:positionV>
-              <wp:extent cx="7560310" cy="252095"/>
-              <wp:effectExtent l="0" t="0" r="0" b="14605"/>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="MSIPCM9b9a4c559739233f238dd265" descr="{&quot;HashCode&quot;:1156597614,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="596385105" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7560310" cy="252095"/>
+                        <a:ext cx="686435" cy="365760"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="6350">
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
-                      <a:extLst>
-[...7 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6960787E" w14:textId="3D05C1C0" w:rsidR="009325BE" w:rsidRPr="009325BE" w:rsidRDefault="009325BE" w:rsidP="009325BE">
+                        <w:p w14:paraId="0E247756" w14:textId="2802D0E5" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
                           <w:pPr>
                             <w:spacing w:after="0"/>
-                            <w:jc w:val="center"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="009325BE">
+                          <w:r w:rsidRPr="00991EFF">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
-                            <w:t>UNOFFICIAL</w:t>
+                            <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
-                      <a:noAutofit/>
+                      <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5F1B140C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0AD5BD49" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM9b9a4c559739233f238dd265" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:1156597614,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:15pt;width:595.3pt;height:19.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+J5ttEwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp/U/8Hy+0igha0RoaKtmCah&#10;thKd+mwcm0SyfZ5tSNhfv7MToOr2NO3FOd9d7sf3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3xuvr8&#10;lRIfmKmYAiNKehSe3i2uPs1bW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQJe3S6rHGux&#10;ulbZJM9nWQuusg648B69j32QLlJ9KQUPz1J6EYgqKc4W0unSuY1ntpizYueYrRs+jMH+YQrNGoNN&#10;z6UeWWBk75o/SumGO/Agw4iDzkDKhou0A24zzj9ss6mZFWkXBMfbM0z+/5XlT4eNfXEkdPfQIYER&#10;kNb6wqMz7tNJp+MXJyUYRwiPZ9hEFwhH55fpLL8eY4hjbDKd5LfTWCa7/G2dD98EaBKNkjqkJaHF&#10;Dmsf+tRTSmxmYNUolahRhrQlnV1P8/TDOYLFlcEel1mjFbptNyywheqIeznoKfeWrxpsvmY+vDCH&#10;HOO8qNvwjIdUgE1gsCipwf36mz/mI/QYpaRFzZTU/9wzJyhR3w2Scju+uYkiSxc03Hvv9uQ1e/0A&#10;KMcxvgzLkxlzgzqZ0oF+Q1kvYzcMMcOxZ0nDyXwIvYLxWXCxXKYklJNlYW02lsfSEcYI6Wv3xpwd&#10;cA/I2BOcVMWKD/D3uT0By30A2SRuIrA9mgPeKMXE7vBsotbf31PW5XEvfgMAAP//AwBQSwMEFAAG&#10;AAgAAAAhAKCK+GTcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77BMwZvdVCEx&#10;MZsiSi+CYNpevG2zYxK6Oxuy2yS+vdOTnobh//nmm3K7OCsmHEPvScFmnYBAarzpqVVwPOzun0CE&#10;qMlo6wkV/GCAbXV7U+rC+JlqnPaxFQyhUGgFXYxDIWVoOnQ6rP2AxNm3H52OvI6tNKOeGe6sfEiS&#10;VDrdE1/o9ICvHTbn/cUxJX97X+JH9umDrXfz5L6OWT0odbdaXp5BRFziXxmu+qwOFTud/IVMEFYB&#10;PxIVPCY8r+kmT1IQJwVpnoGsSvnfv/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfieb&#10;bRMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;oIr4ZNwAAAAHAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:textbox inset=",0,,0">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3lfRGCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;RVsgHXpWZDk2IImCxMTOfv0oxU62bqdhF5kiaX6897S47Y1mB+VDC7bk00nOmbISqtbuSv79Zf3h&#10;hrOAwlZCg1UlP6rAb5fv3y06V6graEBXyjMqYkPRuZI3iK7IsiAbZUSYgFOWgjV4I5CufpdVXnRU&#10;3ejsKs/nWQe+ch6kCoG896cgX6b6da0kPtV1UMh0yWk2TKdP5zae2XIhip0XrmnlMIb4hymMaC01&#10;PZe6FyjY3rd/lDKt9BCgxokEk0Fdt1KlHWibaf5mm00jnEq7EDjBnWEK/6+sfDxs3LNn2H+BngiM&#10;gHQuFIGccZ++9iZ+aVJGcYLweIZN9cgkOec384/XM84kha7ns0/zBGt2+dn5gF8VGBaNkntiJYEl&#10;Dg8BqSGljimxl4V1q3ViRtvfHJQYPdllwmhhv+2HsbdQHWkbDyeig5Prlno+iIDPwhOztACpFZ/o&#10;qDV0JYfB4qwB/+Nv/phPgFOUs46UUnJLUuZMf7NERBRVMqaf81lONz+6t6Nh9+YOSH9TegpOJjPm&#10;oR7N2oN5JR2vYiMKCSupXclxNO/wJFl6B1KtVimJ9OMEPtiNk7F0xCmC+NK/Cu8GpJEoeoRRRqJ4&#10;A/gpN/4Z3GqPBHtiI2J6AnKAmrSXSBreSRT3r/eUdXnNy58AAAD//wMAUEsDBBQABgAIAAAAIQDS&#10;lqK42gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqGOklCpkU1VIPfRW&#10;ys/ZjZckEK+jeNuGPj0uF7isNJrRzLflcvK9OtIYu8AIZpaBIq6D67hBeH1Z3y1ARbHsbB+YEL4p&#10;wrK6vipt4cKJn+m4k0alEo6FRWhFhkLrWLfkbZyFgTh5H2H0VpIcG+1Ge0rlvtf3WTbX3nacFlo7&#10;0FNL9dfu4BG6fBXE0Ntm/fnuTTDn7SY/bxFvb6bVIyihSf7CcMFP6FAlpn04sIuqR0iPyO+9eNnC&#10;gNoj5A9z0FWp/8NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB3lfRGCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDSlqK42gAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6960787E" w14:textId="3D05C1C0" w:rsidR="009325BE" w:rsidRPr="009325BE" w:rsidRDefault="009325BE" w:rsidP="009325BE">
+                  <w:p w14:paraId="0E247756" w14:textId="2802D0E5" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
                     <w:pPr>
                       <w:spacing w:after="0"/>
-                      <w:jc w:val="center"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="009325BE">
+                    <w:r w:rsidRPr="00991EFF">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
-                      <w:t>UNOFFICIAL</w:t>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="089F2D3D" w14:textId="0C047343" w:rsidR="009325BE" w:rsidRDefault="00991EFF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C6827F" wp14:editId="319B00C7">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3145593" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="74D66565" w14:textId="5FFCBFE3" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00991EFF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="21C6827F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDD2d2XDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oJU7abqdhF5kiaX689zS77Y1me+VDC7bk41HOmbISqtZuS/7zefnp&#10;hrOAwlZCg1UlP6jAb+cfP8w6V6graEBXyjMqYkPRuZI3iK7IsiAbZUQYgVOWgjV4I5CufptVXnRU&#10;3ejsKs+nWQe+ch6kCoG898cgn6f6da0kPtZ1UMh0yWk2TKdP5yae2Xwmiq0XrmnlaQzxD1MY0Vpq&#10;ei51L1CwnW//KGVa6SFAjSMJJoO6bqVKO9A24/zdNutGOJV2IXCCO8MU/l9Z+bBfuyfPsP8GPREY&#10;AelcKAI54z597U380qSM4gTh4Qyb6pFJck5vpp+vJ5xJCl1PJ1+mCdbs8rPzAb8rMCwaJffESgJL&#10;7FcBqSGlDimxl4Vlq3ViRts3DkqMnuwyYbSw3/SsrV5Nv4HqQEt5OPIdnFy21HolAj4JTwTTHiRa&#10;fKSj1tCVHE4WZw34X3/zx3zCnaKcdSSYkltSNGf6hyU+oraSMf6aT3K6+cG9GQy7M3dAMhzTi3Ay&#10;mTEP9WDWHswLyXkRG1FIWEntSo6DeYdH5dJzkGqxSEkkIydwZddOxtIRrojlc/8ivDsBjsTUAwxq&#10;EsU73I+58c/gFjsk9BMpEdojkCfESYKJq9NziRp/fU9Zl0c9/w0AAP//AwBQSwMEFAAGAAgAAAAh&#10;ANKWorjaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoY6SUKmRTVUg9&#10;9FbKz9mNlyQQr6N424Y+PS4XuKw0mtHMt+Vy8r060hi7wAhmloEiroPruEF4fVnfLUBFsexsH5gQ&#10;vinCsrq+Km3hwomf6biTRqUSjoVFaEWGQutYt+RtnIWBOHkfYfRWkhwb7UZ7SuW+1/dZNtfedpwW&#10;WjvQU0v11+7gEbp8FcTQ22b9+e5NMOftJj9vEW9vptUjKKFJ/sJwwU/oUCWmfTiwi6pHSI/I7714&#10;2cKA2iPkD3PQVan/w1c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMPZ3ZcNAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANKWorjaAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="74D66565" w14:textId="5FFCBFE3" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00991EFF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="76F30D76" w14:textId="0073F17D" w:rsidR="00991EFF" w:rsidRDefault="00991EFF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B03FBA8" wp14:editId="6B8A683E">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1900111904" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6F75B70B" w14:textId="11FC1A62" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00991EFF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7B03FBA8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAam6VcDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0TdYZcYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oJU66bqdhF5kiaX689zS7641me+VDC7bk41HOmbISqtZuS/7jZfnp&#10;lrOAwlZCg1UlP6jA7+YfP8w6V6graEBXyjMqYkPRuZI3iK7IsiAbZUQYgVOWgjV4I5CufptVXnRU&#10;3ejsKs+nWQe+ch6kCoG8D8cgn6f6da0kPtV1UMh0yWk2TKdP5yae2Xwmiq0XrmnlaQzxD1MY0Vpq&#10;ei71IFCwnW//KGVa6SFAjSMJJoO6bqVKO9A24/zdNutGOJV2IXCCO8MU/l9Z+bhfu2fPsP8KPREY&#10;AelcKAI54z597U380qSM4gTh4Qyb6pFJck5vpzfXE84kha6nk8/TBGt2+dn5gN8UGBaNkntiJYEl&#10;9quA1JBSh5TYy8Ky1Toxo+1vDkqMnuwyYbSw3/SsrUp+M0y/gepAS3k48h2cXLbUeiUCPgtPBNMe&#10;JFp8oqPW0JUcThZnDfiff/PHfMKdopx1JJiSW1I0Z/q7JT6itpIx/pJPcrr5wb0ZDLsz90AyHNOL&#10;cDKZMQ/1YNYezCvJeREbUUhYSe1KjoN5j0fl0nOQarFISSQjJ3Bl107G0hGuiOVL/yq8OwGOxNQj&#10;DGoSxTvcj7nxz+AWOyT0EykR2iOQJ8RJgomr03OJGn97T1mXRz3/BQAA//8DAFBLAwQUAAYACAAA&#10;ACEA0paiuNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhjpJQqZFNV&#10;SD30VsrP2Y2XJBCvo3jbhj49Lhe4rDSa0cy35XLyvTrSGLvACGaWgSKug+u4QXh9Wd8tQEWx7Gwf&#10;mBC+KcKyur4qbeHCiZ/puJNGpRKOhUVoRYZC61i35G2chYE4eR9h9FaSHBvtRntK5b7X91k21952&#10;nBZaO9BTS/XX7uARunwVxNDbZv357k0w5+0mP28Rb2+m1SMooUn+wnDBT+hQJaZ9OLCLqkdIj8jv&#10;vXjZwoDaI+QPc9BVqf/DVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGpulXA8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0paiuNoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6F75B70B" w14:textId="11FC1A62" w:rsidR="00991EFF" w:rsidRPr="00991EFF" w:rsidRDefault="00991EFF" w:rsidP="00991EFF">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00991EFF">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="279CD018"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
@@ -5110,113 +5708,115 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1050226739">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="2083674065">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="58408611">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1648821249">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1877767914">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1457528079">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B94063"/>
     <w:rsid w:val="000002E7"/>
     <w:rsid w:val="00005D98"/>
     <w:rsid w:val="00006E0E"/>
     <w:rsid w:val="00010D5E"/>
     <w:rsid w:val="00011C96"/>
     <w:rsid w:val="000141B9"/>
     <w:rsid w:val="00034A19"/>
     <w:rsid w:val="00036F9E"/>
     <w:rsid w:val="000413B3"/>
     <w:rsid w:val="00051727"/>
+    <w:rsid w:val="00051FAE"/>
     <w:rsid w:val="00057B71"/>
     <w:rsid w:val="00067C37"/>
     <w:rsid w:val="0007202C"/>
     <w:rsid w:val="00072B30"/>
     <w:rsid w:val="0007319C"/>
     <w:rsid w:val="000732AA"/>
     <w:rsid w:val="000767DD"/>
     <w:rsid w:val="00084F8B"/>
     <w:rsid w:val="00086D07"/>
     <w:rsid w:val="00086F71"/>
     <w:rsid w:val="00093915"/>
     <w:rsid w:val="000949AD"/>
     <w:rsid w:val="00095109"/>
     <w:rsid w:val="00096B0F"/>
     <w:rsid w:val="000A490E"/>
     <w:rsid w:val="000A4BE4"/>
     <w:rsid w:val="000B04C5"/>
     <w:rsid w:val="000B63CA"/>
     <w:rsid w:val="000B752A"/>
     <w:rsid w:val="000C14D9"/>
     <w:rsid w:val="000C15C7"/>
     <w:rsid w:val="000C3595"/>
     <w:rsid w:val="000D1F5C"/>
     <w:rsid w:val="000D4EDE"/>
     <w:rsid w:val="000E2460"/>
     <w:rsid w:val="000E43AC"/>
+    <w:rsid w:val="000F16D9"/>
     <w:rsid w:val="000F703E"/>
     <w:rsid w:val="001066AD"/>
     <w:rsid w:val="00111B8F"/>
     <w:rsid w:val="0012262B"/>
     <w:rsid w:val="00123576"/>
     <w:rsid w:val="00124B21"/>
     <w:rsid w:val="00126885"/>
     <w:rsid w:val="001327B8"/>
     <w:rsid w:val="0013471B"/>
     <w:rsid w:val="001352D4"/>
     <w:rsid w:val="00157C98"/>
     <w:rsid w:val="001653B6"/>
     <w:rsid w:val="00174B0F"/>
     <w:rsid w:val="0018235E"/>
     <w:rsid w:val="001A664F"/>
     <w:rsid w:val="001B2DB7"/>
     <w:rsid w:val="001B3FFD"/>
     <w:rsid w:val="001C1E92"/>
     <w:rsid w:val="001D0C02"/>
     <w:rsid w:val="001D121E"/>
     <w:rsid w:val="001E0F51"/>
     <w:rsid w:val="001E55BF"/>
     <w:rsid w:val="001F4BF9"/>
     <w:rsid w:val="001F6E1A"/>
     <w:rsid w:val="001F7277"/>
@@ -5275,170 +5875,176 @@
     <w:rsid w:val="00377C8B"/>
     <w:rsid w:val="0038268A"/>
     <w:rsid w:val="00383A95"/>
     <w:rsid w:val="00385992"/>
     <w:rsid w:val="00385CA0"/>
     <w:rsid w:val="003974B4"/>
     <w:rsid w:val="003A23DC"/>
     <w:rsid w:val="003A2733"/>
     <w:rsid w:val="003A3021"/>
     <w:rsid w:val="003A627E"/>
     <w:rsid w:val="003A79EE"/>
     <w:rsid w:val="003B3395"/>
     <w:rsid w:val="003B6E16"/>
     <w:rsid w:val="003C180A"/>
     <w:rsid w:val="003C1E25"/>
     <w:rsid w:val="003D1294"/>
     <w:rsid w:val="003D160A"/>
     <w:rsid w:val="003D27CB"/>
     <w:rsid w:val="003D329D"/>
     <w:rsid w:val="003D5772"/>
     <w:rsid w:val="003E6BF6"/>
     <w:rsid w:val="003F0F0D"/>
     <w:rsid w:val="003F4B55"/>
     <w:rsid w:val="0040173E"/>
     <w:rsid w:val="00411E5A"/>
+    <w:rsid w:val="0041753C"/>
     <w:rsid w:val="00435339"/>
     <w:rsid w:val="0044447D"/>
     <w:rsid w:val="00461869"/>
     <w:rsid w:val="00463FA8"/>
     <w:rsid w:val="00467BFA"/>
     <w:rsid w:val="00472CBC"/>
     <w:rsid w:val="00493DAA"/>
     <w:rsid w:val="0049428C"/>
     <w:rsid w:val="00494335"/>
     <w:rsid w:val="00495A4C"/>
     <w:rsid w:val="004967A1"/>
     <w:rsid w:val="004A2CFC"/>
     <w:rsid w:val="004B584E"/>
     <w:rsid w:val="004C1106"/>
     <w:rsid w:val="004C1634"/>
     <w:rsid w:val="004C6D4B"/>
     <w:rsid w:val="004E2269"/>
+    <w:rsid w:val="004E4C12"/>
     <w:rsid w:val="004F3339"/>
     <w:rsid w:val="004F72A2"/>
     <w:rsid w:val="00500FC7"/>
     <w:rsid w:val="005026D4"/>
     <w:rsid w:val="00503A51"/>
     <w:rsid w:val="0051007F"/>
     <w:rsid w:val="00512309"/>
     <w:rsid w:val="00513156"/>
     <w:rsid w:val="00521D3D"/>
     <w:rsid w:val="00542522"/>
     <w:rsid w:val="0054526E"/>
     <w:rsid w:val="00545E1D"/>
     <w:rsid w:val="005476B5"/>
     <w:rsid w:val="005602DA"/>
     <w:rsid w:val="00573327"/>
     <w:rsid w:val="005A3F63"/>
     <w:rsid w:val="005A59D0"/>
     <w:rsid w:val="005A7D28"/>
     <w:rsid w:val="005B073E"/>
     <w:rsid w:val="005B227F"/>
     <w:rsid w:val="005B31F4"/>
     <w:rsid w:val="005B7801"/>
     <w:rsid w:val="005C38C6"/>
     <w:rsid w:val="005C5891"/>
     <w:rsid w:val="005D5FAE"/>
     <w:rsid w:val="005E07D0"/>
     <w:rsid w:val="005F29B7"/>
     <w:rsid w:val="0060225B"/>
     <w:rsid w:val="00606EB5"/>
     <w:rsid w:val="00617FDA"/>
     <w:rsid w:val="0062116F"/>
     <w:rsid w:val="00621260"/>
     <w:rsid w:val="00626087"/>
     <w:rsid w:val="00626616"/>
     <w:rsid w:val="006309FA"/>
     <w:rsid w:val="00634E4C"/>
     <w:rsid w:val="00636B8B"/>
     <w:rsid w:val="00640314"/>
     <w:rsid w:val="006427FE"/>
     <w:rsid w:val="006506C1"/>
+    <w:rsid w:val="00650EC3"/>
     <w:rsid w:val="0065747A"/>
     <w:rsid w:val="0066674D"/>
     <w:rsid w:val="00666A78"/>
     <w:rsid w:val="00670540"/>
     <w:rsid w:val="00676C12"/>
     <w:rsid w:val="00681892"/>
     <w:rsid w:val="0069375D"/>
     <w:rsid w:val="0069407C"/>
     <w:rsid w:val="0069574E"/>
     <w:rsid w:val="006A17C7"/>
     <w:rsid w:val="006A1921"/>
     <w:rsid w:val="006A2303"/>
     <w:rsid w:val="006A74F2"/>
+    <w:rsid w:val="006B7F93"/>
     <w:rsid w:val="006D4FF7"/>
     <w:rsid w:val="006F145A"/>
     <w:rsid w:val="006F27CB"/>
     <w:rsid w:val="006F359B"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F74B8"/>
     <w:rsid w:val="00700805"/>
     <w:rsid w:val="00701EC6"/>
     <w:rsid w:val="00706179"/>
     <w:rsid w:val="00714F78"/>
     <w:rsid w:val="007170F7"/>
     <w:rsid w:val="007253B8"/>
     <w:rsid w:val="00725949"/>
     <w:rsid w:val="007304E6"/>
     <w:rsid w:val="00736E7D"/>
     <w:rsid w:val="007509A6"/>
     <w:rsid w:val="00753F83"/>
     <w:rsid w:val="007541B0"/>
     <w:rsid w:val="0075469B"/>
     <w:rsid w:val="00755163"/>
     <w:rsid w:val="00756AAB"/>
     <w:rsid w:val="00757F63"/>
     <w:rsid w:val="007645AE"/>
     <w:rsid w:val="00764992"/>
     <w:rsid w:val="00775AA0"/>
     <w:rsid w:val="007770FA"/>
     <w:rsid w:val="007859C4"/>
     <w:rsid w:val="007860F1"/>
     <w:rsid w:val="00791738"/>
     <w:rsid w:val="00791780"/>
     <w:rsid w:val="00792BFF"/>
     <w:rsid w:val="007A0EB7"/>
     <w:rsid w:val="007A136D"/>
     <w:rsid w:val="007C08B1"/>
     <w:rsid w:val="007C2CC2"/>
     <w:rsid w:val="007C38BD"/>
     <w:rsid w:val="007C3DA5"/>
     <w:rsid w:val="007C79AA"/>
     <w:rsid w:val="007D2E34"/>
     <w:rsid w:val="007D31DA"/>
     <w:rsid w:val="007D72C5"/>
+    <w:rsid w:val="007E1F5A"/>
     <w:rsid w:val="007E525D"/>
     <w:rsid w:val="007E688F"/>
     <w:rsid w:val="007E7AA0"/>
     <w:rsid w:val="007F0323"/>
     <w:rsid w:val="007F379E"/>
     <w:rsid w:val="007F471C"/>
     <w:rsid w:val="007F5E4B"/>
     <w:rsid w:val="00800C90"/>
     <w:rsid w:val="008125F8"/>
+    <w:rsid w:val="0081375A"/>
     <w:rsid w:val="00823002"/>
     <w:rsid w:val="00844B1D"/>
     <w:rsid w:val="00844F5C"/>
     <w:rsid w:val="00845843"/>
     <w:rsid w:val="00845FCA"/>
     <w:rsid w:val="00846D34"/>
     <w:rsid w:val="00854447"/>
     <w:rsid w:val="008637EC"/>
     <w:rsid w:val="00870BC6"/>
     <w:rsid w:val="008766D9"/>
     <w:rsid w:val="0088036D"/>
     <w:rsid w:val="00881155"/>
     <w:rsid w:val="00882892"/>
     <w:rsid w:val="00885A14"/>
     <w:rsid w:val="0088689B"/>
     <w:rsid w:val="00890FA0"/>
     <w:rsid w:val="008947BF"/>
     <w:rsid w:val="00895C87"/>
     <w:rsid w:val="008A214D"/>
     <w:rsid w:val="008A4CA8"/>
     <w:rsid w:val="008A5B5C"/>
     <w:rsid w:val="008A72D2"/>
     <w:rsid w:val="008A74A3"/>
     <w:rsid w:val="008B6868"/>
     <w:rsid w:val="008B6D24"/>
@@ -5447,58 +6053,60 @@
     <w:rsid w:val="008D080C"/>
     <w:rsid w:val="008D6437"/>
     <w:rsid w:val="008D6EDF"/>
     <w:rsid w:val="008E3EF5"/>
     <w:rsid w:val="008F19E6"/>
     <w:rsid w:val="008F33B5"/>
     <w:rsid w:val="00906799"/>
     <w:rsid w:val="0090758E"/>
     <w:rsid w:val="00915194"/>
     <w:rsid w:val="00922193"/>
     <w:rsid w:val="00922F04"/>
     <w:rsid w:val="00924152"/>
     <w:rsid w:val="0093194D"/>
     <w:rsid w:val="009325BE"/>
     <w:rsid w:val="00934C3F"/>
     <w:rsid w:val="009417AE"/>
     <w:rsid w:val="00945B3F"/>
     <w:rsid w:val="00950DCB"/>
     <w:rsid w:val="00952D4C"/>
     <w:rsid w:val="009558DF"/>
     <w:rsid w:val="00960246"/>
     <w:rsid w:val="009720E1"/>
     <w:rsid w:val="00974F0E"/>
     <w:rsid w:val="00975CD7"/>
     <w:rsid w:val="00985E70"/>
+    <w:rsid w:val="00991EFF"/>
     <w:rsid w:val="009979F4"/>
     <w:rsid w:val="009A45B2"/>
     <w:rsid w:val="009A5585"/>
     <w:rsid w:val="009A59D5"/>
     <w:rsid w:val="009C2705"/>
     <w:rsid w:val="009C4ABD"/>
     <w:rsid w:val="009C5FDF"/>
     <w:rsid w:val="009D2DDD"/>
+    <w:rsid w:val="009E35F6"/>
     <w:rsid w:val="009F22A4"/>
     <w:rsid w:val="00A10DA6"/>
     <w:rsid w:val="00A151E9"/>
     <w:rsid w:val="00A15DBB"/>
     <w:rsid w:val="00A259F2"/>
     <w:rsid w:val="00A33802"/>
     <w:rsid w:val="00A37162"/>
     <w:rsid w:val="00A37E51"/>
     <w:rsid w:val="00A53690"/>
     <w:rsid w:val="00A62D31"/>
     <w:rsid w:val="00A63380"/>
     <w:rsid w:val="00A865C7"/>
     <w:rsid w:val="00A97E3B"/>
     <w:rsid w:val="00AA20A1"/>
     <w:rsid w:val="00AA41F2"/>
     <w:rsid w:val="00AB039E"/>
     <w:rsid w:val="00AB4206"/>
     <w:rsid w:val="00AC6C84"/>
     <w:rsid w:val="00AC7E54"/>
     <w:rsid w:val="00AE6A4E"/>
     <w:rsid w:val="00AE7B98"/>
     <w:rsid w:val="00AF129F"/>
     <w:rsid w:val="00AF7350"/>
     <w:rsid w:val="00B12DC9"/>
     <w:rsid w:val="00B13F84"/>
@@ -5539,83 +6147,85 @@
     <w:rsid w:val="00BF4E46"/>
     <w:rsid w:val="00C00FDA"/>
     <w:rsid w:val="00C02EB9"/>
     <w:rsid w:val="00C04E4B"/>
     <w:rsid w:val="00C05687"/>
     <w:rsid w:val="00C11B56"/>
     <w:rsid w:val="00C16045"/>
     <w:rsid w:val="00C21E27"/>
     <w:rsid w:val="00C25E54"/>
     <w:rsid w:val="00C3521C"/>
     <w:rsid w:val="00C371C4"/>
     <w:rsid w:val="00C56426"/>
     <w:rsid w:val="00C62BF5"/>
     <w:rsid w:val="00C636DA"/>
     <w:rsid w:val="00C658A2"/>
     <w:rsid w:val="00C66ED9"/>
     <w:rsid w:val="00C67E22"/>
     <w:rsid w:val="00C72271"/>
     <w:rsid w:val="00C770AD"/>
     <w:rsid w:val="00C81356"/>
     <w:rsid w:val="00C87DA0"/>
     <w:rsid w:val="00C9336E"/>
     <w:rsid w:val="00CA6FF9"/>
     <w:rsid w:val="00CB4238"/>
     <w:rsid w:val="00CB5938"/>
+    <w:rsid w:val="00CB75BC"/>
     <w:rsid w:val="00CC1A64"/>
     <w:rsid w:val="00CC333D"/>
     <w:rsid w:val="00CC34EB"/>
     <w:rsid w:val="00CC401A"/>
     <w:rsid w:val="00CC4792"/>
     <w:rsid w:val="00CC66EA"/>
     <w:rsid w:val="00CD3C17"/>
     <w:rsid w:val="00CE00A7"/>
     <w:rsid w:val="00CE1F9C"/>
     <w:rsid w:val="00CE2E48"/>
     <w:rsid w:val="00CF6672"/>
     <w:rsid w:val="00D021F7"/>
     <w:rsid w:val="00D069C7"/>
     <w:rsid w:val="00D078A2"/>
     <w:rsid w:val="00D21123"/>
     <w:rsid w:val="00D26BB7"/>
     <w:rsid w:val="00D367EB"/>
     <w:rsid w:val="00D45731"/>
     <w:rsid w:val="00D45954"/>
     <w:rsid w:val="00D461C2"/>
     <w:rsid w:val="00D61AAE"/>
     <w:rsid w:val="00D64CB8"/>
     <w:rsid w:val="00D72FD8"/>
     <w:rsid w:val="00D948F2"/>
     <w:rsid w:val="00D9697A"/>
     <w:rsid w:val="00DA4C48"/>
     <w:rsid w:val="00DA727D"/>
     <w:rsid w:val="00DB53A7"/>
     <w:rsid w:val="00DC344D"/>
     <w:rsid w:val="00DC7738"/>
     <w:rsid w:val="00DD170F"/>
     <w:rsid w:val="00DE0A8A"/>
     <w:rsid w:val="00DE338A"/>
+    <w:rsid w:val="00DF4514"/>
     <w:rsid w:val="00DF6E54"/>
     <w:rsid w:val="00E04228"/>
     <w:rsid w:val="00E0439D"/>
     <w:rsid w:val="00E04457"/>
     <w:rsid w:val="00E04BBC"/>
     <w:rsid w:val="00E10450"/>
     <w:rsid w:val="00E132FD"/>
     <w:rsid w:val="00E1478E"/>
     <w:rsid w:val="00E159D7"/>
     <w:rsid w:val="00E21653"/>
     <w:rsid w:val="00E2414E"/>
     <w:rsid w:val="00E26830"/>
     <w:rsid w:val="00E40B36"/>
     <w:rsid w:val="00E51672"/>
     <w:rsid w:val="00E55EE5"/>
     <w:rsid w:val="00E625B3"/>
     <w:rsid w:val="00E64743"/>
     <w:rsid w:val="00E7257D"/>
     <w:rsid w:val="00E728CB"/>
     <w:rsid w:val="00E7336F"/>
     <w:rsid w:val="00E7485C"/>
     <w:rsid w:val="00E76262"/>
     <w:rsid w:val="00E832B7"/>
     <w:rsid w:val="00E84A6B"/>
     <w:rsid w:val="00E92385"/>
@@ -5623,64 +6233,66 @@
     <w:rsid w:val="00EA1585"/>
     <w:rsid w:val="00EA48AE"/>
     <w:rsid w:val="00EB09E2"/>
     <w:rsid w:val="00EB74A5"/>
     <w:rsid w:val="00EC1F55"/>
     <w:rsid w:val="00EE0126"/>
     <w:rsid w:val="00EF2A15"/>
     <w:rsid w:val="00EF5BFD"/>
     <w:rsid w:val="00F01C6F"/>
     <w:rsid w:val="00F06EE2"/>
     <w:rsid w:val="00F074DC"/>
     <w:rsid w:val="00F24F8F"/>
     <w:rsid w:val="00F307E0"/>
     <w:rsid w:val="00F31D9D"/>
     <w:rsid w:val="00F34D63"/>
     <w:rsid w:val="00F57F7A"/>
     <w:rsid w:val="00F62D33"/>
     <w:rsid w:val="00F6570B"/>
     <w:rsid w:val="00F65F6C"/>
     <w:rsid w:val="00F67615"/>
     <w:rsid w:val="00F67F68"/>
     <w:rsid w:val="00F74B93"/>
     <w:rsid w:val="00F76C98"/>
     <w:rsid w:val="00F804CD"/>
     <w:rsid w:val="00F80750"/>
+    <w:rsid w:val="00F8352F"/>
     <w:rsid w:val="00F85F59"/>
     <w:rsid w:val="00F86717"/>
     <w:rsid w:val="00F86DD4"/>
     <w:rsid w:val="00F86F25"/>
     <w:rsid w:val="00F96804"/>
     <w:rsid w:val="00FA3CEC"/>
     <w:rsid w:val="00FA6B20"/>
     <w:rsid w:val="00FB4CF2"/>
     <w:rsid w:val="00FC4845"/>
     <w:rsid w:val="00FC6B03"/>
     <w:rsid w:val="00FD06D5"/>
     <w:rsid w:val="00FD34E9"/>
     <w:rsid w:val="00FE419E"/>
     <w:rsid w:val="00FF2484"/>
+    <w:rsid w:val="58E7FF8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56FA2EAF"/>
@@ -21953,50 +22565,63 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ATablesize10">
     <w:name w:val="A Table size 10"/>
     <w:qFormat/>
     <w:rsid w:val="00B94063"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5772"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00991EFF"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="129172158">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="362748683">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -22047,51 +22672,52 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="332731833">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/documents/652891/12707900/Stage+2+AIF+Modified+-+Natural+Evidence+of+Learning+Assessment+Record.docx/bac35f04-e0a1-77b9-b7db-65942d478534?version=1.0" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/documents/652891/12926265/1IFM+Natural+Evidence+of+Learning+Assessment+Record.docx/dbdb1786-3cfa-05f7-4082-5899ca5bb956?version=1.0" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item6.xml" Id="Rcb957c630aa3483e" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/documents/652891/bac35f04-e0a1-77b9-b7db-65942d478534" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sace.sa.edu.au/documents/652891/dbdb1786-3cfa-05f7-4082-5899ca5bb956" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\collik01\Documents\Custom%20Office%20Templates\SB%20General%20-%20Portrait%20-%20BW.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="SACE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF6319"/>
       </a:accent1>
@@ -22279,199 +22905,199 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps6.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="ba80a52d-e772-44b7-99bd-014dbf1b3361"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
+    <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...10 lines deleted...]
-                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9e3846ed-42c6-478a-824e-2a7610e79bad" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e24f7e4-f994-42a6-920d-6929e5416d85" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...10 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba80a52d-e772-44b7-99bd-014dbf1b3361" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -22530,55 +23156,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A1558924</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Modified Subjects - Student Description Sheet 2025</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2025-01-21T02:01:17Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0">2025-01-21T02:02:00Z</value>
     </field>
     <field name="Objective-ModificationStamp">
       <value order="0">2025-01-21T02:02:00Z</value>
@@ -22608,233 +23230,249 @@
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA4744</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26BE2526-16C7-4484-AF08-A5A07FD34430}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFA4B1A8-3729-4A95-8865-35E9D1F2C6B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23CFD66C-8522-42D0-A69A-A0912FE77717}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{456108CA-2376-4D7C-A58E-CBF0BF679775}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EEC57D6-F934-4C3A-97D2-B0D2748D3AA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9e3846ed-42c6-478a-824e-2a7610e79bad"/>
-    <ds:schemaRef ds:uri="ba80a52d-e772-44b7-99bd-014dbf1b3361"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23CFD66C-8522-42D0-A69A-A0912FE77717}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{ecf00fa0-74e1-4757-91bb-dfa2825f8d15}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="1" removed="0"/>
+  <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SB General - Portrait - BW.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1889</Characters>
+  <Pages>1</Pages>
+  <Words>299</Words>
+  <Characters>1709</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2216</CharactersWithSpaces>
+  <CharactersWithSpaces>2004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Karen Collins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<op:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:op="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KeepMarginsTheSame">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KeepMarginsTheSame">
     <vt:bool>true</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ShowGlobal">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ShowGlobal">
     <vt:bool>true</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Comment">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Comment">
     <vt:lpwstr/>
-  </op:property>
-[...3 lines deleted...]
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Enabled">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_SetDate">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_SetDate">
     <vt:lpwstr>2021-05-20T03:16:08Z</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Method">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Name">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_Name">
     <vt:lpwstr>-Unofficial</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_SiteId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_ActionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_ActionId">
     <vt:lpwstr>bf7c299a-de0f-481d-a6a8-bf79ba12bbb8</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_ContentBits">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_ecf00fa0-74e1-4757-91bb-dfa2825f8d15_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Customer-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Id">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Id">
     <vt:lpwstr>A1558924</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Title">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Title">
     <vt:lpwstr>Modified Subjects - Student Description Sheet 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Description">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Description">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-CreationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-CreationStamp">
     <vt:filetime>2025-01-21T02:01:17Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsApproved">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-IsPublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-DatePublished">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-DatePublished">
     <vt:filetime>2025-01-21T02:02:00Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-ModificationStamp">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-ModificationStamp">
     <vt:filetime>2025-01-21T02:02:00Z</vt:filetime>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Owner">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Owner">
     <vt:lpwstr>Laura OShea</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Path">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:SACE Support Materials:SACE Support Materials Combined Stage 1 and Stage 2:Modified Subject:Modified Subjects General:Modified Subjects 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Parent">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Parent">
     <vt:lpwstr>Modified Subjects 2025</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-State">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionId">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionId">
     <vt:lpwstr>vA2301141</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Version">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Version">
     <vt:lpwstr>2.0</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionNumber">
     <vt:r8>2</vt:r8>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-VersionComment">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-VersionComment">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-FileNumber">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-FileNumber">
     <vt:lpwstr>qA4744</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Classification">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Caveats">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Caveats">
     <vt:lpwstr/>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Security Classification">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
-  </op:property>
-  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-Connect Creator">
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-Connect Creator">
     <vt:lpwstr/>
-  </op:property>
-</op:Properties>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>71416820,238c1d51,2fff79</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>6a26ef92,69dfa60d,26e9f2e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL </vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
 </file>