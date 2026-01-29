--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,65 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="002219C1" w14:textId="7C0F5078" w:rsidR="00921666" w:rsidRDefault="00854447" w:rsidP="00921666">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc520796961"/>
       <w:r w:rsidRPr="00921666">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51DAE70F" wp14:editId="55DF06CC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>bottom</wp:align>
             </wp:positionV>
@@ -342,51 +338,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FE82748" w14:textId="43DC87AE" w:rsidR="00FB36E6" w:rsidRDefault="00000000">
+        <w:p w14:paraId="3FE82748" w14:textId="43DC87AE" w:rsidR="00FB36E6" w:rsidRDefault="003617F8">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc178000562" w:history="1">
             <w:r w:rsidR="00FB36E6" w:rsidRPr="008268DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Background Information</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -413,51 +409,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4837D211" w14:textId="09C7B6D6" w:rsidR="00FB36E6" w:rsidRDefault="00000000">
+        <w:p w14:paraId="4837D211" w14:textId="09C7B6D6" w:rsidR="00FB36E6" w:rsidRDefault="003617F8">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc178000563" w:history="1">
             <w:r w:rsidR="00FB36E6" w:rsidRPr="008268DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>On the day of the examination</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -484,51 +480,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2082B902" w14:textId="20C03BED" w:rsidR="00FB36E6" w:rsidRDefault="00000000">
+        <w:p w14:paraId="2082B902" w14:textId="20C03BED" w:rsidR="00FB36E6" w:rsidRDefault="003617F8">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc178000564" w:history="1">
             <w:r w:rsidR="00FB36E6" w:rsidRPr="008268DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Conduct of the examination</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -555,51 +551,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52004B9B" w14:textId="21A91AAB" w:rsidR="00FB36E6" w:rsidRDefault="00000000">
+        <w:p w14:paraId="52004B9B" w14:textId="21A91AAB" w:rsidR="00FB36E6" w:rsidRDefault="003617F8">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc178000565" w:history="1">
             <w:r w:rsidR="00FB36E6" w:rsidRPr="008268DC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Auslan Exam Format Changes and Improvements</w:t>
             </w:r>
             <w:r w:rsidR="00FB36E6">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -1976,107 +1972,81 @@
       <w:r w:rsidR="00CA49EB" w:rsidRPr="008C604F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>completed</w:t>
       </w:r>
       <w:r w:rsidRPr="008C604F">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidRPr="008C604F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sign Language</w:t>
       </w:r>
       <w:r w:rsidR="00805741" w:rsidRPr="008C604F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724803EB" w14:textId="3BBE452A" w:rsidR="00391FA8" w:rsidRPr="00ED60C2" w:rsidRDefault="00391FA8" w:rsidP="00D80A4D">
+    <w:p w14:paraId="724803EB" w14:textId="6BB32F7A" w:rsidR="00391FA8" w:rsidRPr="00F0658A" w:rsidRDefault="00391FA8" w:rsidP="00F0658A">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">SACE board will publish an examination </w:t>
+        <w:t>SACE board will</w:t>
+      </w:r>
+      <w:r w:rsidR="001527C8">
+        <w:t xml:space="preserve"> provide </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">an examination </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve">timetable </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">outlining the start and finish times for each examination </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> link.  </w:t>
+        <w:t xml:space="preserve">outlining the start </w:t>
+      </w:r>
+      <w:r w:rsidR="001527C8">
+        <w:t xml:space="preserve">times, dates and ZOOM examination URL link, to each contact and teaching school. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D85F929" w14:textId="4265905B" w:rsidR="00391FA8" w:rsidRDefault="00391FA8" w:rsidP="00391FA8">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve">Students should aim to arrive at the </w:t>
       </w:r>
       <w:r>
         <w:t>examination area at their contact school</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED60C2">
         <w:t xml:space="preserve"> 15 to 20 minutes </w:t>
       </w:r>
       <w:r w:rsidRPr="0058169A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the scheduled time of their individual oral </w:t>
       </w:r>
@@ -2478,51 +2448,51 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F53F24">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Each examination venue </w:t>
       </w:r>
       <w:r w:rsidR="00B71723">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>must ensure that there is</w:t>
       </w:r>
       <w:r w:rsidR="006E5DD8" w:rsidRPr="00F53F24">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B8A516" w14:textId="3C15A062" w:rsidR="00B71723" w:rsidRPr="00B71723" w:rsidRDefault="00B71723" w:rsidP="00B71723">
+    <w:p w14:paraId="19B8A516" w14:textId="0B80166D" w:rsidR="00B71723" w:rsidRPr="00B71723" w:rsidRDefault="00B71723" w:rsidP="00B71723">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A staff member </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35057">
         <w:t xml:space="preserve">available to supervise </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35057">
         <w:t>students</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on </w:t>
@@ -6047,107 +6017,103 @@
         </w:numPr>
         <w:ind w:left="1222"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB7BC98" w14:textId="77777777" w:rsidR="00DF46CB" w:rsidRDefault="00DF46CB" w:rsidP="00DF46CB">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1222"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DF46CB" w:rsidSect="00AC194A">
-      <w:headerReference w:type="even" r:id="rId22"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="567" w:left="1418" w:header="851" w:footer="539" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7219E1F2" w14:textId="77777777" w:rsidR="002514BB" w:rsidRPr="000D4EDE" w:rsidRDefault="002514BB" w:rsidP="000D4EDE">
+    <w:p w14:paraId="0505A2B1" w14:textId="77777777" w:rsidR="009A1DE9" w:rsidRPr="000D4EDE" w:rsidRDefault="009A1DE9" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5847BE11" w14:textId="77777777" w:rsidR="002514BB" w:rsidRPr="000D4EDE" w:rsidRDefault="002514BB" w:rsidP="000D4EDE">
+    <w:p w14:paraId="40B6042F" w14:textId="77777777" w:rsidR="009A1DE9" w:rsidRPr="000D4EDE" w:rsidRDefault="009A1DE9" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
@@ -6188,129 +6154,117 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="649215EA" w14:textId="07072ABF" w:rsidR="00681892" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF3964">
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:fldSimple w:instr=" DOCPROPERTY  Objective-Id  \* MERGEFORMAT ">
       <w:r w:rsidR="009C33B4">
         <w:t>A1108846</w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="00BF3964" w:rsidRPr="00BF3964">
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:fldSimple w:instr=" DOCPROPERTY  Objective-Version  \* MERGEFORMAT ">
       <w:r w:rsidR="00705F10">
         <w:t>1.0</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
-  <w:p w14:paraId="535F9BF5" w14:textId="4B85DB2F" w:rsidR="007860F1" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
+  <w:p w14:paraId="535F9BF5" w14:textId="62382DFD" w:rsidR="007860F1" w:rsidRPr="00BF3964" w:rsidRDefault="007E7AA0" w:rsidP="00BF3964">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00BF3964">
       <w:t>Last Updated</w:t>
     </w:r>
     <w:r w:rsidR="001F587D">
-      <w:t xml:space="preserve">    </w:t>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="003617F8">
+      <w:t>28</w:t>
     </w:r>
     <w:r w:rsidR="001F587D">
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="001F587D">
-      <w:instrText xml:space="preserve"> SAVEDATE  \@ "d MMMM yyyy"  \* MERGEFORMAT </w:instrText>
+    <w:r w:rsidR="00905096">
+      <w:t>Ja</w:t>
     </w:r>
-    <w:r w:rsidR="001F587D">
-[...2 lines deleted...]
-    <w:r w:rsidR="00827C96">
+    <w:r w:rsidR="00905096">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>5 December 2024</w:t>
-[...2 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <w:t>nuary 2026</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="15EED9B4" w14:textId="7B057B12" w:rsidR="00681892" w:rsidRPr="00681892" w:rsidRDefault="008125F8" w:rsidP="00681892">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00681892">
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="30165789"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="009B0053">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="006A2303" w:rsidRPr="00681892">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="007E7AA0">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="001D121E">
@@ -6325,91 +6279,71 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009B0053">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="001D121E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="799E432F" w14:textId="77777777" w:rsidR="002514BB" w:rsidRPr="000D4EDE" w:rsidRDefault="002514BB" w:rsidP="000D4EDE">
+    <w:p w14:paraId="1D760FD7" w14:textId="77777777" w:rsidR="009A1DE9" w:rsidRPr="000D4EDE" w:rsidRDefault="009A1DE9" w:rsidP="000D4EDE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A93285F" w14:textId="77777777" w:rsidR="002514BB" w:rsidRPr="000D4EDE" w:rsidRDefault="002514BB" w:rsidP="000D4EDE">
+    <w:p w14:paraId="25E0F4D7" w14:textId="77777777" w:rsidR="009A1DE9" w:rsidRPr="000D4EDE" w:rsidRDefault="009A1DE9" w:rsidP="000D4EDE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="5FEA8395" w14:textId="18158FBE" w:rsidR="00391FA8" w:rsidRDefault="006B77DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0E382652" wp14:editId="169869C6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="MSIPCM92b34cb2bbb2ff30c5e50ada" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6605,62 +6539,52 @@
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00391FA8">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="279CD018"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0AFA894E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -8367,51 +8291,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="956713538">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1986811164">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1142843823">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="532117385">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="490216777">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="430665200">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8457,50 +8381,51 @@
     <w:rsid w:val="000B04C5"/>
     <w:rsid w:val="000B070F"/>
     <w:rsid w:val="000B63CA"/>
     <w:rsid w:val="000B752A"/>
     <w:rsid w:val="000C14D9"/>
     <w:rsid w:val="000C15C7"/>
     <w:rsid w:val="000C2672"/>
     <w:rsid w:val="000D056E"/>
     <w:rsid w:val="000D2FBA"/>
     <w:rsid w:val="000D4EDE"/>
     <w:rsid w:val="000E2460"/>
     <w:rsid w:val="000E43AC"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F703E"/>
     <w:rsid w:val="0010508D"/>
     <w:rsid w:val="001066AD"/>
     <w:rsid w:val="00111D3F"/>
     <w:rsid w:val="0011440F"/>
     <w:rsid w:val="00123576"/>
     <w:rsid w:val="00124B21"/>
     <w:rsid w:val="001327B8"/>
     <w:rsid w:val="0013471B"/>
     <w:rsid w:val="001352D4"/>
     <w:rsid w:val="001360D0"/>
     <w:rsid w:val="00146615"/>
+    <w:rsid w:val="001527C8"/>
     <w:rsid w:val="00157C98"/>
     <w:rsid w:val="001653B6"/>
     <w:rsid w:val="00170662"/>
     <w:rsid w:val="00174B0F"/>
     <w:rsid w:val="0018235E"/>
     <w:rsid w:val="00187022"/>
     <w:rsid w:val="001877BC"/>
     <w:rsid w:val="001A664F"/>
     <w:rsid w:val="001B2DB7"/>
     <w:rsid w:val="001B3383"/>
     <w:rsid w:val="001B3FFD"/>
     <w:rsid w:val="001C1E92"/>
     <w:rsid w:val="001D0C02"/>
     <w:rsid w:val="001D121E"/>
     <w:rsid w:val="001D1378"/>
     <w:rsid w:val="001E0F51"/>
     <w:rsid w:val="001E55BF"/>
     <w:rsid w:val="001F3D0E"/>
     <w:rsid w:val="001F4BF9"/>
     <w:rsid w:val="001F587D"/>
     <w:rsid w:val="001F5B95"/>
     <w:rsid w:val="001F6E1A"/>
     <w:rsid w:val="001F7277"/>
     <w:rsid w:val="001F780A"/>
     <w:rsid w:val="001F7917"/>
@@ -8542,74 +8467,78 @@
     <w:rsid w:val="002C66D1"/>
     <w:rsid w:val="002C7065"/>
     <w:rsid w:val="002C7F4A"/>
     <w:rsid w:val="002D07F9"/>
     <w:rsid w:val="002D2804"/>
     <w:rsid w:val="002D4B6C"/>
     <w:rsid w:val="002D5274"/>
     <w:rsid w:val="002F0892"/>
     <w:rsid w:val="002F0C2C"/>
     <w:rsid w:val="002F1B3D"/>
     <w:rsid w:val="002F28B2"/>
     <w:rsid w:val="00300655"/>
     <w:rsid w:val="00303D18"/>
     <w:rsid w:val="00307ADD"/>
     <w:rsid w:val="00312A66"/>
     <w:rsid w:val="003130CA"/>
     <w:rsid w:val="003175B0"/>
     <w:rsid w:val="00322B20"/>
     <w:rsid w:val="00327DC7"/>
     <w:rsid w:val="003305B8"/>
     <w:rsid w:val="00333AE4"/>
     <w:rsid w:val="00344F75"/>
     <w:rsid w:val="003451CF"/>
     <w:rsid w:val="00347488"/>
     <w:rsid w:val="003517AE"/>
+    <w:rsid w:val="003617F8"/>
     <w:rsid w:val="00362E41"/>
     <w:rsid w:val="003633D1"/>
     <w:rsid w:val="00371F54"/>
     <w:rsid w:val="00374727"/>
     <w:rsid w:val="003768F5"/>
     <w:rsid w:val="0037770C"/>
     <w:rsid w:val="00377C8B"/>
     <w:rsid w:val="0038268A"/>
     <w:rsid w:val="00383A95"/>
     <w:rsid w:val="00385CA0"/>
     <w:rsid w:val="00391FA8"/>
+    <w:rsid w:val="00394379"/>
     <w:rsid w:val="003A23DC"/>
     <w:rsid w:val="003A2733"/>
     <w:rsid w:val="003A3021"/>
     <w:rsid w:val="003A627E"/>
     <w:rsid w:val="003A79EE"/>
     <w:rsid w:val="003B3395"/>
     <w:rsid w:val="003B48C3"/>
     <w:rsid w:val="003B6E16"/>
     <w:rsid w:val="003C180A"/>
     <w:rsid w:val="003C1E25"/>
+    <w:rsid w:val="003C35F5"/>
     <w:rsid w:val="003C6A4E"/>
     <w:rsid w:val="003D1294"/>
     <w:rsid w:val="003D160A"/>
+    <w:rsid w:val="003D2107"/>
     <w:rsid w:val="003D27CB"/>
     <w:rsid w:val="003D329D"/>
     <w:rsid w:val="003E0E91"/>
     <w:rsid w:val="003E323E"/>
     <w:rsid w:val="003E6BF6"/>
     <w:rsid w:val="003F0F0D"/>
     <w:rsid w:val="003F4B55"/>
     <w:rsid w:val="0040141C"/>
     <w:rsid w:val="0040173E"/>
     <w:rsid w:val="00401BCE"/>
     <w:rsid w:val="00411E5A"/>
     <w:rsid w:val="00422C8C"/>
     <w:rsid w:val="00422E21"/>
     <w:rsid w:val="00432496"/>
     <w:rsid w:val="00435339"/>
     <w:rsid w:val="0044447D"/>
     <w:rsid w:val="00450F21"/>
     <w:rsid w:val="00461869"/>
     <w:rsid w:val="0046283D"/>
     <w:rsid w:val="00463FA8"/>
     <w:rsid w:val="00465BAA"/>
     <w:rsid w:val="00467BFA"/>
     <w:rsid w:val="00472CBC"/>
     <w:rsid w:val="0047571D"/>
     <w:rsid w:val="00481C26"/>
@@ -8628,72 +8557,74 @@
     <w:rsid w:val="004C1106"/>
     <w:rsid w:val="004C1634"/>
     <w:rsid w:val="004C1E01"/>
     <w:rsid w:val="004C307A"/>
     <w:rsid w:val="004C6D4B"/>
     <w:rsid w:val="004D2ACE"/>
     <w:rsid w:val="004E2269"/>
     <w:rsid w:val="004E61FE"/>
     <w:rsid w:val="004F3339"/>
     <w:rsid w:val="004F72A2"/>
     <w:rsid w:val="00500FC7"/>
     <w:rsid w:val="005026D4"/>
     <w:rsid w:val="00503241"/>
     <w:rsid w:val="00503A51"/>
     <w:rsid w:val="0051007F"/>
     <w:rsid w:val="00512309"/>
     <w:rsid w:val="00515547"/>
     <w:rsid w:val="00521D3D"/>
     <w:rsid w:val="005231B7"/>
     <w:rsid w:val="00535DFC"/>
     <w:rsid w:val="00541448"/>
     <w:rsid w:val="00542522"/>
     <w:rsid w:val="0054526E"/>
     <w:rsid w:val="005476B5"/>
     <w:rsid w:val="005602DA"/>
+    <w:rsid w:val="00570B59"/>
     <w:rsid w:val="00573327"/>
     <w:rsid w:val="0057475B"/>
     <w:rsid w:val="0058169A"/>
     <w:rsid w:val="005816CD"/>
     <w:rsid w:val="005969D7"/>
     <w:rsid w:val="005A2893"/>
     <w:rsid w:val="005A3F63"/>
     <w:rsid w:val="005A59D0"/>
     <w:rsid w:val="005A7118"/>
     <w:rsid w:val="005A7D28"/>
     <w:rsid w:val="005B073E"/>
     <w:rsid w:val="005B227F"/>
     <w:rsid w:val="005B31F4"/>
     <w:rsid w:val="005B7801"/>
     <w:rsid w:val="005C38C6"/>
     <w:rsid w:val="005C5891"/>
     <w:rsid w:val="005D5FAE"/>
     <w:rsid w:val="005E0426"/>
     <w:rsid w:val="005E07D0"/>
     <w:rsid w:val="005E12A2"/>
     <w:rsid w:val="005E4DF9"/>
     <w:rsid w:val="005F29B7"/>
+    <w:rsid w:val="006006EC"/>
     <w:rsid w:val="0060225B"/>
     <w:rsid w:val="00606EB5"/>
     <w:rsid w:val="00617FDA"/>
     <w:rsid w:val="0062116F"/>
     <w:rsid w:val="00621260"/>
     <w:rsid w:val="00626087"/>
     <w:rsid w:val="00626616"/>
     <w:rsid w:val="0062687E"/>
     <w:rsid w:val="00627842"/>
     <w:rsid w:val="006309FA"/>
     <w:rsid w:val="00634E4C"/>
     <w:rsid w:val="00636B8B"/>
     <w:rsid w:val="0063717E"/>
     <w:rsid w:val="00637D1C"/>
     <w:rsid w:val="00640314"/>
     <w:rsid w:val="006427FE"/>
     <w:rsid w:val="006506C1"/>
     <w:rsid w:val="0065747A"/>
     <w:rsid w:val="00665C97"/>
     <w:rsid w:val="0066674D"/>
     <w:rsid w:val="00666A78"/>
     <w:rsid w:val="006761AE"/>
     <w:rsid w:val="00676C12"/>
     <w:rsid w:val="00681892"/>
     <w:rsid w:val="00692351"/>
@@ -8769,209 +8700,221 @@
     <w:rsid w:val="007F379E"/>
     <w:rsid w:val="007F3BE4"/>
     <w:rsid w:val="007F3C1B"/>
     <w:rsid w:val="007F471C"/>
     <w:rsid w:val="007F5E4B"/>
     <w:rsid w:val="00800C90"/>
     <w:rsid w:val="00805741"/>
     <w:rsid w:val="008125F8"/>
     <w:rsid w:val="00823002"/>
     <w:rsid w:val="00827C96"/>
     <w:rsid w:val="00837F8A"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844B1D"/>
     <w:rsid w:val="00844F5C"/>
     <w:rsid w:val="00845843"/>
     <w:rsid w:val="00846D34"/>
     <w:rsid w:val="0085430C"/>
     <w:rsid w:val="00854447"/>
     <w:rsid w:val="008637EC"/>
     <w:rsid w:val="00870BC6"/>
     <w:rsid w:val="0088036D"/>
     <w:rsid w:val="00881155"/>
     <w:rsid w:val="00882892"/>
     <w:rsid w:val="00885A14"/>
     <w:rsid w:val="0088689B"/>
+    <w:rsid w:val="00887369"/>
     <w:rsid w:val="00890FA0"/>
     <w:rsid w:val="008947BF"/>
     <w:rsid w:val="00895C87"/>
     <w:rsid w:val="00897823"/>
     <w:rsid w:val="008A214D"/>
     <w:rsid w:val="008A30B5"/>
     <w:rsid w:val="008A4CA5"/>
     <w:rsid w:val="008A5B5C"/>
     <w:rsid w:val="008A72D2"/>
     <w:rsid w:val="008A74A3"/>
     <w:rsid w:val="008B6868"/>
     <w:rsid w:val="008B6D24"/>
     <w:rsid w:val="008C604F"/>
     <w:rsid w:val="008C6A43"/>
     <w:rsid w:val="008C715C"/>
     <w:rsid w:val="008D080C"/>
     <w:rsid w:val="008D6437"/>
     <w:rsid w:val="008D6EDF"/>
     <w:rsid w:val="008E223D"/>
     <w:rsid w:val="008E3EF5"/>
     <w:rsid w:val="008F19E6"/>
     <w:rsid w:val="008F33B5"/>
     <w:rsid w:val="008F49B3"/>
+    <w:rsid w:val="00905096"/>
     <w:rsid w:val="00906799"/>
     <w:rsid w:val="0090758E"/>
     <w:rsid w:val="00915194"/>
     <w:rsid w:val="00921666"/>
     <w:rsid w:val="00922193"/>
     <w:rsid w:val="00922F04"/>
     <w:rsid w:val="00924152"/>
+    <w:rsid w:val="00924D71"/>
     <w:rsid w:val="0093194D"/>
     <w:rsid w:val="00934C3F"/>
     <w:rsid w:val="009374A8"/>
     <w:rsid w:val="009417AE"/>
     <w:rsid w:val="00945B3F"/>
     <w:rsid w:val="00950DCB"/>
     <w:rsid w:val="009523BE"/>
     <w:rsid w:val="00952D4C"/>
     <w:rsid w:val="00960246"/>
     <w:rsid w:val="00966D26"/>
     <w:rsid w:val="009720E1"/>
     <w:rsid w:val="00974F0E"/>
     <w:rsid w:val="00975CD7"/>
     <w:rsid w:val="00985E70"/>
     <w:rsid w:val="00995330"/>
     <w:rsid w:val="00996F42"/>
     <w:rsid w:val="009979F4"/>
+    <w:rsid w:val="009A1DE9"/>
     <w:rsid w:val="009A45B2"/>
     <w:rsid w:val="009A5585"/>
     <w:rsid w:val="009A59D5"/>
     <w:rsid w:val="009B0053"/>
     <w:rsid w:val="009C2705"/>
     <w:rsid w:val="009C33B4"/>
     <w:rsid w:val="009C4ABD"/>
     <w:rsid w:val="009C5FDF"/>
     <w:rsid w:val="009D2DDD"/>
     <w:rsid w:val="009D31C5"/>
     <w:rsid w:val="009E35AE"/>
     <w:rsid w:val="009F22A4"/>
     <w:rsid w:val="009F2951"/>
     <w:rsid w:val="00A0212F"/>
     <w:rsid w:val="00A0578A"/>
     <w:rsid w:val="00A10DA6"/>
+    <w:rsid w:val="00A11279"/>
     <w:rsid w:val="00A12399"/>
     <w:rsid w:val="00A151E9"/>
     <w:rsid w:val="00A15C06"/>
     <w:rsid w:val="00A15DBB"/>
     <w:rsid w:val="00A259F2"/>
     <w:rsid w:val="00A33802"/>
     <w:rsid w:val="00A3713C"/>
     <w:rsid w:val="00A37162"/>
     <w:rsid w:val="00A37E51"/>
     <w:rsid w:val="00A42F15"/>
     <w:rsid w:val="00A51A9D"/>
     <w:rsid w:val="00A51EB6"/>
     <w:rsid w:val="00A53690"/>
     <w:rsid w:val="00A55EA2"/>
     <w:rsid w:val="00A570FD"/>
     <w:rsid w:val="00A6240B"/>
     <w:rsid w:val="00A62D31"/>
     <w:rsid w:val="00A63380"/>
+    <w:rsid w:val="00A73B8C"/>
     <w:rsid w:val="00A811F1"/>
     <w:rsid w:val="00A865C7"/>
     <w:rsid w:val="00A9030C"/>
     <w:rsid w:val="00A97E3B"/>
     <w:rsid w:val="00AA20A1"/>
     <w:rsid w:val="00AA41F2"/>
     <w:rsid w:val="00AB039E"/>
     <w:rsid w:val="00AB4206"/>
     <w:rsid w:val="00AC194A"/>
     <w:rsid w:val="00AC1E9A"/>
     <w:rsid w:val="00AC2060"/>
     <w:rsid w:val="00AC6C84"/>
     <w:rsid w:val="00AC7E54"/>
     <w:rsid w:val="00AD2A53"/>
     <w:rsid w:val="00AE6A4E"/>
     <w:rsid w:val="00AE7B98"/>
     <w:rsid w:val="00AF129F"/>
+    <w:rsid w:val="00AF7247"/>
     <w:rsid w:val="00B06244"/>
     <w:rsid w:val="00B06EC3"/>
     <w:rsid w:val="00B105FF"/>
     <w:rsid w:val="00B12DC9"/>
     <w:rsid w:val="00B13F84"/>
     <w:rsid w:val="00B14604"/>
     <w:rsid w:val="00B15ABA"/>
     <w:rsid w:val="00B202F6"/>
     <w:rsid w:val="00B21076"/>
     <w:rsid w:val="00B2236F"/>
     <w:rsid w:val="00B22ABA"/>
     <w:rsid w:val="00B23284"/>
     <w:rsid w:val="00B2649B"/>
+    <w:rsid w:val="00B27C7E"/>
     <w:rsid w:val="00B34339"/>
     <w:rsid w:val="00B34C9E"/>
     <w:rsid w:val="00B42B2F"/>
     <w:rsid w:val="00B44900"/>
     <w:rsid w:val="00B45553"/>
     <w:rsid w:val="00B472E1"/>
     <w:rsid w:val="00B52821"/>
     <w:rsid w:val="00B5679A"/>
     <w:rsid w:val="00B569A2"/>
     <w:rsid w:val="00B61D9C"/>
     <w:rsid w:val="00B63F04"/>
     <w:rsid w:val="00B71170"/>
     <w:rsid w:val="00B71723"/>
     <w:rsid w:val="00B72606"/>
     <w:rsid w:val="00B73BDF"/>
     <w:rsid w:val="00B80BCE"/>
     <w:rsid w:val="00B81524"/>
     <w:rsid w:val="00B81740"/>
     <w:rsid w:val="00B81DE1"/>
     <w:rsid w:val="00B82670"/>
     <w:rsid w:val="00B84635"/>
     <w:rsid w:val="00B85D7B"/>
     <w:rsid w:val="00B900EA"/>
     <w:rsid w:val="00B91069"/>
     <w:rsid w:val="00B92842"/>
     <w:rsid w:val="00BA2713"/>
     <w:rsid w:val="00BA2941"/>
     <w:rsid w:val="00BA4C61"/>
     <w:rsid w:val="00BA53BB"/>
     <w:rsid w:val="00BA5769"/>
     <w:rsid w:val="00BA627A"/>
+    <w:rsid w:val="00BB1250"/>
     <w:rsid w:val="00BB22FA"/>
     <w:rsid w:val="00BB2623"/>
     <w:rsid w:val="00BD12A1"/>
     <w:rsid w:val="00BD1B6E"/>
+    <w:rsid w:val="00BD3BB9"/>
     <w:rsid w:val="00BD7B83"/>
     <w:rsid w:val="00BE033E"/>
     <w:rsid w:val="00BE3EA9"/>
     <w:rsid w:val="00BE697D"/>
     <w:rsid w:val="00BF17C6"/>
     <w:rsid w:val="00BF3964"/>
     <w:rsid w:val="00BF4E46"/>
     <w:rsid w:val="00C00FDA"/>
     <w:rsid w:val="00C02EB9"/>
     <w:rsid w:val="00C04E4B"/>
     <w:rsid w:val="00C05687"/>
+    <w:rsid w:val="00C05EBA"/>
     <w:rsid w:val="00C11B56"/>
     <w:rsid w:val="00C16045"/>
+    <w:rsid w:val="00C16C97"/>
     <w:rsid w:val="00C21E27"/>
     <w:rsid w:val="00C25E54"/>
     <w:rsid w:val="00C33AF6"/>
     <w:rsid w:val="00C3521C"/>
     <w:rsid w:val="00C371C4"/>
     <w:rsid w:val="00C4721D"/>
     <w:rsid w:val="00C503C5"/>
     <w:rsid w:val="00C55E92"/>
     <w:rsid w:val="00C56426"/>
     <w:rsid w:val="00C62BF5"/>
     <w:rsid w:val="00C636DA"/>
     <w:rsid w:val="00C658A2"/>
     <w:rsid w:val="00C66ED9"/>
     <w:rsid w:val="00C67E22"/>
     <w:rsid w:val="00C72271"/>
     <w:rsid w:val="00C73D32"/>
     <w:rsid w:val="00C770AD"/>
     <w:rsid w:val="00C81356"/>
     <w:rsid w:val="00C8329B"/>
     <w:rsid w:val="00C87DA0"/>
     <w:rsid w:val="00CA49EB"/>
     <w:rsid w:val="00CA6FF9"/>
     <w:rsid w:val="00CB3B8B"/>
     <w:rsid w:val="00CB4238"/>
     <w:rsid w:val="00CB5938"/>
@@ -9043,117 +8986,119 @@
     <w:rsid w:val="00E64743"/>
     <w:rsid w:val="00E7257D"/>
     <w:rsid w:val="00E728CB"/>
     <w:rsid w:val="00E7336F"/>
     <w:rsid w:val="00E7485C"/>
     <w:rsid w:val="00E76262"/>
     <w:rsid w:val="00E84A6B"/>
     <w:rsid w:val="00E92385"/>
     <w:rsid w:val="00E9303A"/>
     <w:rsid w:val="00E96DEA"/>
     <w:rsid w:val="00EA1585"/>
     <w:rsid w:val="00EA3538"/>
     <w:rsid w:val="00EA48AE"/>
     <w:rsid w:val="00EB09E2"/>
     <w:rsid w:val="00EB74A5"/>
     <w:rsid w:val="00EC133B"/>
     <w:rsid w:val="00EC1F55"/>
     <w:rsid w:val="00EC3D9A"/>
     <w:rsid w:val="00EC6E5F"/>
     <w:rsid w:val="00ED60C2"/>
     <w:rsid w:val="00ED7B43"/>
     <w:rsid w:val="00EE0126"/>
     <w:rsid w:val="00EF2A15"/>
     <w:rsid w:val="00EF5BFD"/>
     <w:rsid w:val="00F01C6F"/>
+    <w:rsid w:val="00F0658A"/>
     <w:rsid w:val="00F06EE2"/>
     <w:rsid w:val="00F074DC"/>
     <w:rsid w:val="00F24F8F"/>
     <w:rsid w:val="00F25139"/>
     <w:rsid w:val="00F307E0"/>
     <w:rsid w:val="00F31D9D"/>
     <w:rsid w:val="00F32B88"/>
     <w:rsid w:val="00F34D63"/>
     <w:rsid w:val="00F35057"/>
     <w:rsid w:val="00F41297"/>
     <w:rsid w:val="00F4360E"/>
     <w:rsid w:val="00F50DF9"/>
     <w:rsid w:val="00F53F24"/>
     <w:rsid w:val="00F57F7A"/>
     <w:rsid w:val="00F62D33"/>
     <w:rsid w:val="00F6570B"/>
     <w:rsid w:val="00F65F6C"/>
     <w:rsid w:val="00F67615"/>
+    <w:rsid w:val="00F73EAC"/>
     <w:rsid w:val="00F76C98"/>
     <w:rsid w:val="00F804CD"/>
     <w:rsid w:val="00F80750"/>
     <w:rsid w:val="00F85F59"/>
     <w:rsid w:val="00F86717"/>
     <w:rsid w:val="00F86DD4"/>
     <w:rsid w:val="00F86F25"/>
     <w:rsid w:val="00F96804"/>
     <w:rsid w:val="00FA3CEC"/>
     <w:rsid w:val="00FB36E6"/>
     <w:rsid w:val="00FB4CF2"/>
     <w:rsid w:val="00FC4845"/>
     <w:rsid w:val="00FC6B03"/>
     <w:rsid w:val="00FD06D5"/>
     <w:rsid w:val="00FD34E9"/>
     <w:rsid w:val="00FE419E"/>
     <w:rsid w:val="00FF2484"/>
     <w:rsid w:val="00FF7DFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2BE3F9C9"/>
   <w15:docId w15:val="{B8E7E7BD-64BC-4284-B505-FBFCBEA6ED36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Roboto Light" w:cstheme="minorBidi"/>
         <w:color w:val="000000"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12300,61 +12245,59 @@
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00F80750"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F80750"/>
     <w:rPr>
@@ -25297,55 +25240,65 @@
       <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2Medium">
     <w:name w:val="Heading 2 Medium"/>
     <w:basedOn w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F22A4"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00921666"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D2107"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="95904478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="129172158">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25562,51 +25515,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1916475910">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askSACE@sa.gov.au?subject=Online%20Orals%202022%20-%20In-depth%20study" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\hilla02\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\HH0CCY0Y\Sace%20Report%20Template%20V1.9%20(002).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="SACE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF6319"/>
       </a:accent1>
@@ -25815,149 +25768,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
-[...81 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="533eb62f25be8e4da9f4ec5eee7cd4eb" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
     <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
     <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -26128,123 +25998,207 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A1108846</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">2022 Procedure for Oral Examinations conducted in ZOOM</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2022-09-14T14:48:36Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0"/>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2023-09-15T06:04:31Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">Chris Smith</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">Objective Global Folder:Quality Assurance Cycle:Stage 2 - 3. Confirming:Examinations (Oral):Examinations (Oral) 2022:Oral Procedures</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">Oral Procedures</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Being Drafted</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA1923342</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">2.1</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">4</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0"/>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">qA19186</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0"/>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0"/>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
+      <field name="Objective-Security Classification">
+        <value order="0">OFFICIAL</value>
+      </field>
+      <field name="Objective-Connect Creator">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F7605D9-F59B-412F-AD29-6EBB0A4D2D9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3A8772A-D2DA-487C-9678-73015F9A5299}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E05DC03-5528-4A1A-9EE5-BE8CB4A14B7C}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D62252A2-2E4F-4BFA-B2CC-0E49D2052034}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...19 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFBFF7F9-524B-408E-BA32-B70AC2F17C2F}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Sace Report Template V1.9 (002).dotx</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1960</Words>
-  <Characters>11177</Characters>
+  <Words>1937</Words>
+  <Characters>11042</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13111</CharactersWithSpaces>
+  <CharactersWithSpaces>12954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>April Hill</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KeepMarginsTheSame">
     <vt:bool>true</vt:bool>