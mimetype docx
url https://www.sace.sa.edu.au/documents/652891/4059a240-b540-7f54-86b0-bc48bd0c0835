--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,3739 +1,3670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="139D3117" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B5210B" w14:textId="39C0750D" w:rsidR="009D40C9" w:rsidRDefault="0080529D">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7321"/>
           <w:tab w:val="left" w:pos="9540"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:eastAsia="SimSun" w:hAnsi="Helv" w:cs="Times New Roman"/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">EXAMPLE </w:t>
+      </w:r>
+      <w:r w:rsidR="00377B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:eastAsia="SimSun" w:hAnsi="Helv" w:cs="Times New Roman"/>
+          <w:caps/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>SCHOOL-DEVELOPED LEARNING AND ASSESSMENT PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3118" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B5210C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Stage 1 Digital Technologies</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="816"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2836"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D311D" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52111" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3119" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5210D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4679" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D311A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5210E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9540"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D311B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5210F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Teacher(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D311C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52110" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9540"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3120" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52114" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D311E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52112" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other schools using this plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D311F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52113" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="9540"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D3121" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B52115" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9646" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="628"/>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="405"/>
         <w:gridCol w:w="1459"/>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="1044"/>
         <w:gridCol w:w="499"/>
         <w:gridCol w:w="500"/>
         <w:gridCol w:w="501"/>
         <w:gridCol w:w="1252"/>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="1253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D312A" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B5211E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3122" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52116" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SACE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3123" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52117" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>School Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3124" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52118" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3125" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52119" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3126" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5211A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3127" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5211B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Enrolment Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3128" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5211C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3129" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5211D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Program Variant Code (A–W)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3134" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52128" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D312B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5211F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D312C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52120" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D312D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52121" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D312E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52122" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D312F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52123" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3130" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52124" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Subject Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3131" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52125" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">No. of </w:t>
-[...6 lines deleted...]
-              <w:t>Credits (10 or 20)</w:t>
+              <w:t>No. of Credits (10 or 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3132" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52126" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3133" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52127" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3142" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52136" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3135" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52129" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3136" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5212A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3137" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5212B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3138" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5212C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3139" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5212D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D313A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5212E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D313B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5212F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D313C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52130" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D313D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52131" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D313E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52132" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D313F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52133" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3140" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52134" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3141" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52135" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D3143" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B52137" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="LAPBodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3935"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3148" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B5213C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3935" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3144" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52138" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Endorsed by principal or delegate (signature)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3145" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52139" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="3448"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3146" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5213A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3147" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5213B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="1168"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D3149" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B5213D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3160" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52154" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2009"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D314A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5213E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D314B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5213F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School use only</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D314C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52140" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="17055" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="10" w:type="dxa"/>
                 <w:right w:w="10" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="237"/>
               <w:gridCol w:w="1474"/>
               <w:gridCol w:w="1475"/>
               <w:gridCol w:w="638"/>
               <w:gridCol w:w="3938"/>
               <w:gridCol w:w="565"/>
               <w:gridCol w:w="1546"/>
               <w:gridCol w:w="683"/>
               <w:gridCol w:w="2513"/>
               <w:gridCol w:w="2511"/>
               <w:gridCol w:w="1475"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00165992" w14:paraId="139D3157" w14:textId="77777777">
-[...5 lines deleted...]
-              </w:tblPrEx>
+            <w:tr w:rsidR="009D40C9" w14:paraId="12B5214B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="523"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="237" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D314D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52141" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1474" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D314E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52142" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1475" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D314F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+                <w:p w14:paraId="12B52143" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Approved</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="638" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D3150" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52144" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3938" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D3151" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+                <w:p w14:paraId="12B52145" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Not approved</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="565" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D3152" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52146" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2229" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D3153" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52147" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2513" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D3154" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52148" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2511" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D3155" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52149" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1475" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D3156" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B5214A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00165992" w14:paraId="139D315D" w14:textId="77777777">
-[...5 lines deleted...]
-              </w:tblPrEx>
+            <w:tr w:rsidR="009D40C9" w14:paraId="12B52151" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="321"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9873" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="139D3158" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+                <w:p w14:paraId="12B5214C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1802"/>
                       <w:tab w:val="left" w:pos="6189"/>
                       <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
                     </w:tabs>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>__________________________________________________________</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:tab/>
                     <w:t>_______________________________</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="683" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D3159" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B5214D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2513" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D315A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B5214E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2511" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D315B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B5214F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1475" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="139D315C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+                <w:p w14:paraId="12B52150" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="139D315E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52152" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1168"/>
                 <w:tab w:val="left" w:pos="7263"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:ind w:right="318"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>Signature of principal or delegate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D315F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52153" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5832"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D3161" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B52155" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139D3162" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52156" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="60" w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Addendum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3163" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52157" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> use this section for any changes made after the learning and assessment plan has been </w:t>
-[...7 lines deleted...]
-        <w:t>approved.</w:t>
+        <w:t xml:space="preserve"> use this section for any changes made after the learning and assessment plan has been approved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3164" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B52158" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139D3165" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52159" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="120" w:after="60"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Changes made to the learning and assessment plan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10065"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3176" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B5216A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3166" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5215A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Describe any changes made to the learning and assessment plan to support students to be successful in meeting the requirements of the subject. In your description, please explain:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3167" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5215B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>what changes have been made to the plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3168" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5215C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the rationale for making the changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3169" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5215D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>whether these changes have been made for all students, or individuals within the student group.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D316A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5215E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D316B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5215F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D316C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52160" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D316D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52161" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D316E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52162" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D316F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52163" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3170" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52164" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3171" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52165" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3172" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52166" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3173" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52167" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3174" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52168" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3175" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52169" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D3177" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B5216B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="120" w:after="60"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Endorsement of changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3178" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B5216C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">The changes made to the learning and assessment plan </w:t>
-[...7 lines deleted...]
-        <w:t>support student achievement of the performance standards and retain alignment with the subject outline.</w:t>
+        <w:t>The changes made to the learning and assessment plan support student achievement of the performance standards and retain alignment with the subject outline.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="4252"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D317D" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52171" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3179" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5216D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signature of principal or delegate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D317A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5216E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="3448"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D317B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5216F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="139D317C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52170" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="underscore" w:pos="1168"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                 <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D317E" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52172" w14:textId="77777777" w:rsidR="00377B75" w:rsidRDefault="00377B75">
       <w:pPr>
-        <w:sectPr w:rsidR="00000000">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+        <w:sectPr w:rsidR="00377B75">
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="851" w:bottom="680" w:left="851" w:header="340" w:footer="340" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139D317F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52173" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="LAPHeading"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Stage 1 Digital Technologies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3180" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52174" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="LAPHeading"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Assessment Overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3181" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B52175" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Complete the table below to show details of the </w:t>
-[...8 lines deleted...]
-        <w:t>planned tasks. Use numbers to show where students will have the opportunity to provide evidence for each of the specific features for all assessment design criteria.</w:t>
+        <w:t>Complete the table below to show details of the planned tasks. Use numbers to show where students will have the opportunity to provide evidence for each of the specific features for all assessment design criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139D3182" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B52176" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14820" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="5654"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="4652"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00165992" w14:paraId="139D3188" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B5217C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="345"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3183" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52177" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type and Weighting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3184" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52178" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ACLAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Details of assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3185" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52179" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ACLAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Assessment Design Criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3186" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5217A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ACLAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Assessment conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3187" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5217B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ACLAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>(e.g. task type, word length, time allocated, supervision)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D318F" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52183" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="345"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3189" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5217D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D318A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5217E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D318B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5217F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D318C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52180" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D318D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52181" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D318E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B52182" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D31A5" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B52199" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3190" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52184" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type 1:  Project Skills</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3191" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52185" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3192" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B52186" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D3193" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52187" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weighting  70</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D3194" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52188" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Algorithms in Java.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3195" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52189" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students complete a collection of hardcopy algorithm design solutions as part of a </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="139D3196" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+              <w:t>Students complete a collection of hardcopy algorithm design solutions as part of a progressive learning unit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B5218A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>They independently develop solutions to common problems requiring a discrete algorithm solution using language features of IO, variables, control flow, functions, classes and lists.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D3197" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5218B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>They collate their best work and create a multimodal presentation, explaining their coding solution, the computational thinking behind it, and how they tested their solutions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3198" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5218C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT1, CT2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D3199" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5218D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D319A" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B5218E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D319B" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5218F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>5 Minute multimodal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D319C" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B52192" w14:textId="5C31C896" w:rsidR="009D40C9" w:rsidRDefault="00B31CC3" w:rsidP="001B49C1">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">AI use is assumed for all out of class learning and development of tasks - </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="139D319D" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:t>tudents are given practise and guidance in</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> specific</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> subject</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-re</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA693F">
+              <w:t>la</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ted</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> uses of AI which supports learning.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA693F">
+              <w:t xml:space="preserve"> This</w:t>
+            </w:r>
+            <w:r w:rsidR="002411F1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
+              <w:t>AI use is assumed for out</w:t>
+            </w:r>
+            <w:r w:rsidR="00320C72">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidR="00320C72">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
+              <w:t>class and</w:t>
+            </w:r>
+            <w:r w:rsidR="001B49A6">
+              <w:t xml:space="preserve"> at-home</w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00884888">
+              <w:t>learning</w:t>
+            </w:r>
+            <w:r w:rsidR="002411F1">
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="006D3A8D">
+              <w:t xml:space="preserve">for other uses the student must </w:t>
+            </w:r>
+            <w:r w:rsidR="00884888">
+              <w:t>discuss</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3A8D">
+              <w:t xml:space="preserve"> first with the teacher.</w:t>
+            </w:r>
+            <w:r w:rsidR="00320C72">
+              <w:t xml:space="preserve"> AI use is not permitted in live development phases.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB0C214" w14:textId="77777777" w:rsidR="001B49C1" w:rsidRDefault="001B49C1" w:rsidP="001B49C1">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="68198F57" w14:textId="024DBF73" w:rsidR="001B49C1" w:rsidRDefault="0027189B">
+            <w:pPr>
+              <w:pStyle w:val="SOTableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t>As part of the development of the multimodal presentation,</w:t>
+            </w:r>
+            <w:r w:rsidR="00F846CC">
+              <w:t xml:space="preserve"> students are to prepare a screenshot storyboard of their</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F846CC">
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4315A">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F846CC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4315A">
+              <w:t>They will then</w:t>
+            </w:r>
+            <w:r w:rsidR="00F846CC">
+              <w:t xml:space="preserve"> then attend a</w:t>
+            </w:r>
+            <w:r w:rsidR="00684E59">
+              <w:t>n in-class</w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00377B75">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>live development</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="139D319E" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+            <w:r w:rsidR="00377B75">
+              <w:t xml:space="preserve"> of their presentation script</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE70C4">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4315A">
+              <w:t>which is</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE70C4">
+              <w:t xml:space="preserve"> scheduled one week prior to the final submission.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CACA219" w14:textId="77777777" w:rsidR="001B49C1" w:rsidRDefault="001B49C1">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="139D319F" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          </w:p>
+          <w:p w14:paraId="12B52198" w14:textId="622198A3" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Additionally, this task will require </w:t>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:t>The final submission’s narration must be a natural voice recording of the prepared script.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D31B0" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B521A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31A6" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B5219A" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31A7" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5219B" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LLMs in Action.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31A8" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5219C" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students collaboratively analyze the behaviors of large language models (LLMs) by applying data analytics skills in a structured, hands-on project.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31A9" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5219D" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="139D31AA" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+              <w:t>Students formulate a testable hypothesis, collaboratively design experiments to collect data, clean and analyze the data, and evaluate ethical implications (e.g., bias, privacy, transparency).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B5219E" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>By the end, students will present their findings in a report and short talk, demonstrating how data-driven analysis can uncover patterns, biases, and ethical concerns in AI systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31AB" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B5219F" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>CT3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31AC" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A0" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31AD" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A1" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RE1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31AE" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A2" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>5 Minute multi modal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31AF" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A3" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D31BC" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B521B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31B1" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992"/>
+          <w:p w14:paraId="12B521A5" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31B2" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A6" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>System Tool MVP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31B3" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A7" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students create a minimum viable </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">product for a </w:t>
+              <w:t xml:space="preserve">Students create a minimum viable product for a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StrongEmphasis"/>
               </w:rPr>
               <w:t>terminal-based productivity tool</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> that solves a real problem for students (e.g., time management, note-taking, study aids, or organization). The tool should be </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="StrongEmphasis"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>useful, interactive, and built with core Java</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (no frameworks). The student will frame a brief outline of intent, and then employ ‘human in the loop’ coding with AI to produce and refine a minimum working product.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31B4" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521A8" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31B5" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521A9" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>The student will present their development process and evaluation in a multimodal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31B6" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521AA" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31B7" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521AB" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31B8" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521AC" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE1, DE2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31B9" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521AD" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31BA" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521AE" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">5 Minute </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="139D31BB" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+              <w:t>5 Minute multi modal presentation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B521AF" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165992" w14:paraId="139D31D2" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D40C9" w14:paraId="12B521C6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31BD" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521B1" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type 2: Digital Solutions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31BE" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521B2" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31BF" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521B3" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Weighting</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31C0" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521B4" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31C1" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521B5" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="134"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advanced Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3761,247 +3692,240 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Own Choice Project</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31C2" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521B6" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOFinalBodyText"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students independently solve a problem. They use computational thinking </w:t>
+              <w:t>Students independently solve a problem. They use computational thinking skills and strategies to apply programming and program</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>skills and strategies to apply programming and program</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:noBreakHyphen/>
+              <w:t>design skills, and use a digital system to transform data into information. The problem should be chosen by, and be of interest to, the student.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B521B7" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
+            <w:pPr>
+              <w:pStyle w:val="SOFinalBodyText"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:noBreakHyphen/>
-[...5 lines deleted...]
-              <w:pStyle w:val="SOFinalBodyText"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>The solution may be a product, prototype, or proof of concept. Where a prototype is produced, there should be enough programming present to clearly explain how the solution will produce an output.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B521B8" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
+            <w:pPr>
+              <w:pStyle w:val="SOFinalBodyText"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The solution may be a product, prototype, or proof of concept. Where a prototype is produced, there should be enough programming present to clearly explain how the solution will produce an output.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="SOFinalBodyText"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>The digital solution should be presented in digital or multimodal form, and the evaluation should be presented in multimodal, oral, or written form. The evaluation should be a maximum of 3 minutes if oral, 500 words if written, or the equivalent if multimodal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31C5" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521B9" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOFinalBodyText"/>
               <w:spacing w:before="45" w:line="235" w:lineRule="auto"/>
               <w:ind w:left="102" w:right="128"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31C6" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521BA" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31C7" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521BB" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31C8" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521BC" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE1 DE2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139D31C9" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521BD" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4652" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="139D31CA" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521BE" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="39"/>
               <w:ind w:left="104"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31CB" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521BF" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31CC" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521C0" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Design</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4041,816 +3965,820 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>design</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>changes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31CD" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521C1" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
               </w:tabs>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Digital</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>solution.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31CE" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521C2" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="465"/>
               </w:tabs>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31CF" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521C3" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="104" w:right="388"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presentation and </w:t>
+              <w:t>Presentation and evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>evaluation</w:t>
+              <w:t>digital</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>of</w:t>
+              <w:t>solution</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>digital</w:t>
+              <w:t>maximum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>solution</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>maximum</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>minutes).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139D31D0" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+          <w:p w14:paraId="12B521C4" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="104" w:right="388"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="139D31D1" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+          <w:p w14:paraId="12B521C5" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="139D31D3" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="00165992">
+    <w:p w14:paraId="12B521C7" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="009D40C9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139D31D4" w14:textId="77777777" w:rsidR="00165992" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="12B521C8" w14:textId="77777777" w:rsidR="009D40C9" w:rsidRDefault="00377B75">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Four assessments. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please refer to the Stage 1 Digital Technologies subject outline.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00165992">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:sectPr w:rsidR="009D40C9">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="454" w:footer="454" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="139D311B" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="3AA41E1E" w14:textId="77777777" w:rsidR="008E5466" w:rsidRDefault="008E5466">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139D311D" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="1A84CA77" w14:textId="77777777" w:rsidR="008E5466" w:rsidRDefault="008E5466">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2D2D0108" w14:textId="61659206" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="70DCE987" w14:textId="1921DCF8" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="109FDD81" wp14:editId="3E4FFA39">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4326D017" wp14:editId="1EA5B017">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1834303371" name="Text Box 8" descr="OFFICIAL ">
+              <wp:docPr id="408467958" name="Text Box 8" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="16C08A6B" w14:textId="738AFBB7" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="0DAE7D19" w14:textId="7A01CDFE" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="109FDD81" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4326D017" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251665408;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhnxbXCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdcZcYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS47VvDDgp9A7bk81nOmbISqsbuSv79Zf3h&#10;hjMfhK2EAatKflSe3y7fv1t0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuy3g9Ovkz5tVYyPGntVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlLdiyDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+ZZlMLp9IsRI53J5r8/0srHw8b94ws9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXH2+urziT5BoxZcnOlx368FVByyIoOdJWElni8ODD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjVVyT9N3W+hOtJQCMO+vZPrhko/CB+eBdKCaQ4SbXii&#10;QxvoSg4j4qwG/PE3e4wn3snLWUeCKbklRXNmvlnaR9TWBHAC2wTmn/OrnPx2394ByXBOL8LJBMmK&#10;wUxQI7SvJOdVLEQuYSWVK/l2gndhUC49B6lWqxREMnIiPNiNkzF1pCty+dK/CnQj4YE29QiTmkTx&#10;hvchNt70brUPxH5aSqR2IHJknCSY1jo+l6jxX/9T1PlRL38CAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGGfFtcLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251665408;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC43W4cCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkbdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thALaEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7Fplizy/yTpwtXXAhfdofRycdJXySyl4eJbSi0BUSbG3kE6Xziqe2WrJir1jtmn52Ab7hy40aw0W&#10;Pad6ZIGRg2v/SKVb7sCDDDMOOgMpWy7SDDjNPH83za5hVqRZkBxvzzT5/5eWPx139sWR0H+BHhcY&#10;CemsLzwa4zy9dDp+sVOCfqTwdKZN9IFwNF5dfb69uaaEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/l1jn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALjdbhwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="16C08A6B" w14:textId="738AFBB7" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="0DAE7D19" w14:textId="7A01CDFE" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D3121" w14:textId="1C58F354" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52115" w14:textId="09A91161" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7B9C3C" wp14:editId="58EE709A">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="360C7B66" wp14:editId="09144938">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="937739452" name="Text Box 9" descr="OFFICIAL ">
+              <wp:docPr id="618717697" name="Text Box 9" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="40EE7F0D" w14:textId="188CF14A" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="57313407" w14:textId="15A5C930" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1B7B9C3C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="360C7B66" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 9" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251666432;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLXu9RCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bZEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfNp&#10;QYkPzNRMgRElPQlP71cfPyw7W4graEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7FplV3l+m3XgauuAC+/R+jg46Srll1Lw8CylF4GokmJvIZ0unVU8s9WSFXvHbNPysQ32D11o1hos&#10;ek71yAIjB9f+kUq33IEHGWYcdAZStlykGXCaef5uml3DrEizIDnenmny/y8tfzru7Isjof8CPS4w&#10;EtJZX3g0xnl66XT8YqcE/Ujh6Uyb6APhaLy+/ry4vaGEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/lNjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEte71ELAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 9" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251666432;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVYtwhCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVOV/HLqfgfViYZCGPbtnVw3VHojfHgWSAumOUi04YkO&#10;3UJXchgRZzXgj7/ZYzzxTl7OOhJMyS0pmrP2m6V9RG1NACewS2D+Ob/OyW8P5h5IhnN6EU4mSFYM&#10;7QQ1gnklOa9iIXIJK6lcyXcTvA+Dcuk5SLVapSCSkRNhY7dOxtSRrsjlS/8q0I2EB9rUI0xqEsU7&#10;3ofYeNO71SEQ+2kpkdqByJFxkmBa6/hcosZ//U9R50e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1WLcIQoCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="40EE7F0D" w14:textId="188CF14A" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="57313407" w14:textId="15A5C930" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D3125" w14:textId="75CE19AD" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52119" w14:textId="6E746476" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Standard"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EBC01E6" wp14:editId="4188C9A2">
-              <wp:simplePos x="540689" y="9962984"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="023EEB9F" wp14:editId="26D1C8A4">
+              <wp:simplePos x="541325" y="9963302"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1063567891" name="Text Box 7" descr="OFFICIAL ">
+              <wp:docPr id="1152435240" name="Text Box 7" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="65DB1735" w14:textId="211641AB" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="4FE33645" w14:textId="5AA5D499" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="7EBC01E6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="023EEB9F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 7" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251664384;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMIKTqCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdAacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thBX0ICqhSOYxPiisyVtQrBFlnneCM38DKww6JTgNAv46/ZZ7ViH&#10;2bXKrvJ8kXXgauuAC+/R+jg46Srll1Lw8CylF4GokmJvIZ0unVU8s9WSFXvHbNPysQ32D11o1hos&#10;ek71yAIjB9f+kUq33IEHGWYcdAZStlykGXCaef5uml3DrEizIDnenmny/y8tfzru7Isjof8CPS4w&#10;EtJZX3g0xnl66XT8YqcE/Ujh6Uyb6APhaLy+/ny7uKGEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/lNjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAwgpOoLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 7" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251664384;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC74XOsCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0TdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thBX0ICqhSOYxPiisyVtQrBFlnneCM38DKww6JTgNAv46/ZZ7ViH&#10;2bXKrvL8JuvA1dYBF96j9XFw0lXKL6Xg4VlKLwJRJcXeQjpdOqt4ZqslK/aO2ablYxvsH7rQrDVY&#10;9JzqkQVGDq79I5VuuQMPMsw46AykbLlIM+A08/zdNLuGWZFmQXK8PdPk/19a/nTc2RdHQv8Felxg&#10;JKSzvvBojPP00un4xU4J+pHC05k20QfC0Xh9/fn2ZkEJR9eIMUt2uWydD18FaBJBSR1uJZHFjlsf&#10;htApJNYysGmVSptR5jcD5oyW7NJhRKGvetLWJV1M3VdQn3AoB8O+veWbFktvmQ8vzOGCcQ4UbXjG&#10;QyroSgojoqQB9+Nv9hiPvKOXkg4FU1KDiqZEfTO4j6itCbgJVAnM7/JFjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALvhc6wLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="65DB1735" w14:textId="211641AB" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="4FE33645" w14:textId="5AA5D499" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139D3126" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B5211A" w14:textId="77777777" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
@@ -4860,466 +4788,463 @@
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:t>Stage 1 Digital Technologies school-developed learning and assessment plan form (for use from 2018)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139D3127" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B5211B" w14:textId="13B8FBAB" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "Objective-Id" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002B13F4">
       <w:t>A555980</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> (created August 2016)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139D3128" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B5211C" w14:textId="77777777" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>© SACE Board of South Australia 2015</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4CB6B552" w14:textId="5703F7E0" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="3F991BB3" w14:textId="76288924" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E494143" wp14:editId="471A0975">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C22208B" wp14:editId="135753CA">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="860468108" name="Text Box 11" descr="OFFICIAL ">
+              <wp:docPr id="1067376379" name="Text Box 11" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3D680C06" w14:textId="5BA2168C" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="3EBDFE8A" w14:textId="19DABDB7" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4E494143" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0C22208B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 11" o:spid="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251668480;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+wHUPCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgLXpWZCk2IIsCpcTOfv0oxU62dqdhF5kmKX689zS761vD9gp9A7bk00nOmbISqsZuS/76svxy&#10;w5kPwlbCgFUlPyjP7+afP806V6gLqMFUChkVsb7oXMnrEFyRZV7WqhV+Ak5ZCmrAVgT6xW1Woeio&#10;emuyizy/zjrAyiFI5T15H45BPk/1tVYyPGntVWCm5DRbSCemcxPPbD4TxRaFqxs5jCH+YYpWNJaa&#10;nko9iCDYDpsPpdpGInjQYSKhzUDrRqq0A20zzd9ts66FU2kXAse7E0z+/5WVj/u1e0YW+m/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwgPJ9hUH5gk5+Xl15vrK84khQabqmTnyw59+K6gZdEoORIrCSyxX/lw&#10;TB1TYi8Ly8aYxIyxfzioZvRk5wmjFfpNz5qKpk98RtcGqgNthXAk3Du5bKj3SvjwLJAYpkVIteGJ&#10;Dm2gKzkMFmc14M+/+WM+AU9RzjpSTMktSZoz88MSIVFco4GjsUnG9Da/yilud+09kA6n9CScTCZ5&#10;MZjR1AjtG+l5ERtRSFhJ7Uq+Gc37cJQuvQepFouURDpyIqzs2slYOuIVwXzp3wS6AfFAVD3CKCdR&#10;vAP+mBtverfYBYI/sXIGcoCcNJh4Hd5LFPnv/ynr/KrnvwAAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvsB1DwoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 11" o:spid="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251668480;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLXu9RCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bZEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfNp&#10;QYkPzNRMgRElPQlP71cfPyw7W4graEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7FplV3l+m3XgauuAC+/R+jg46Srll1Lw8CylF4GokmJvIZ0unVU8s9WSFXvHbNPysQ32D11o1hos&#10;ek71yAIjB9f+kUq33IEHGWYcdAZStlykGXCaef5uml3DrEizIDnenmny/y8tfzru7Isjof8CPS4w&#10;EtJZX3g0xnl66XT8YqcE/Ujh6Uyb6APhaLy+/ry4vaGEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/lNjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEte71ELAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="3D680C06" w14:textId="5BA2168C" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="3EBDFE8A" w14:textId="19DABDB7" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D312C" w14:textId="3CE21454" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52120" w14:textId="70DB3C4C" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4832AC69" wp14:editId="0266CA84">
-              <wp:simplePos x="635" y="635"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25A51AD5" wp14:editId="6C0D8A0F">
+              <wp:simplePos x="720725" y="7112000"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1903842130" name="Text Box 12" descr="OFFICIAL ">
+              <wp:docPr id="751571679" name="Text Box 12" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6979A3E2" w14:textId="7A90FCE0" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="1B005BC8" w14:textId="77CDC877" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4832AC69" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="25A51AD5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 12" o:spid="_x0000_s1035" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251669504;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTf8cyCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS461vDDgp9A7bk81nOmbISqsbuSv79df3p&#10;hjMfhK2EAatKflSe3y0/flh0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuyPgxOvkz5tVYyPGvtVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlI9iCDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+bZlMLp9IsRI53J5r8/0srnw4b94Is9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXn2+urziT5BoxZcnOlx368FVByyIoOdJWElni8OjD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjUVdX9qfwvVkaZCGBbunVw3VPtR+PAikDZMg5BqwzMd&#10;2kBXchgRZzXgj7/ZYzwRT17OOlJMyS1JmjPzzdJCorgmgBPYJjC/za9y8tt9ew+kwzk9CScTJCsG&#10;M0GN0L6RnlexELmElVSu5NsJ3odBuvQepFqtUhDpyInwaDdOxtSRr0jma/8m0I2MB1rVE0xyEsU7&#10;4ofYeNO71T4Q/WkrkduByJFy0mDa6/heosh//U9R51e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA03/HMgoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1035" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251669504;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm4V1sCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgHXpWZDk2IIkCpcTOfv0o2W62bqdhF/mZpPjx+LS4641mR4W+BVvy+SznTFkJVWv3Jf/+sv50&#10;w5kPwlZCg1UlPynP75YfPyw6V6gLaEBXChklsb7oXMmbEFyRZV42ygg/A6csOWtAIwL94j6rUHSU&#10;3ejsIs+vsw6wcghSeU/Wh8HJlyl/XSsZnuraq8B0yam3kE5M5y6e2XIhij0K17RybEP8QxdGtJaK&#10;vqV6EEGwA7Z/pDKtRPBQh5kEk0Fdt1KlGWiaef5umm0jnEqzEDnevdHk/19a+Xjcumdkof8CPS0w&#10;EtI5X3gyxnn6Gk38UqeM/ETh6Y021QcmyXh5+fnm+oozSa4RU5bsfNmhD18VGBZByZG2ksgSx40P&#10;Q+gUEmtZWLdap81o+5uBckZLdu4wotDvetZWJb+dut9BdaKhEIZ9eyfXLZXeCB+eBdKCaQ4SbXii&#10;o9bQlRxGxFkD+ONv9hhPvJOXs44EU3JLiuZMf7O0j6itCeAEdgnMb/OrnPz2YO6BZDinF+FkgmTF&#10;oCdYI5hXkvMqFiKXsJLKlXw3wfswKJeeg1SrVQoiGTkRNnbrZEwd6YpcvvSvAt1IeKBNPcKkJlG8&#10;432IjTe9Wx0CsZ+WEqkdiBwZJwmmtY7PJWr81/8UdX7Uy58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbhXWwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="6979A3E2" w14:textId="7A90FCE0" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="1B005BC8" w14:textId="77CDC877" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D3130" w14:textId="38D5F37C" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52124" w14:textId="25A1AF7F" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="14459"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02EAAF72" wp14:editId="7B983742">
-              <wp:simplePos x="720725" y="6922135"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46D6664A" wp14:editId="7564AA72">
+              <wp:simplePos x="724205" y="6920179"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1204664559" name="Text Box 10" descr="OFFICIAL ">
+              <wp:docPr id="2017999489" name="Text Box 10" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="35524698" w14:textId="306B09F9" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="5F616CBD" w14:textId="3795807B" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="02EAAF72" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="46D6664A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251667456;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm4V1sCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgHXpWZDk2IIkCpcTOfv0o2W62bqdhF/mZpPjx+LS4641mR4W+BVvy+SznTFkJVWv3Jf/+sv50&#10;w5kPwlZCg1UlPynP75YfPyw6V6gLaEBXChklsb7oXMmbEFyRZV42ygg/A6csOWtAIwL94j6rUHSU&#10;3ejsIs+vsw6wcghSeU/Wh8HJlyl/XSsZnuraq8B0yam3kE5M5y6e2XIhij0K17RybEP8QxdGtJaK&#10;vqV6EEGwA7Z/pDKtRPBQh5kEk0Fdt1KlGWiaef5umm0jnEqzEDnevdHk/19a+Xjcumdkof8CPS0w&#10;EtI5X3gyxnn6Gk38UqeM/ETh6Y021QcmyXh5+fnm+oozSa4RU5bsfNmhD18VGBZByZG2ksgSx40P&#10;Q+gUEmtZWLdap81o+5uBckZLdu4wotDvetZWJb+dut9BdaKhEIZ9eyfXLZXeCB+eBdKCaQ4SbXii&#10;o9bQlRxGxFkD+ONv9hhPvJOXs44EU3JLiuZMf7O0j6itCeAEdgnMb/OrnPz2YO6BZDinF+FkgmTF&#10;oCdYI5hXkvMqFiKXsJLKlXw3wfswKJeeg1SrVQoiGTkRNnbrZEwd6YpcvvSvAt1IeKBNPcKkJlG8&#10;432IjTe9Wx0CsZ+WEqkdiBwZJwmmtY7PJWr81/8UdX7Uy58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbhXWwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 10" o:spid="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251667456;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTf8cyCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS461vDDgp9A7bk81nOmbISqsbuSv79df3p&#10;hjMfhK2EAatKflSe3y0/flh0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuyPgxOvkz5tVYyPGvtVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlI9iCDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+bZlMLp9IsRI53J5r8/0srnw4b94Is9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXn2+urziT5BoxZcnOlx368FVByyIoOdJWElni8OjD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjUVdX9qfwvVkaZCGBbunVw3VPtR+PAikDZMg5BqwzMd&#10;2kBXchgRZzXgj7/ZYzwRT17OOlJMyS1JmjPzzdJCorgmgBPYJjC/za9y8tt9ew+kwzk9CScTJCsG&#10;M0GN0L6RnlexELmElVSu5NsJ3odBuvQepFqtUhDpyInwaDdOxtSRr0jma/8m0I2MB1rVE0xyEsU7&#10;4ofYeNO71T4Q/WkrkduByJFy0mDa6/heosh//U9R51e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA03/HMgoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="35524698" w14:textId="306B09F9" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="5F616CBD" w14:textId="3795807B" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -5340,1033 +5265,940 @@
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:t>Stage 1 Digital Technologies school-developed learning and assessment plan (for use from 2018)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139D3131" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52125" w14:textId="7D499E18" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="14459"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "Objective-Id" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002B13F4">
       <w:t>A555980</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> (created August 2016)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="139D3132" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52126" w14:textId="77777777" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9639"/>
         <w:tab w:val="right" w:pos="14459"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>© SACE Board of South Australia 2015</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="139D3117" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="21979EC7" w14:textId="77777777" w:rsidR="008E5466" w:rsidRDefault="008E5466">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139D3119" w14:textId="77777777" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+    <w:p w14:paraId="7B05F67E" w14:textId="77777777" w:rsidR="008E5466" w:rsidRDefault="008E5466">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7D614159" w14:textId="41A444D3" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="5BA4546D" w14:textId="251A8C76" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F131F6" wp14:editId="77B98906">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="068B5CB1" wp14:editId="6BE4378D">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="542952815" name="Text Box 2" descr="OFFICIAL">
+              <wp:docPr id="641141924" name="Text Box 2" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="734268DC" w14:textId="55BDBD93" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="79DD1570" w14:textId="318C5510" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="55F131F6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="068B5CB1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR2+juCAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktpuu22nYRaZI+pF8fFrc9q1hR+VDA7bk81nOmbISqsbuS/7jef3p&#10;hrOAwlbCgFUlP6nAb5cfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXER62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;V6h7gYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3SlP4f7Dy4bh1T55h/xV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnV9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflPQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Z60/0OqhMN5WHYd3By3VDpjQj4JDwtmOYg0eIjHdpA&#10;V3IYLc5q8D//5o/5xDtFOetIMCW3pGjOzHdL+4jaSsb8S36V081P7t1k2EN7ByTDOb0IJ5MZ89BM&#10;pvbQvpCcV7EQhYSVVK7kOJl3OCiXnoNUq1VKIhk5gRu7dTJCR7oil8/9i/BuJBxpUw8wqUkU73gf&#10;cuOfwa0OSOynpURqByJHxkmCaa3jc4kaf3tPWedHvfwFAAD//wMAUEsDBBQABgAIAAAAIQDUHg1H&#10;2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR+nM2&#10;WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHySh2Ux&#10;HuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH65rK&#10;j/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0XC1CH&#10;X9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkdvo7ggCAAAcBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAADwAA&#10;AAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDo+/zCBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xj23voDrRNB6GRQcn1w3V3IiAz8LTZmkAUis+0aENdCWH&#10;0eKsBv/jb/6YT4RTlLOOlFJyS1LmzHyztIgoqmTMb/OrnG5+cu8mwx7aeyD9zekpOJnMmIdmMrWH&#10;9pV0vIqFKCSspHIlx8m8x0Gy9A6kWq1SEunHCdzYrZMROvIUSXzpX4V3I9NIK3qESUaieEf4kBv/&#10;DG51QKI9bSNyOhA5Uk3aS/sc30kU96/3lHV+zcufAAAA//8DAFBLAwQUAAYACAAAACEA1B4NR9gA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4UfpzNlmT&#10;hGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodlMR7l&#10;mFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+uayo/9&#10;2RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQh1/V&#10;Ra7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOj7/MIGAgAAFQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="734268DC" w14:textId="55BDBD93" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="79DD1570" w14:textId="318C5510" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D311F" w14:textId="2E54C06C" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52113" w14:textId="416A47D5" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0466C1CF" wp14:editId="597C1308">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="255292D8" wp14:editId="028D0B4E">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1490251031" name="Text Box 3" descr="OFFICIAL">
+              <wp:docPr id="1705881137" name="Text Box 3" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18049D4E" w14:textId="0413816C" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="030CC3CB" w14:textId="1BC00655" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="0466C1CF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="255292D8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmGj+oCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aytmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KsZOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6gZ1GAq5RmB2FB0ruQ1oiuyLMhatSJMwClLQQ2+FUhXv8sqLzpC&#10;b002y/ObrANfOQ9ShUDex1OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upFDG+IfumhFY6no&#10;GepRoGB73/wB1TbSQwCNEwltBlo3UqUZaJpp/m6aTS2cSrMQOcGdaQr/D1Y+HTbuxTPsv0BPC4yE&#10;dC4UgZxxnl77Nn6pU0ZxovB4pk31yCQ5r64+395ccyYpNNiEkl1+dj7gVwUti0bJPW0lkSUO64Cn&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAeTvsOTq4aKr0WAV+EpwXTHCRafKZD&#10;G+hKDoPFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7l1znd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YAn5dJzkGq5TEkkIydwbTdORuhIV+TytX8T3g2EI23qCUY1ieId&#10;76fc+Gdwyz0S+2kpkdoTkQPjJMG01uG5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAmGj+oCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR2+juCAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktpuu22nYRaZI+pF8fFrc9q1hR+VDA7bk81nOmbISqsbuS/7jef3p&#10;hrOAwlbCgFUlP6nAb5cfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXER62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;V6h7gYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3SlP4f7Dy4bh1T55h/xV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnV9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflPQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Z60/0OqhMN5WHYd3By3VDpjQj4JDwtmOYg0eIjHdpA&#10;V3IYLc5q8D//5o/5xDtFOetIMCW3pGjOzHdL+4jaSsb8S36V081P7t1k2EN7ByTDOb0IJ5MZ89BM&#10;pvbQvpCcV7EQhYSVVK7kOJl3OCiXnoNUq1VKIhk5gRu7dTJCR7oil8/9i/BuJBxpUw8wqUkU73gf&#10;cuOfwa0OSOynpURqByJHxkmCaa3jc4kaf3tPWedHvfwFAAD//wMAUEsDBBQABgAIAAAAIQDUHg1H&#10;2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR+nM2&#10;WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHySh2Ux&#10;HuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH65rK&#10;j/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0XC1CH&#10;X9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkdvo7ggCAAAcBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAADwAA&#10;AAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="18049D4E" w14:textId="0413816C" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="030CC3CB" w14:textId="1BC00655" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D3123" w14:textId="299C61E1" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52117" w14:textId="11E812F0" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F63C9EE" wp14:editId="3F19F329">
-              <wp:simplePos x="540689" y="214685"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F2B2D79" wp14:editId="219A9C12">
+              <wp:simplePos x="541325" y="219456"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="351121654" name="Text Box 1" descr="OFFICIAL">
+              <wp:docPr id="1632766456" name="Text Box 1" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="640477EB" w14:textId="1A7958A7" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="06A9FF75" w14:textId="42B9F010" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6F63C9EE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0F2B2D79" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDo+/zCBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xj23voDrRNB6GRQcn1w3V3IiAz8LTZmkAUis+0aENdCWH&#10;0eKsBv/jb/6YT4RTlLOOlFJyS1LmzHyztIgoqmTMb/OrnG5+cu8mwx7aeyD9zekpOJnMmIdmMrWH&#10;9pV0vIqFKCSspHIlx8m8x0Gy9A6kWq1SEunHCdzYrZMROvIUSXzpX4V3I9NIK3qESUaieEf4kBv/&#10;DG51QKI9bSNyOhA5Uk3aS/sc30kU96/3lHV+zcufAAAA//8DAFBLAwQUAAYACAAAACEA1B4NR9gA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4UfpzNlmT&#10;hGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodlMR7l&#10;mFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+uayo/9&#10;2RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQh1/V&#10;Ra7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOj7/MIGAgAAFQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImZAlCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6ai4lP3O6hONJSHYd/ByXVDpTci4LPwtGCag0SLT3Ro&#10;A13JYbQ4q8H/+Js/5hPvFOWsI8GU3JKiOTPfLO0jaisZ89v8Kqebn9y7ybCH9h5IhnN6EU4mM+ah&#10;mUztoX0lOa9iIQoJK6lcyXEy73FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3Ug40qYeYVKTKN7x&#10;PuTGP4NbHZDYT0uJ1A5EjoyTBNNax+cSNf7rPWWdH/XyJwAAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBImZAlCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="640477EB" w14:textId="1A7958A7" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="06A9FF75" w14:textId="42B9F010" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="139D3117" wp14:editId="139D3118">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12B5210B" wp14:editId="12B5210C">
           <wp:extent cx="1762231" cy="600120"/>
           <wp:effectExtent l="0" t="0" r="9419" b="9480"/>
-          <wp:docPr id="1835859735" name="Picture 2" descr="SACEBoard_co-brand_logo"/>
+          <wp:docPr id="703393072" name="Picture 2" descr="SACEBoard_co-brand_logo"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:lum/>
                     <a:alphaModFix/>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1762231" cy="600120"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                     <a:prstDash/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="214E41C7" w14:textId="3735954E" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="02E242A3" w14:textId="0750A3A4" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DADA2EF" wp14:editId="5804D87D">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BA28A7E" wp14:editId="4BB57FE8">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="737177788" name="Text Box 5" descr="OFFICIAL">
+              <wp:docPr id="395183778" name="Text Box 5" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5F99452C" w14:textId="15FF9ED9" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="23DAA389" w14:textId="15C08189" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1DADA2EF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3BA28A7E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImZAlCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6ai4lP3O6hONJSHYd/ByXVDpTci4LPwtGCag0SLT3Ro&#10;A13JYbQ4q8H/+Js/5hPvFOWsI8GU3JKiOTPfLO0jaisZ89v8Kqebn9y7ybCH9h5IhnN6EU4mM+ah&#10;mUztoX0lOa9iIQoJK6lcyXEy73FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3Ug40qYeYVKTKN7x&#10;PuTGP4NbHZDYT0uJ1A5EjoyTBNNax+cSNf7rPWWdH/XyJwAAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBImZAlCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS5/VeCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6NmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6grqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5CufpdVXnSE&#10;3prsKs9nWQe+ch6kCoG8j0OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upGnNsQ/dNGKxlLR&#10;M9SjQMH2vvkDqm2khwAaJxLaDLRupEoz0DTT/N00m1o4lWYhcoI70xT+H6x8Omzci2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxTJvqkUlyXl9/vp3dcCYpdLIJJbv87HzArwpaFo2Se9pKIksc1gGH&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAehn0HJ1cNlV6LgC/C04JpDhItPtOh&#10;DXQlh5PFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7lNznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YCDcuk5SLVcpiSSkRO4thsnI3SkK3L52r8J706EI23qCUY1ieId&#10;70Nu/DO45R6J/bSUSO1A5IlxkmBa6+m5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS5/VeCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5F99452C" w14:textId="15FF9ED9" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="23DAA389" w14:textId="15C08189" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D312A" w14:textId="7D7D1BB6" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B5211E" w14:textId="3F65E4CE" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="439D0EE0" wp14:editId="729F853B">
-              <wp:simplePos x="635" y="635"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4307766C" wp14:editId="64361872">
+              <wp:simplePos x="720725" y="288925"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="143317431" name="Text Box 6" descr="OFFICIAL">
+              <wp:docPr id="986077317" name="Text Box 6" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1E202EA8" w14:textId="53AAAB1D" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="464816C2" w14:textId="569DE66B" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="439D0EE0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4307766C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlJiIYCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6pmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KsZOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6grqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5CufpdVXnSE&#10;3prsKs9vsg585TxIFQJ5H09Bvkj4WiuJz1oHhcyUnHrDdPp0buOZLeai2Hnh6kYObYh/6KIVjaWi&#10;Z6hHgYLtffMHVNtIDwE0TiS0GWjdSJVmoGmm+btpNrVwKs1C5AR3pin8P1j5dNi4F8+w/wI9LTAS&#10;0rlQBHLGeXrt2/ilThnFicLjmTbVI5PkvL7+fHsz40xSaLAJJbv87HzArwpaFo2Se9pKIksc1gFP&#10;qWNKrGVh1RiTNmPsbw7CjJ7s0mG0sN/2rKlKPhu730J1pKE8nPYdnFw1VHotAr4ITwumOUi0+EyH&#10;NtCVHAaLsxr8j7/5Yz7xTlHOOhJMyS0pmjPzzdI+oraSMb3LZznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YAn5dJzkGq5TEkkIydwbTdORuhIV+TytX8T3g2EI23qCUY1ieId&#10;76fc+Gdwyz0S+2kpkdoTkQPjJMG01uG5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAlJiIYCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/WEdjCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuuMOEXWIsOA&#10;oi2QDj0rshQbkEVBYmJnXz9KtpOt22nYRaZI+pF8fFrc9q1hB+VDA7bk81nOmbISqsbuSv79Zf3h&#10;hrOAwlbCgFUlP6rAb5fv3y06V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5CufpdVXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXEJ62DQmZKTr1hOn06t/HMlgtR7LxwdSPHNsQ/dNGKxlLR&#10;E9S9QMH2vvkDqm2khwAaZxLaDLRupEoz0DTz/M00m1o4lWYhcoI70RT+H6x8PGzcs2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxRJvqkUlyXl5+vLm+4kxSaLQJJTv/7HzArwpaFo2Se9pKIkscHgIO&#10;qVNKrGVh3RiTNmPsbw7CjJ7s3GG0sN/2rKlK/mnqfgvVkYbyMOw7OLluqPSDCPgsPC2Y5iDR4hMd&#10;2kBXchgtzmrwP/7mj/nEO0U560gwJbekaM7MN0v7iNpKxvxzfpXTzU/u7WTYfXsHJMM5vQgnkxnz&#10;0Eym9tC+kpxXsRCFhJVUruQ4mXc4KJeeg1SrVUoiGTmBD3bjZISOdEUuX/pX4d1IONKmHmFSkyje&#10;8D7kxj+DW+2R2E9LidQORI6MkwTTWsfnEjX+6z1lnR/18icAAAD//wMAUEsDBBQABgAIAAAAIQDU&#10;Hg1H2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR&#10;+nM2WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHyS&#10;h2UxHuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH&#10;65rKj/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0X&#10;C1CHX9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/1hHYwsCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="1E202EA8" w14:textId="53AAAB1D" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="464816C2" w14:textId="569DE66B" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139D312E" w14:textId="122C8DA5" w:rsidR="004629FE" w:rsidRDefault="004629FE">
+  <w:p w14:paraId="12B52122" w14:textId="6A3D2439" w:rsidR="00377B75" w:rsidRDefault="00377B75">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52429CFA" wp14:editId="60EC8B0F">
-              <wp:simplePos x="720725" y="288925"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46A3971E" wp14:editId="22127AEB">
+              <wp:simplePos x="724205" y="285293"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1875832772" name="Text Box 4" descr="OFFICIAL">
+              <wp:docPr id="299039517" name="Text Box 4" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="121F9A25" w14:textId="6169388F" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                        <w:p w14:paraId="1A8FC911" w14:textId="19214B8C" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="004629FE">
+                          <w:r w:rsidRPr="00377B75">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="52429CFA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="46A3971E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1036" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLpY2VCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmMDkihITOzs14+S7Wbrdhp2kSmSfiQfnxZ3vdHsqHxowZZ8Pss5U1ZC1dp9yb+/rD/d&#10;chZQ2EposKrkJxX43fLjh0XnCnUBDehKeUYgNhSdK3mD6IosC7JRRoQZOGUpWIM3Aunq91nlRUfo&#10;RmcXeX6TdeAr50GqEMj7MAT5MuHXtZL4VNdBIdMlp94wnT6du3hmy4Uo9l64ppVjG+IfujCitVT0&#10;DepBoGAH3/4BZVrpIUCNMwkmg7pupUoz0DTz/N0020Y4lWYhcoJ7oyn8P1j5eNy6Z8+w/wI9LTAS&#10;0rlQBHLGefram/ilThnFicLTG22qRybJeXV1eXtzzZmk0GgTSnb+2fmAXxUYFo2Se9pKIkscNwGH&#10;1Ckl1rKwbrVOm9H2NwdhRk927jBa2O961lYlv5y630F1oqE8DPsOTq5bKr0RAZ+FpwXTHCRafKKj&#10;1tCVHEaLswb8j7/5Yz7xTlHOOhJMyS0pmjP9zdI+oraSMf+cX+d085N7Nxn2YO6BZDinF+FkMmMe&#10;6smsPZhXkvMqFqKQsJLKlRwn8x4H5dJzkGq1SkkkIydwY7dORuhIV+TypX8V3o2EI23qESY1ieId&#10;70Nu/DO41QGJ/bSUSO1A5Mg4STCtdXwuUeO/3lPW+VEvfwIAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLpY2VCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1036" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgByS7CQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgLXpWZDk2IImCxMTOfv0oxU62dqdhF5kiaX689zS7641me+VDC7bk00nOmbISqtZuS/76svxy&#10;w1lAYSuhwaqSH1Tgd/PPn2adK9QFNKAr5RkVsaHoXMkbRFdkWZCNMiJMwClLwRq8EUhXv80qLzqq&#10;bnR2kefXWQe+ch6kCoG8D8cgn6f6da0kPtV1UMh0yWk2TKdP5yae2Xwmiq0XrmnlMIb4hymMaC01&#10;PZV6ECjYzrcfSplWeghQ40SCyaCuW6nSDrTNNH+3zboRTqVdCJzgTjCF/1dWPu7X7tkz7L9BTwRG&#10;QDoXikDOuE9fexO/NCmjOEF4OMGmemSSnJeXX2+urziTFBpsqpKdf3Y+4HcFhkWj5J5YSWCJ/Srg&#10;MXVMib0sLFutEzPa/uGgmtGTnSeMFvabnrUVTZ/4jK4NVAfaysOR8ODksqXeKxHwWXhimBYh1eIT&#10;HbWGruQwWJw14H/+zR/zCXiKctaRYkpuSdKc6R+WCIniSsb0Nr/K6eZH92Y07M7cA+lwSk/CyWTG&#10;PNSjWXswb6TnRWxEIWEltSs5juY9HqVL70GqxSIlkY6cwJVdOxlLR7wimC/9m/BuQByJqkcY5SSK&#10;d8Afc+OfwS12SPAnVs5ADpCTBhOvw3uJIv/9nrLOr3r+CwAA//8DAFBLAwQUAAYACAAAACEA1B4N&#10;R9gAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4Ufpz&#10;NlmThGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodl&#10;MR7lmFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+ua&#10;yo/92RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQ&#10;h1/VRa7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACAHJLsJAgAAHQQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8A&#10;AAAAAAAAAAAAAAAAYwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="121F9A25" w14:textId="6169388F" w:rsidR="004629FE" w:rsidRPr="004629FE" w:rsidRDefault="004629FE" w:rsidP="004629FE">
+                  <w:p w14:paraId="1A8FC911" w14:textId="19214B8C" w:rsidR="00377B75" w:rsidRPr="00377B75" w:rsidRDefault="00377B75" w:rsidP="00377B75">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="004629FE">
+                    <w:r w:rsidRPr="00377B75">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10705803"/>
+    <w:nsid w:val="45DB2F20"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="51EACD56"/>
-[...86 lines deleted...]
-    <w:tmpl w:val="AAC4B586"/>
+    <w:tmpl w:val="2CE0E814"/>
     <w:styleLink w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
@@ -6424,54 +6256,141 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49C01B7A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A502F1AC"/>
+    <w:styleLink w:val="NoList1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="783B4284"/>
+    <w:nsid w:val="7F525160"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1924BD4A"/>
+    <w:tmpl w:val="3042DDDE"/>
     <w:styleLink w:val="WWNum16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="464" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="828" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
@@ -6508,115 +6427,146 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2645" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3009" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3372" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2031375879">
+  <w:num w:numId="1" w16cid:durableId="1954939898">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1879126989">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="988629016">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="799498436">
+  <w:num w:numId="3" w16cid:durableId="144666998">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1913076324">
-[...1 lines deleted...]
-    <w:lvlOverride w:ilvl="0"/>
+  <w:num w:numId="4" w16cid:durableId="1230339940">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="146"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00165992"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004629FE"/>
+    <w:rsidRoot w:val="009D40C9"/>
+    <w:rsid w:val="00023B1D"/>
+    <w:rsid w:val="00192E6C"/>
+    <w:rsid w:val="001B49A6"/>
+    <w:rsid w:val="001B49C1"/>
+    <w:rsid w:val="002058C9"/>
+    <w:rsid w:val="002411F1"/>
+    <w:rsid w:val="0027189B"/>
+    <w:rsid w:val="002B13F4"/>
+    <w:rsid w:val="00320C72"/>
+    <w:rsid w:val="00377B75"/>
+    <w:rsid w:val="005637FF"/>
+    <w:rsid w:val="005850D1"/>
+    <w:rsid w:val="00684E59"/>
+    <w:rsid w:val="006D3A8D"/>
+    <w:rsid w:val="007621A9"/>
+    <w:rsid w:val="0080529D"/>
+    <w:rsid w:val="00884888"/>
+    <w:rsid w:val="008E5466"/>
+    <w:rsid w:val="00936D33"/>
+    <w:rsid w:val="009400D8"/>
+    <w:rsid w:val="009D40C9"/>
+    <w:rsid w:val="00B31CC3"/>
+    <w:rsid w:val="00B70269"/>
+    <w:rsid w:val="00BE70C4"/>
+    <w:rsid w:val="00C036A0"/>
+    <w:rsid w:val="00C64F34"/>
+    <w:rsid w:val="00CA693F"/>
+    <w:rsid w:val="00CB55DB"/>
+    <w:rsid w:val="00E4315A"/>
+    <w:rsid w:val="00F846CC"/>
+    <w:rsid w:val="00FD19FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="139D3117"/>
-  <w15:docId w15:val="{B6C3DEE3-83EA-4738-BE4C-3D84EFD7C506}"/>
+  <w14:docId w14:val="12B5210B"/>
+  <w15:docId w15:val="{44DC0E35-FF60-4E50-8813-B0AB5F906A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7395,59 +7345,55 @@
     <w:name w:val="WWNum1"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum16">
     <w:name w:val="WWNum16"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7482,85 +7428,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7667,71 +7647,408 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DBB10A7932EB534F8AEF78845ABA8758" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3280ce9b97e3dd75ae29915643e76551">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="013bbd5f-90a7-43b7-b1c5-339583c96db7" xmlns:ns3="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d4c83dbc24afbf0f906afc1e65286e3" ns2:_="" ns3:_="">
+    <xsd:import namespace="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <xsd:import namespace="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="013bbd5f-90a7-43b7-b1c5-339583c96db7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="25" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b53b84e8-1157-46df-a680-a53870d85022}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fb4dc4ba-ff99-4a12-902d-e211d6a52d31">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="013bbd5f-90a7-43b7-b1c5-339583c96db7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E8C88F0-29F0-48DC-BC50-77AEAD976913}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4935D63-2254-4988-B09B-E4C1D023E8E4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F9531AB-7980-4494-8059-121565406FA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>791</Words>
-  <Characters>4512</Characters>
+  <Words>792</Words>
+  <Characters>4516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5293</CharactersWithSpaces>
+  <CharactersWithSpaces>5298</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Karen Collins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
@@ -7777,65 +8094,71 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-Parent">
     <vt:lpwstr>LAP forms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:SACE Support Materials:SACE Support Materials Stage 1:Business, Enterprise and Technology:Digital Technologies (from 2018):LAP forms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Title">
     <vt:lpwstr>Stage 1 Digital Technologies - school-developed LAP form - 2018</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Version">
     <vt:lpwstr>4.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-VersionId">
     <vt:lpwstr>vA1203426</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-VersionNumber">
     <vt:r8>4</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="ClassificationContentMarkingHeaderShapeIds">
-    <vt:lpwstr>14edb0f6,205ccd6f,58d36d17,6fceefc4,2bf070bc,88ad9b7</vt:lpwstr>
+    <vt:lpwstr>615209f8,26370ca4,65adae31,11d2fb1d,178e06a2,3ac65885</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>3f64c213,6d553f8b,37e4c4bc,47cdb8ef,3349b38c,717a5352</vt:lpwstr>
+    <vt:lpwstr>44b0c428,1858b9f6,24e0e201,78483a81,3f9edefb,2ccc12df</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
-    <vt:lpwstr>2026-03-03T03:18:09Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-05T02:43:22Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
-    <vt:lpwstr>feaf7475-e545-4a43-9cf7-379d3d0f29a4</vt:lpwstr>
+    <vt:lpwstr>8925f9fa-e3fd-46ef-9a4f-e0a5ed6ef151</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="ContentTypeId">
+    <vt:lpwstr>0x010100DBB10A7932EB534F8AEF78845ABA8758</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>