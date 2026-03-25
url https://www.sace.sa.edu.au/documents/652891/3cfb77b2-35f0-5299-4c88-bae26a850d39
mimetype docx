--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -12,2987 +12,1450 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00106E90" w:rsidRDefault="00803182" w14:paraId="7E0FC330" w14:textId="1A529036">
+    <w:p w14:paraId="7E0FC330" w14:textId="1A529036" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00803182" w:rsidP="00106E90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C732249" wp14:editId="07F59594">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C732249" wp14:editId="4677F8B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1858659</wp:posOffset>
+                  <wp:posOffset>1859280</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-460134</wp:posOffset>
+                  <wp:posOffset>-460375</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="8309694" cy="794260"/>
-                <wp:effectExtent l="0" t="0" r="15240" b="25400"/>
+                <wp:extent cx="8309694" cy="579120"/>
+                <wp:effectExtent l="0" t="0" r="15240" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="8309694" cy="794260"/>
+                          <a:ext cx="8309694" cy="579120"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent4">
                             <a:lumMod val="20000"/>
                             <a:lumOff val="80000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="006436D8" w:rsidR="00803182" w:rsidP="00454129" w:rsidRDefault="00803182" w14:paraId="13035647" w14:textId="753E6CCC">
+                          <w:p w14:paraId="13035647" w14:textId="5767743F" w:rsidR="00803182" w:rsidRPr="006436D8" w:rsidRDefault="00803182" w:rsidP="00454129">
                             <w:pPr>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">This </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00C153D9">
+                            <w:r w:rsidR="00C153D9" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">exemplar LAP is an adaptation of </w:t>
                             </w:r>
                             <w:r w:rsidR="00F54B65">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">an </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005B0F4E">
+                            <w:r w:rsidR="005B0F4E" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">existing </w:t>
                             </w:r>
                             <w:r w:rsidR="00F54B65">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">SACE </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005B0F4E">
+                            <w:r w:rsidR="005B0F4E" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Stage 2 English LAP-01. </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                            <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">It has been modified to </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00A049E2">
+                            <w:r w:rsidR="00A049E2" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>apply</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00E73B6E">
+                            <w:r w:rsidR="00E73B6E" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> live-development and interview</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                            <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="006F67CD">
+                            <w:r w:rsidR="006F67CD" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">based </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                            <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>verifying conditions</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00A049E2">
+                            <w:r w:rsidR="00A049E2" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00441713">
+                            <w:r w:rsidR="00441713" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">to </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00FC52C3">
+                            <w:r w:rsidR="00FC52C3" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>an otherwise unchanged</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00441713">
+                            <w:r w:rsidR="00441713" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00FC52C3">
+                            <w:r w:rsidR="00FC52C3" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">structure. </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00860DCB">
+                            <w:r w:rsidR="00912C97" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">This approach </w:t>
+                              <w:t>T</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00C852A7">
+                            <w:r w:rsidR="006152E6" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>can be</w:t>
+                              <w:t xml:space="preserve">ask or program re-design </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00EC63AE">
+                            <w:r w:rsidR="00A3685C" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> a</w:t>
+                              <w:t xml:space="preserve">to allow for more </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00A20D68">
+                            <w:r w:rsidR="00352C63">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> crucial</w:t>
+                              <w:t>implicit</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="00EC63AE">
-[...6 lines deleted...]
-                            <w:r w:rsidRPr="006436D8" w:rsidR="002F3823">
+                            <w:r w:rsidR="00A3685C" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00483FC6">
-[...125 lines deleted...]
-                            <w:r w:rsidRPr="006436D8" w:rsidR="007B1056">
+                            <w:r w:rsidR="007B1056" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">AI resilience </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>may be</w:t>
                             </w:r>
                             <w:r w:rsidR="00483FC6">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> desired and</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="009C056E">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>feasible</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> within th</w:t>
+                              <w:t xml:space="preserve"> within </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>th</w:t>
                             </w:r>
                             <w:r w:rsidR="00483FC6">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>e</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> subject outline.</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00352C63">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> scope</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidR="00352C63">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> of the </w:t>
+                            </w:r>
+                            <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>subject outline.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6C732249">
+              <v:shapetype w14:anchorId="6C732249" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" style="position:absolute;margin-left:146.35pt;margin-top:-36.25pt;width:654.3pt;height:62.55pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#fff2cc [663]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrgC7UWgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LwlsloWIsKKsqCrR&#10;3ZXYas/GcUhUx+PahoT++o6d8LHbnqpejOcjb8Zv3jC7b2tJDsLYClRGh4OYEqE45JXaZfT7y+rT&#10;hBLrmMqZBCUyehSW3s8/fpg1OhUjKEHmwhAEUTZtdEZL53QaRZaXomZ2AFooDBZgaubQNLsoN6xB&#10;9FpGozgeRw2YXBvgwlr0PnRBOg/4RSG4eyoKKxyRGcXeXDhNOLf+jOYzlu4M02XF+zbYP3RRs0ph&#10;0TPUA3OM7E31B1RdcQMWCjfgUEdQFBUX4Q34mmH87jWbkmkR3oLkWH2myf4/WP542OhnQ1z7GVoc&#10;oCek0Ta16PTvaQtT+1/slGAcKTyeaROtIxydk5t4Op4mlHCM3U2T0TjwGl2+1sa6LwJq4i8ZNTiW&#10;wBY7rK3Diph6SvHFLMgqX1VSBsNLQSylIQeGQ2ScC+WS8Lnc198g7/wohrgfJ7px6J17cnJjiSAq&#10;jxQKvikiFWkyOr65jQPwm5jv7Fx+Kxn/4UnyeJc20ZIKnRfq/M2125ZUOQKfaN1CfkS2DXRCtJqv&#10;KoRfM+uemUHlIcG4Te4Jj0IC9gT9jZISzK+/+X0+CgKjlDSo5Izan3tmBCXyq0KpTIdJ4qUfjOT2&#10;boSGuY5sryNqXy8BeR7i3moerj7fydO1MFC/4tItfFUMMcWxdkbd6bp03X7h0nKxWIQkFLtmbq02&#10;mntoP1dP60v7yozuVeFQT49w0jxL34mjy/VfKljsHRRVUI7nuWO1px8XJUynX2q/idd2yLr89cx/&#10;AwAA//8DAFBLAwQUAAYACAAAACEADW/mJeIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIXFDrNKgphDgVovRWCbVBnN14G4fY6yh228DX1z3BcTVPM2+L5WgNO+HgW0cCZtME&#10;GFLtVEuNgM9qPXkC5oMkJY0jFPCDHpbl7U0hc+XOtMXTLjQslpDPpQAdQp9z7muNVvqp65FidnCD&#10;lSGeQ8PVIM+x3BqeJknGrWwpLmjZ45vGutsdrYCqW+uP1Xv1MG7Nb2e+9KrZHL6FuL8bX1+ABRzD&#10;HwxX/agOZXTauyMpz4yA9DldRFTAZJHOgV2JLJk9AtsLmKcZ8LLg/38oLwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCrgC7UWgIAAMIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQANb+Yl4gAAAAsBAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:146.4pt;margin-top:-36.25pt;width:654.3pt;height:45.6pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFHTMoVwIAALsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+0igQCEiVIyKaRJr&#10;K9Gpz8ZxIJrt82xD0v31OzvhR7s9TXsx57vLd+fvvmN21yhJjsK6CnRO+72UEqE5FJXe5fT78+rT&#10;hBLnmS6YBC1y+iocvZt//DCrTSYGsAdZCEsQRLusNjnde2+yJHF8LxRzPTBCY7AEq5jHq90lhWU1&#10;oiuZDNJ0nNRgC2OBC+fQe98G6Tzil6Xg/rEsnfBE5hR78/G08dyGM5nPWLazzOwr3rXB/qELxSqN&#10;Rc9Q98wzcrDVH1Cq4hYclL7HQSVQlhUX8Q34mn767jWbPTMivgXJceZMk/t/sPzhuDFPlvjmMzQ4&#10;wEBIbVzm0Bne05RWhV/slGAcKXw90yYaTzg6JzfpdDwdUsIxNrqd9geR1+TytbHOfxGgSDByanEs&#10;kS12XDuPFTH1lBKKOZBVsaqkjJcgBbGUlhwZDpFxLrQfxs/lQX2DovWjGNJunOjGobfuycmNJaKo&#10;AlIs+KaI1KTO6fhmlEbgN7HQ2bn8VjL+I5AU8C5t4k1qdF6oC5Zvtk3H5xaKV6TZQqtAZ/iqQtw1&#10;c/6JWZQcMotr5B/xKCVgM9BZlOzB/vqbP+SjEjBKSY0Szqn7eWBWUCK/atTItD8cBs3Hy3B0i2Mh&#10;9jqyvY7og1oCEtzHhTU8miHfy5NZWlAvuG2LUBVDTHOsnVN/Mpe+XSzcVi4Wi5iEKjfMr/XG8AAd&#10;Bhr4fG5emDWdHDwK6QFOYmfZO1W0ueFLDYuDh7KKkgkEt6x2vOOGxLF02xxW8Poesy7/OfPfAAAA&#10;//8DAFBLAwQUAAYACAAAACEA9BmeieIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE&#10;75X4B2uReqnAIWqBpnEQgnKrVEGqnk28xGnsdRQbSPv1Naf2tqMdzbzJV4M17IK9bxwJmE0TYEiV&#10;Uw3VAj7K3WQJzAdJShpHKOAbPayK0V0uM+WutMfLIdQshpDPpAAdQpdx7iuNVvqp65Di7+R6K0OU&#10;fc1VL68x3BqeJsmcW9lQbNCyw43Gqj2crYCy3en37Wv5MOzNT2s+9bZ+O30JcT8e1i/AAg7hzww3&#10;/IgORWQ6ujMpz4yA9DmN6EHAZJE+Abs55snsEdgxXssF8CLn/zcUvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCFHTMoVwIAALsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD0GZ6J4gAAAAsBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#10;" fillcolor="#fff2cc [663]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="006436D8" w:rsidR="00803182" w:rsidP="00454129" w:rsidRDefault="00803182" w14:paraId="13035647" w14:textId="753E6CCC">
+                    <w:p w14:paraId="13035647" w14:textId="5767743F" w:rsidR="00803182" w:rsidRPr="006436D8" w:rsidRDefault="00803182" w:rsidP="00454129">
                       <w:pPr>
                         <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">This </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00C153D9">
+                      <w:r w:rsidR="00C153D9" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">exemplar LAP is an adaptation of </w:t>
                       </w:r>
                       <w:r w:rsidR="00F54B65">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">an </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005B0F4E">
+                      <w:r w:rsidR="005B0F4E" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">existing </w:t>
                       </w:r>
                       <w:r w:rsidR="00F54B65">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">SACE </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005B0F4E">
+                      <w:r w:rsidR="005B0F4E" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Stage 2 English LAP-01. </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                      <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">It has been modified to </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00A049E2">
+                      <w:r w:rsidR="00A049E2" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>apply</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00E73B6E">
+                      <w:r w:rsidR="00E73B6E" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> live-development and interview</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                      <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="006F67CD">
+                      <w:r w:rsidR="006F67CD" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">based </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00D870EC">
+                      <w:r w:rsidR="00D870EC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>verifying conditions</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00A049E2">
+                      <w:r w:rsidR="00A049E2" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00441713">
+                      <w:r w:rsidR="00441713" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">to </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00FC52C3">
+                      <w:r w:rsidR="00FC52C3" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>an otherwise unchanged</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00441713">
+                      <w:r w:rsidR="00441713" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00FC52C3">
+                      <w:r w:rsidR="00FC52C3" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">structure. </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00860DCB">
+                      <w:r w:rsidR="00912C97" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">This approach </w:t>
+                        <w:t>T</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00C852A7">
+                      <w:r w:rsidR="006152E6" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>can be</w:t>
+                        <w:t xml:space="preserve">ask or program re-design </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00EC63AE">
+                      <w:r w:rsidR="00A3685C" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> a</w:t>
+                        <w:t xml:space="preserve">to allow for more </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00A20D68">
+                      <w:r w:rsidR="00352C63">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> crucial</w:t>
+                        <w:t>implicit</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="00EC63AE">
-[...6 lines deleted...]
-                      <w:r w:rsidRPr="006436D8" w:rsidR="002F3823">
+                      <w:r w:rsidR="00A3685C" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00483FC6">
-[...125 lines deleted...]
-                      <w:r w:rsidRPr="006436D8" w:rsidR="007B1056">
+                      <w:r w:rsidR="007B1056" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">AI resilience </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>may be</w:t>
                       </w:r>
                       <w:r w:rsidR="00483FC6">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> desired and</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="009C056E">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>feasible</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> within th</w:t>
+                        <w:t xml:space="preserve"> within </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>th</w:t>
                       </w:r>
                       <w:r w:rsidR="00483FC6">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>e</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006436D8" w:rsidR="005A04BC">
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> subject outline.</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00352C63">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> scope</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidR="00352C63">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> of the </w:t>
+                      </w:r>
+                      <w:r w:rsidR="005A04BC" w:rsidRPr="006436D8">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>subject outline.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Stage 2 English</w:t>
       </w:r>
       <w:r w:rsidR="008C4C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Exemplar)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00106E90" w:rsidRDefault="00564CA0" w14:paraId="3DC01022" w14:textId="109E0A19">
+    <w:p w14:paraId="3DC01022" w14:textId="5197F4DC" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00106E90">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...125 lines deleted...]
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Assessment Overview</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E2" w:rsidP="00FF5789" w:rsidRDefault="00FF5789" w14:paraId="11FA32BC" w14:textId="4624C000">
+    <w:p w14:paraId="11FA32BC" w14:textId="4624C000" w:rsidR="00C573E2" w:rsidRDefault="00FF5789" w:rsidP="00FF5789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below provides details of the planned tasks and shows where students have the </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E2" w:rsidP="0CCC3E9A" w:rsidRDefault="00810F97" w14:paraId="02D25492" w14:textId="42B0BDDE">
+    <w:p w14:paraId="02D25492" w14:textId="4FAFE945" w:rsidR="00C573E2" w:rsidRDefault="00FF5789" w:rsidP="0CCC3E9A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-        <w:spacing w:beforeAutospacing="off" w:afterAutospacing="off"/>
+        <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F941A8">
-[...1206 lines deleted...]
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">opportunity to provide evidence for each of the specific features of </w:t>
+        <w:t xml:space="preserve">opportunity to provide evidence for each of the specific features of all of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">all of</w:t>
+        <w:t>assessment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the assessment </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00FF5789" w:rsidRDefault="00FF5789" w14:paraId="0C37C065" w14:textId="1B977AC2">
+    <w:p w14:paraId="0C37C065" w14:textId="1B977AC2" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00FF5789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>design criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00FF5789" w:rsidRDefault="00FF5789" w14:paraId="51DCA693" w14:textId="2BEFBD57">
+    <w:p w14:paraId="51DCA693" w14:textId="2BEFBD57" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00FF5789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="page" w:tblpY="2898"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="7503" w:type="dxa"/>
+        <w:tblW w:w="15016" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1265"/>
-        <w:gridCol w:w="1986"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="7513"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidTr="00F708B2" w14:paraId="49E51344" w14:textId="77777777">
+      <w:tr w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w14:paraId="49E51344" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="18EF44F9" w14:textId="77777777">
+          <w:p w14:paraId="18EF44F9" w14:textId="77777777" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type and Weighting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="2E35C9B1" w14:textId="58E947F6">
+          <w:p w14:paraId="2E35C9B1" w14:textId="58E947F6" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Details of assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="76476B6C" w14:textId="471EB3E7">
+          <w:p w14:paraId="76476B6C" w14:textId="471EB3E7" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Design Criteria</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="63E19BF1" w14:textId="1A05B8DC">
+          <w:p w14:paraId="63E19BF1" w14:textId="1A05B8DC" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="108FCB54" w14:textId="61189C9F">
+          <w:p w14:paraId="108FCB54" w14:textId="61189C9F" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="77780445" w14:textId="77777777">
+          <w:p w14:paraId="77780445" w14:textId="77777777" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="003670D8" w:rsidP="00401F8F" w:rsidRDefault="003670D8" w14:paraId="5248B218" w14:textId="77777777">
+          <w:p w14:paraId="5248B218" w14:textId="77777777" w:rsidR="003670D8" w:rsidRPr="00EC0DC7" w:rsidRDefault="003670D8" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(e.g. task type, word length, time allocated, supervision)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="7714BB0A" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="7714BB0A" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="7420FBA8" w14:textId="77777777">
+          <w:p w14:paraId="7420FBA8" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="306341B6" w14:textId="2C5DBEB0">
+          <w:p w14:paraId="306341B6" w14:textId="2C5DBEB0" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="6ADCA953" w14:textId="3C150163">
+          <w:p w14:paraId="6ADCA953" w14:textId="3C150163" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>K &amp; U</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2E58B68F" w14:textId="2591CFBB">
+          <w:p w14:paraId="2E58B68F" w14:textId="2591CFBB" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>An</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="1C606AE3" w14:textId="3BD83197">
+          <w:p w14:paraId="1C606AE3" w14:textId="3BD83197" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="39F13F43" w14:textId="77777777">
+          <w:p w14:paraId="39F13F43" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="2FF950A8" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="2FF950A8" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="71585655" w14:textId="77777777">
+          <w:p w14:paraId="71585655" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type 1: Responding to Texts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="64F4E3B4" w14:textId="77777777">
+          <w:p w14:paraId="64F4E3B4" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Task 1: Response to a novel e.g. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">The Night Guest </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>by Fiona McFarlane</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="21D04EBA" w14:textId="7D2AD6A8">
+          <w:p w14:paraId="21D04EBA" w14:textId="7D2AD6A8" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Students respond to a novel such as </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The Night Guest</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> by Fiona McFarlane or another appropriate extended prose text. For example:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008703DA" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2184645D" w14:textId="66544534">
+          <w:p w14:paraId="4F690358" w14:textId="1E3F60FF" w:rsidR="00FF5789" w:rsidRPr="00396A15" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">‘Fiona McFarlane, in her novel </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -3008,1854 +1471,1241 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, uses a variety of stylistic features (e.g. the metaphor of the tiger, shifts in time and memory, and narration from Ruth’s perspective) to make the reader feel confused and lost, much as Ruth, the main character, might feel suffering from dementia. Students </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>analyse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> two or three of these stylistic features and assess their effectiveness in developing the ideas in the text.’</w:t>
             </w:r>
-          </w:p>
-[...99 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0AB235A4" w14:textId="77C8BC6E">
+          <w:p w14:paraId="0AB235A4" w14:textId="77C8BC6E" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="71C092EA" w14:textId="0D6F3986">
+          <w:p w14:paraId="71C092EA" w14:textId="0D6F3986" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="03D12002" w14:textId="1A49CB8D">
+          <w:p w14:paraId="03D12002" w14:textId="1A49CB8D" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="08C5B017" w14:textId="77777777">
+          <w:p w14:paraId="23012126" w14:textId="7E932542" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="0059576A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Written task</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – a maximum of 1000 words</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1275" w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="23012126" w14:textId="2391020C">
+          <w:p w14:paraId="2FA38373" w14:textId="189F1E32" w:rsidR="0029036D" w:rsidRDefault="0029036D" w:rsidP="0029036D">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018336D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Live </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018336D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">evelopment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE1456">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>of draft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial brainstorming, structure and text response </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6857">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>must be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> completed under live conditions</w:t>
+            </w:r>
+            <w:r w:rsidR="008E285C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document is collected by </w:t>
+            </w:r>
+            <w:r w:rsidR="00F17B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teacher to </w:t>
+            </w:r>
+            <w:r w:rsidR="008E285C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>provide feedback</w:t>
+            </w:r>
+            <w:r w:rsidR="007E38CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and for verification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480CA94A" w14:textId="0B355D1D" w:rsidR="0029036D" w:rsidRDefault="0029036D" w:rsidP="0029036D">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Prior to final submission, s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>tudents are required to successfully complete a</w:t>
+            </w:r>
+            <w:r w:rsidR="00517636">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> short,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB2C28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>live interview</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. They answer specific questions about their completed task that focus on the ideas, concepts and vocabulary used in their submission.  Adequate demonstration of understanding is required before final submission is accepted for grading.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05DAEBE8" w14:textId="61601C8F" w:rsidR="007C1275" w:rsidRPr="00EC0DC7" w:rsidRDefault="007C1275" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0059576A">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="007C1275" w:rsidP="00401F8F" w:rsidRDefault="007C1275" w14:paraId="7E0BD493" w14:textId="77777777">
+          <w:p w14:paraId="7D616A85" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="007C1275" w:rsidP="00401F8F" w:rsidRDefault="007C1275" w14:paraId="3D40288A" w14:textId="67461784">
-[...126 lines deleted...]
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="64AF310B" w14:textId="2CD56A0A">
+          <w:p w14:paraId="64AF310B" w14:textId="2CD56A0A" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="7596ABEC" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="7596ABEC" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0A9818D2" w14:textId="4F5D462B">
+          <w:p w14:paraId="0A9818D2" w14:textId="4F5D462B" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Assessment Type 1: Responding to Texts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="07FCF753" w14:textId="0E6B2291">
+          <w:p w14:paraId="07FCF753" w14:textId="0E6B2291" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Task 2: Comparative task (media text)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0EA8E620" w14:textId="48DBA0EF">
+          <w:p w14:paraId="0EA8E620" w14:textId="48DBA0EF" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Students select two examples of the same news item from any media. They </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>analyse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> the similarities and differences between the way the news is presented in the two texts by comparing:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="00910B3B" w14:textId="6247918F">
+          <w:p w14:paraId="00910B3B" w14:textId="6247918F" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>context, audience and purpose</w:t>
+              <w:t xml:space="preserve">context, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>audience</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and purpose</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="57689359" w14:textId="77777777">
+          <w:p w14:paraId="57689359" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>language and stylistic features and conventions.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="61E9B105" w14:textId="77777777">
+          <w:p w14:paraId="61E9B105" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The news item could be selected from:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="5D390380" w14:textId="77777777">
+          <w:p w14:paraId="5D390380" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">print media (e.g. The Advertiser, The Australian, The Age) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="6F483AE9" w14:textId="77777777">
+          <w:p w14:paraId="6F483AE9" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">online media (e.g. </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId11">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00EC0DC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>www.adelaidenow.com.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId12">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00EC0DC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>www.theguardian.com/au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId13">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00EC0DC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>www.aljazeera.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId14">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00EC0DC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>http://www.huffingtonpost.com/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4108EEB0" w14:textId="5325857B">
+          <w:p w14:paraId="4108EEB0" w14:textId="3991B6CC" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>television news media (e.g. Channel 9,7, or 10, ABC News 24, Fox News, SBS)</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0EB99B1A" w14:textId="794FB398">
+          <w:p w14:paraId="0EB99B1A" w14:textId="794FB398" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="017FDAAA" w14:textId="1C7FACB1">
+          <w:p w14:paraId="017FDAAA" w14:textId="1C7FACB1" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="20F4514D" w14:textId="5FC2894E">
+          <w:p w14:paraId="20F4514D" w14:textId="5FC2894E" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00693F3D" w14:paraId="57DFAA86" w14:textId="49BD7B45">
+          <w:p w14:paraId="57DFAA86" w14:textId="7C162AA4" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F941A8">
-[...606 lines deleted...]
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+            <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="3A9DBAD2" w14:textId="23748FCD">
+          <w:p w14:paraId="3A9DBAD2" w14:textId="23748FCD" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0059576A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ora</w:t>
-[...9 lines deleted...]
-              <w:t>l</w:t>
+              <w:t>Or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B008C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>al</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – a maximum of 6 minutes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="5014EE3E" w14:textId="5DC57CB4">
+          <w:p w14:paraId="5014EE3E" w14:textId="5DC57CB4" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4E04A633" w14:textId="02BD4F5E">
+          <w:p w14:paraId="4E04A633" w14:textId="02BD4F5E" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Students are permitted a maximum of 6 cue cards (or equivalent) of notes structured in dot points only to help guide their oral response.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2368DF07" w14:textId="01082C6C">
+          <w:p w14:paraId="2368DF07" w14:textId="01082C6C" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0940C39F" w14:textId="1C708DE8">
+          <w:p w14:paraId="0940C39F" w14:textId="1C708DE8" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Students are encouraged to use natural spoken language, limiting the amount they read directly from notes primarily structured in large paragraphs.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00081157" w14:paraId="149D6775" w14:textId="7C2ED65A">
+          <w:p w14:paraId="149D6775" w14:textId="7C2ED65A" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00081157" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F941A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C117B57" wp14:editId="10BD6A2D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="page">
                         <wp:posOffset>1787082</wp:posOffset>
@@ -4879,86 +2729,86 @@
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="4891249" cy="4646930"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="accent6">
                                   <a:lumMod val="20000"/>
                                   <a:lumOff val="80000"/>
                                 </a:schemeClr>
                               </a:solidFill>
                               <a:ln w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidRPr="00EC0DC7" w:rsidR="000C50B5" w:rsidP="000C50B5" w:rsidRDefault="000C50B5" w14:paraId="3CDBE0B4" w14:textId="7ED4F3F3">
+                                <w:p w14:paraId="3CDBE0B4" w14:textId="7ED4F3F3" w:rsidR="000C50B5" w:rsidRPr="00EC0DC7" w:rsidRDefault="000C50B5" w:rsidP="000C50B5">
                                   <w:pPr>
                                     <w:pStyle w:val="NormalWeb"/>
                                     <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                     <w:suppressOverlap/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                       <w:lang w:val="en-US"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00EC0DC7">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                       <w:lang w:val="en-US"/>
                                     </w:rPr>
                                     <w:t>Assessment Type 2: Creating Texts</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                       <w:lang w:val="en-US"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> – MY:24 Recount</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="000C50B5" w14:paraId="63DCFB26" w14:textId="31A79083">
+                                <w:p w14:paraId="63DCFB26" w14:textId="31A79083" w:rsidR="001C4613" w:rsidRDefault="000C50B5" w:rsidP="001C4613">
                                   <w:pPr>
                                     <w:spacing w:line="300" w:lineRule="atLeast"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                                       <w:sz w:val="21"/>
                                       <w:szCs w:val="21"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="000C50B5">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:i/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">The </w:t>
                                   </w:r>
                                   <w:r w:rsidR="004F70E3">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:i/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">expected </w:t>
@@ -4970,237 +2820,255 @@
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>use of AI is transparent and limited to early creative support, aligning with ethical</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="000C50B5">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:i/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:noBreakHyphen/>
                                     <w:t>use guidelines. The final product—a personal video recording—</w:t>
                                   </w:r>
                                   <w:r w:rsidR="0063532B">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:i/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>encourages personalisation of the early creative work.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="00712D3A" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="2F9BCEA7" w14:textId="77777777">
+                                <w:p w14:paraId="2F9BCEA7" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="00712D3A" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                                   <w:pPr>
                                     <w:pStyle w:val="NormalWeb"/>
                                     <w:spacing w:line="300" w:lineRule="atLeast"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rStyle w:val="Strong"/>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>Where AI can help</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="00712D3A" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="07539B16" w14:textId="77777777">
+                                <w:p w14:paraId="07539B16" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="00712D3A" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                                   <w:pPr>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="16"/>
                                     </w:numPr>
                                     <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rStyle w:val="Strong"/>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>Storyboard feedback:</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> AI can review early scripts or concepts and highlight whether narrative structure or pacing might need teacher attention.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="2D715A3C" w14:textId="77777777">
+                                <w:p w14:paraId="2D715A3C" w14:textId="77777777" w:rsidR="001C4613" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                                   <w:pPr>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="16"/>
                                     </w:numPr>
                                     <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rStyle w:val="Strong"/>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>Video marking automation:</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> AI can generate quick </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">verbatim </w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00712D3A">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>transcripts of student videos to support faster marking and referencing.</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidRPr="001C4613" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="709F6EF5" w14:textId="77777777">
+                                <w:p w14:paraId="709F6EF5" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="001C4613" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                                   <w:pPr>
                                     <w:numPr>
                                       <w:ilvl w:val="0"/>
                                       <w:numId w:val="16"/>
                                     </w:numPr>
                                     <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00215031">
                                     <w:rPr>
                                       <w:rStyle w:val="Strong"/>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>Idea development:</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00215031">
                                     <w:rPr>
                                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t xml:space="preserve"> AI can help students brainstorm narrative directions or refine story arcs while still keeping the story personal and original.</w:t>
+                                    <w:t xml:space="preserve"> AI can help students brainstorm narrative directions or refine story arcs while </w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="gramStart"/>
+                                  <w:r w:rsidRPr="00215031">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t>still keeping</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="gramEnd"/>
+                                  <w:r w:rsidRPr="00215031">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> the story personal and original.</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape id="_x0000_s1030" style="position:absolute;margin-left:140.7pt;margin-top:237.5pt;width:385.15pt;height:365.9pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" fillcolor="#e2efd9 [665]" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAP2z7FOAIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/07QlLW3UdLV0KUJa&#10;LtLCBziO01jYHmO7TZav37GTdrvwhnixPDPxmcs5k81NrxU5CeclmJLOJlNKhOFQS3Mo6Y/v+zcr&#10;SnxgpmYKjCjpo/D0Zvv61aazhZhDC6oWjiCI8UVnS9qGYIss87wVmvkJWGEw2IDTLKDpDlntWIfo&#10;WmXz6XSZdeBq64AL79F7NwTpNuE3jeDha9N4EYgqKdYW0unSWcUz225YcXDMtpKPZbB/qEIzaTDp&#10;BeqOBUaOTv4FpSV34KEJEw46g6aRXKQesJvZ9I9uHlpmReoFh+PtZUz+/8HyL6cH+82R0L+HHglM&#10;TXh7D/ynJwZ2LTMHcescdK1gNSaexZFlnfXF+DSO2hc+glTdZ6iRZHYMkID6xuk4FeyTIDoS8HgZ&#10;uugD4ejMV+vZPF9TwjGWL/Pl+m2iJWPF+bl1PnwUoEm8lNQhqwmene59iOWw4vxJzOZByXovlUpG&#10;VJLYKUdODDXAOBcmLNNzddRY7+BHLU1HNaAbNTO4V2c3pkiajEgp4YskypCupOvFfJGAX8S8O1SX&#10;9BFuyBMBr+vUMuAiKKlLmpKOxcSpfzB1kmlgUg13fKzMSEOc/MBB6KueyLqk88hRZKWC+hF5cTDo&#10;HvcULy2435R0qPmS+l9H5gQl6pNBbtezPI9Lkox88W6OhruOVNcRZjhClTRQMlx3IS1Wmrq9RQ3s&#10;ZWLnuZKxZNRymuG4d3FZru301fPfYfsEAAD//wMAUEsDBBQABgAIAAAAIQDTkFBx3gAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BboMwEEX3lXoHayJ119igBBDBRGmlHqBpo24NdgEFj5FtAr19&#10;J6t2N6N5+vN+dVztyG7Gh8GhhGQrgBlsnR6wk/D58fZcAAtRoVajQyPhxwQ41o8PlSq1W/Dd3M6x&#10;YxSCoVQS+hinkvPQ9saqsHWTQbp9O29VpNV3XHu1ULgdeSpExq0akD70ajKvvWmv59lKQD/MSf6V&#10;2ZPLfL5cm5fl4lYpnzbr6QAsmjX+wXDXJ3WoyalxM+rARglpkewIlbDL91TqToh9kgNraEpFVgCv&#10;K/6/Rf0LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD9s+xTgCAABlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA05BQcd4AAAANAQAADwAAAAAA&#10;AAAAAAAAAACSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="2C117B57">
+                    <v:shape w14:anchorId="2C117B57" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:140.7pt;margin-top:237.5pt;width:385.15pt;height:365.9pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4BfwENgIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/07QlLW3UdLV0KUJa&#10;LtLCBziO01jYHmO7TZav37GTdrvwhnixPDPxmcs5k81NrxU5CeclmJLOJlNKhOFQS3Mo6Y/v+zcr&#10;SnxgpmYKjCjpo/D0Zvv61aazhZhDC6oWjiCI8UVnS9qGYIss87wVmvkJWGEw2IDTLKDpDlntWIfo&#10;WmXz6XSZdeBq64AL79F7NwTpNuE3jeDha9N4EYgqKdYW0unSWcUz225YcXDMtpKPZbB/qEIzaTDp&#10;BeqOBUaOTv4FpSV34KEJEw46g6aRXKQesJvZ9I9uHlpmReoFh+PtZUz+/8HyL6cH+82R0L+HHglM&#10;TXh7D/ynJwZ2LTMHcescdK1gNSaexZFlnfXF+DSO2hc+glTdZ6iRZHYMkID6xuk4FeyTIDoS8HgZ&#10;uugD4ejMV+vZPF9TwjGWL/Pl+m2iJWPF+bl1PnwUoEm8lNQhqwmene59iOWw4vxJzOZByXovlUpG&#10;VJLYKUdODDXAOBcmLNNzddRY7+BHLU1HNaAbNTO4V2c3pkiajEgp4YskypCupOvFfJGAX8S8O1SX&#10;9BFuyBMBr+vUMuAiKKlLmpKOxcSpfzB1kmlgUg13fKzMSEOc/MBB6KueyHrkKLJSQf2IvDgYdI97&#10;ipcW3G9KOtR8Sf2vI3OCEvXJILfrWZ7HJUlGvng3R8NdR6rrCDMcoUoaKBmuu5AWK03d3qIG9jKx&#10;81zJWDJqOc1w3Lu4LNd2+ur577B9AgAA//8DAFBLAwQUAAYACAAAACEA05BQcd4AAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQW6DMBBF95V6B2siddfYoAQQwURppR6gaaNuDXYBBY+RbQK9fSer&#10;djejefrzfnVc7chuxofBoYRkK4AZbJ0esJPw+fH2XAALUaFWo0Mj4ccEONaPD5UqtVvw3dzOsWMU&#10;gqFUEvoYp5Lz0PbGqrB1k0G6fTtvVaTVd1x7tVC4HXkqRMatGpA+9Goyr71pr+fZSkA/zEn+ldmT&#10;y3y+XJuX5eJWKZ826+kALJo1/sFw1yd1qMmpcTPqwEYJaZHsCJWwy/dU6k6IfZIDa2hKRVYAryv+&#10;v0X9CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADgF/AQ2AgAAZQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANOQUHHeAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="#e2efd9 [665]">
                       <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00EC0DC7" w:rsidR="000C50B5" w:rsidP="000C50B5" w:rsidRDefault="000C50B5" w14:paraId="3CDBE0B4" w14:textId="7ED4F3F3">
+                          <w:p w14:paraId="3CDBE0B4" w14:textId="7ED4F3F3" w:rsidR="000C50B5" w:rsidRPr="00EC0DC7" w:rsidRDefault="000C50B5" w:rsidP="000C50B5">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:suppressOverlap/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EC0DC7">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Assessment Type 2: Creating Texts</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – MY:24 Recount</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="000C50B5" w14:paraId="63DCFB26" w14:textId="31A79083">
+                          <w:p w14:paraId="63DCFB26" w14:textId="31A79083" w:rsidR="001C4613" w:rsidRDefault="000C50B5" w:rsidP="001C4613">
                             <w:pPr>
                               <w:spacing w:line="300" w:lineRule="atLeast"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000C50B5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The </w:t>
                             </w:r>
                             <w:r w:rsidR="004F70E3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">expected </w:t>
@@ -5212,377 +3080,395 @@
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>use of AI is transparent and limited to early creative support, aligning with ethical</w:t>
                             </w:r>
                             <w:r w:rsidRPr="000C50B5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:noBreakHyphen/>
                               <w:t>use guidelines. The final product—a personal video recording—</w:t>
                             </w:r>
                             <w:r w:rsidR="0063532B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>encourages personalisation of the early creative work.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="00712D3A" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="2F9BCEA7" w14:textId="77777777">
+                          <w:p w14:paraId="2F9BCEA7" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="00712D3A" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:line="300" w:lineRule="atLeast"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Where AI can help</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="00712D3A" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="07539B16" w14:textId="77777777">
+                          <w:p w14:paraId="07539B16" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="00712D3A" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="16"/>
                               </w:numPr>
                               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Storyboard feedback:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> AI can review early scripts or concepts and highlight whether narrative structure or pacing might need teacher attention.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="2D715A3C" w14:textId="77777777">
+                          <w:p w14:paraId="2D715A3C" w14:textId="77777777" w:rsidR="001C4613" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="16"/>
                               </w:numPr>
                               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Video marking automation:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> AI can generate quick </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">verbatim </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00712D3A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>transcripts of student videos to support faster marking and referencing.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="001C4613" w:rsidR="001C4613" w:rsidP="001C4613" w:rsidRDefault="001C4613" w14:paraId="709F6EF5" w14:textId="77777777">
+                          <w:p w14:paraId="709F6EF5" w14:textId="77777777" w:rsidR="001C4613" w:rsidRPr="001C4613" w:rsidRDefault="001C4613" w:rsidP="001C4613">
                             <w:pPr>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="16"/>
                               </w:numPr>
                               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00215031">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Idea development:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00215031">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> AI can help students brainstorm narrative directions or refine story arcs while still keeping the story personal and original.</w:t>
+                              <w:t xml:space="preserve"> AI can help students brainstorm narrative directions or refine story arcs while </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00215031">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>still keeping</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00215031">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> the story personal and original.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap anchorx="page" anchory="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+            <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="4EB01DDA" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="4EB01DDA" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="304E7452" w14:textId="3C09909A">
+          <w:p w14:paraId="304E7452" w14:textId="3C09909A" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Assessment Type 2: Creating Texts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4CD143BB" w14:textId="77777777">
+          <w:p w14:paraId="4CD143BB" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Task 2: MY:24 (recount)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="132043E3" w14:textId="37DDA183">
+          <w:p w14:paraId="132043E3" w14:textId="37DDA183" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Students produce a true or fictional recount of an event or time that has had a significant impact on their life.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="57D924F8" w14:textId="7513F39D">
+          <w:p w14:paraId="57D924F8" w14:textId="7513F39D" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>To inspire creativity, they may view one or more episodes of the ABC series MY:24 (a collection of stories from young people who have experienced one day that changed their life forever), and then create a new episode based on a true or fictional story. It may be submitted as a recorded video or a written script. This may be assisted by the MY:24 digital storytelling app.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="406C1F33" w14:textId="6101CB83">
+          <w:p w14:paraId="406C1F33" w14:textId="6101CB83" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Alternatively read the article titled </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>‘The importance of telling our stories’</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> at </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId15">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00EC0DC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>http://www.huffingtonpost.com/rachael-freed/legacy-telling-our-story_b_776195.html</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0EF5D0F4" w14:textId="77777777">
+          <w:p w14:paraId="0EF5D0F4" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>as a starting point.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -5596,749 +3482,781 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="075DE9ED" w14:textId="60E97A81">
+          <w:p w14:paraId="075DE9ED" w14:textId="60E97A81" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="38E3CEF0" w14:textId="7E45B6D4">
+          <w:p w14:paraId="38E3CEF0" w14:textId="7E45B6D4" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="16869C9D" w14:textId="59653405">
+          <w:p w14:paraId="16869C9D" w14:textId="59653405" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4532FB31" w14:textId="18A8D2EC">
+          <w:p w14:paraId="4532FB31" w14:textId="18A8D2EC" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Video recording maximum of 6 minutes.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4FDB5D91" w14:textId="5578F4DD">
+          <w:p w14:paraId="4FDB5D91" w14:textId="5578F4DD" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2DA16A8E" w14:textId="045E7DDF">
+          <w:p w14:paraId="43C8265E" w14:textId="1459483B" w:rsidR="009B2D56" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Student are permitted to use '</w:t>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00C633FA">
+              <w:t xml:space="preserve">Student are permitted to use school provided generative AI tools </w:t>
+            </w:r>
+            <w:r w:rsidR="00C633FA" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">to provide feedback </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="0090637A">
+            <w:r w:rsidR="0090637A" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and information during the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00C633FA">
+            <w:r w:rsidR="00C633FA" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00C633FA">
+            <w:r w:rsidR="0000452F" w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>student’s</w:t>
+            </w:r>
+            <w:r w:rsidR="00C633FA" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> development </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00EA7891">
+            <w:r w:rsidR="00EA7891" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="008423E1">
+            <w:r w:rsidR="008423E1" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">video recording. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="0090637A">
-[...54 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="24818C20" w14:textId="77777777">
+          <w:p w14:paraId="4AC317E8" w14:textId="77777777" w:rsidR="009B2D56" w:rsidRDefault="009B2D56" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC0DC7">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="18E9667E" w14:textId="77777777">
+          <w:p w14:paraId="2DA16A8E" w14:textId="59690055" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="0090637A" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">The recording </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2153" w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">script </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itself must be the </w:t>
+            </w:r>
+            <w:r w:rsidR="0000452F" w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>student’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008911D0" w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>original work.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24818C20" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E9667E" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Example assistance could be:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4D0DB276" w14:textId="3426CD00">
+          <w:p w14:paraId="4D0DB276" w14:textId="3426CD00" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Initial brainstorming</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="218425AC" w14:textId="77777777">
+          <w:p w14:paraId="218425AC" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assisting in the creation of the script/storyboard</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="65A5F1ED" w14:textId="77777777">
+          <w:p w14:paraId="65A5F1ED" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Image generation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2A3F0503" w14:textId="2B3392BD">
+          <w:p w14:paraId="2A3F0503" w14:textId="2B3392BD" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="0C1FA51A" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="0C1FA51A" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="55762543" w14:textId="77777777">
+          <w:p w14:paraId="55762543" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment Type 2: Creating Texts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="308058DA" w14:textId="77777777">
+          <w:p w14:paraId="308058DA" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Task 3: Festival of Arts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="46DD710C" w14:textId="324E2F34">
+          <w:p w14:paraId="46DD710C" w14:textId="324E2F34" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>After attending a live Festival of Arts performance, Fringe venue, concert or sporting event, students create a text in one of the following forms:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="3846A8A2" w14:textId="77777777">
+          <w:p w14:paraId="3846A8A2" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>a persuasive piece for an interstate newspaper or website that promotes the city of Adelaide and its events as a holiday destination</w:t>
-            </w:r>
+              <w:t xml:space="preserve">a persuasive piece for an interstate newspaper or website that promotes the city of Adelaide and its events as a holiday </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>destination</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="09C02F70" w14:textId="77777777">
+          <w:p w14:paraId="09C02F70" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>a descriptive piece that describes the atmosphere at an event or venue</w:t>
-            </w:r>
+              <w:t xml:space="preserve">a descriptive piece that describes the atmosphere at an event or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>venue</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2CE89456" w14:textId="77777777">
+          <w:p w14:paraId="2CE89456" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>a review of a live performance that you attended, for a specific publication</w:t>
-            </w:r>
+              <w:t xml:space="preserve">a review of a live performance that you attended, for a specific </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>publication</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="1315DD69" w14:textId="77777777">
+          <w:p w14:paraId="6EA0DDA4" w14:textId="59C6F91F" w:rsidR="00045698" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
@@ -6366,1533 +4284,312 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00045698" w:rsidP="00401F8F" w:rsidRDefault="00045698" w14:paraId="3193EE6F" w14:textId="77777777">
+          <w:p w14:paraId="354B647C" w14:textId="77777777" w:rsidR="00396A15" w:rsidRDefault="00396A15" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00045698" w:rsidP="00401F8F" w:rsidRDefault="00045698" w14:paraId="0855663B" w14:textId="77777777">
+          <w:p w14:paraId="0B81B435" w14:textId="77777777" w:rsidR="00045698" w:rsidRDefault="00045698" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00045698" w:rsidP="00401F8F" w:rsidRDefault="00045698" w14:paraId="55C2F55A" w14:textId="77777777">
-[...76 lines deleted...]
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00045698" w:rsidP="00401F8F" w:rsidRDefault="00045698" w14:paraId="718F6701" w14:textId="77777777">
+          <w:p w14:paraId="718F6701" w14:textId="77777777" w:rsidR="00045698" w:rsidRPr="00EC0DC7" w:rsidRDefault="00045698" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="256F814F" w14:textId="77777777">
+          <w:p w14:paraId="256F814F" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="41C07590" w14:textId="7E6886AF">
+          <w:p w14:paraId="41C07590" w14:textId="7E6886AF" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0F6AE231" w14:textId="77777777">
+          <w:p w14:paraId="0F6AE231" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="12743337" w14:textId="1CE95136">
+          <w:p w14:paraId="12743337" w14:textId="62B52E86" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F941A8">
-[...1146 lines deleted...]
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+            <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Written piece 1000 words maximum or multimodal equivalent </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0EDD8E6A" w14:textId="77777777">
+          <w:p w14:paraId="0EDD8E6A" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="64AD2C48" w14:textId="77777777">
+          <w:p w14:paraId="64AD2C48" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4AB81479" w14:textId="77777777">
+          <w:p w14:paraId="4AB81479" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00130022" w:rsidP="00130022" w:rsidRDefault="00130022" w14:paraId="29EAA1B1" w14:textId="1BDB3B12">
+          <w:p w14:paraId="29EAA1B1" w14:textId="1BDB3B12" w:rsidR="00130022" w:rsidRDefault="00130022" w:rsidP="00130022">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">is task will require </w:t>
             </w:r>
             <w:r w:rsidRPr="009923BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -7908,1973 +4605,677 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of initial work</w:t>
             </w:r>
             <w:r w:rsidR="0046307A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>throughout the development of the task.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00983FD6" w:rsidP="00401F8F" w:rsidRDefault="00983FD6" w14:paraId="5A776A2C" w14:textId="50C4D34A">
+          <w:p w14:paraId="746B0ACA" w14:textId="77777777" w:rsidR="00BF2544" w:rsidRDefault="00BF2544" w:rsidP="00130022">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44EAF52F" w14:textId="77777777" w:rsidR="00BF2544" w:rsidRPr="003B4071" w:rsidRDefault="00BF2544" w:rsidP="003B4071">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formative preparation for the next step involves multiple class discussions focused on shared experience of an event. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041F6ED1" w14:textId="23086357" w:rsidR="00BF2544" w:rsidRPr="003B4071" w:rsidRDefault="00BF2544" w:rsidP="003B4071">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Live development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Initial brainstorming, structure and text response </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>must be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> completed under live conditions. </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4071" w:rsidRPr="003B4071">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Document is collected by the teacher to provide feedback and for verification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A776A2C" w14:textId="50C4D34A" w:rsidR="00983FD6" w:rsidRPr="00EC0DC7" w:rsidRDefault="00983FD6" w:rsidP="00401F8F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="12F640C6" w14:textId="3230F58C">
+          <w:p w14:paraId="12F640C6" w14:textId="3230F58C" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="11276730" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="11276730" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00045698" w:rsidRDefault="00FF5789" w14:paraId="350DA0A0" w14:textId="6DD11F05">
+          <w:p w14:paraId="350DA0A0" w14:textId="6DD11F05" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00045698">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Assessment Type 2: Creating Texts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="66D7ED38" w14:textId="77777777">
+          <w:p w14:paraId="66D7ED38" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Writer’s statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="04B4680C" w14:textId="77777777">
+          <w:p w14:paraId="04B4680C" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Students produce a writer’s statement for one or more of the three created texts that</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Students produce a writer’s statement for one or more of the three created texts </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="18083AA7" w14:textId="77777777">
+          <w:p w14:paraId="18083AA7" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>explains and justifies the creative decisions made in the process of writing one or more of the texts</w:t>
-            </w:r>
+              <w:t xml:space="preserve">explains and justifies the creative decisions made in the process of writing one or more of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="0EBEC52E" w14:textId="77777777">
+          <w:p w14:paraId="0EBEC52E" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>explains the language and stylistic features and conventions used to meet the expectations of the intended audience(s) and achieve the stated purpose(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C2140C" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4E8C8B70" w14:textId="77777777">
+          <w:p w14:paraId="4E8C8B70" w14:textId="77777777" w:rsidR="00C2140C" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7">
-[...6 lines deleted...]
-              <w:t>compares and contrasts the choices made to meet the expectations of the different audiences and/or purposes, if the statement refers to more than one text.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>compares and contrasts</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the choices made to meet the expectations of the different audiences and/or purposes, if the statement refers to more than one text.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C2140C" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="7D0EBF0D" w14:textId="77777777">
+          <w:p w14:paraId="7D0EBF0D" w14:textId="77777777" w:rsidR="00C2140C" w:rsidRDefault="00C2140C" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="1E1CF230" w14:textId="00CE152B">
+          <w:p w14:paraId="1E1CF230" w14:textId="00CE152B" w:rsidR="00FF5789" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C2140C" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="7885C314" w14:textId="77777777">
+          <w:p w14:paraId="2A181CA1" w14:textId="77777777" w:rsidR="00C2140C" w:rsidRDefault="00C2140C" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C2140C" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="2F0D6809" w14:textId="77777777">
-[...197 lines deleted...]
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C2140C" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="479F2524" w14:textId="560654B8">
+          <w:p w14:paraId="479F2524" w14:textId="560654B8" w:rsidR="00C2140C" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C2140C" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="3F60AF18" w14:textId="77777777">
+          <w:p w14:paraId="3F60AF18" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="7B29FD76" w14:textId="77777777">
+          <w:p w14:paraId="7B29FD76" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="14ED9E97" w14:textId="77777777">
+          <w:p w14:paraId="14ED9E97" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00C2140C" w14:paraId="7AE9D11B" w14:textId="04608B72">
+          <w:p w14:paraId="7AE9D11B" w14:textId="43C57BF8" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F941A8">
-[...1214 lines deleted...]
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+            <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Writer's statement is a maximum of 1000 words.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="7707F93C" w14:textId="0CBE67A1">
+          <w:p w14:paraId="7707F93C" w14:textId="0CBE67A1" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="000B2B0F" w:rsidP="000B2B0F" w:rsidRDefault="000B2B0F" w14:paraId="0E9D554D" w14:textId="2A2B62A8">
+          <w:p w14:paraId="0E9D554D" w14:textId="2A2B62A8" w:rsidR="000B2B0F" w:rsidRDefault="000B2B0F" w:rsidP="000B2B0F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">is task will require </w:t>
             </w:r>
             <w:r w:rsidRPr="009923BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -9892,7534 +5293,6347 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">of a text response, and a </w:t>
             </w:r>
             <w:r w:rsidRPr="009923BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>live interview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> throughout the development of the task.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="57667871" w14:textId="5B2DBAB5">
+          <w:p w14:paraId="0DCF0946" w14:textId="4A5D7C0A" w:rsidR="00BF2544" w:rsidRPr="003B4071" w:rsidRDefault="00BF2544" w:rsidP="003B4071">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C4F71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Live development of draft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial brainstorming, structure and text response is completed under </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>live</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conditions (paper/pen or locked down browser). </w:t>
+            </w:r>
+            <w:r w:rsidR="00396A15" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document is collected by </w:t>
+            </w:r>
+            <w:r w:rsidR="00396A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00396A15" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teacher to </w:t>
+            </w:r>
+            <w:r w:rsidR="00396A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>provide feedback and for verification.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00396A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Students complete a</w:t>
+            </w:r>
+            <w:r w:rsidR="00B85247">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> brief</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C4F71">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>live interview</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/oral defence of their </w:t>
+            </w:r>
+            <w:r w:rsidR="008B008C" w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>writer’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE57E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> statement. They answer specific questions that focus on the ideas, concepts and vocabulary used in their justification. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE1456">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Adequate demonstration of understanding is required before final submission is accepted for grading.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210B8B2F" w14:textId="77777777" w:rsidR="00BF2544" w:rsidRPr="00EC0DC7" w:rsidRDefault="00BF2544" w:rsidP="000B2B0F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57667871" w14:textId="5B2DBAB5" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="26FBB742" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="26FBB742" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2FAE51A3" w14:textId="77777777">
+          <w:p w14:paraId="2FAE51A3" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Assessment Type 3: Comparative Analysis (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4D7EB2B4" w14:textId="77777777">
+          <w:p w14:paraId="4D7EB2B4" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Students undertake a comparative analysis of two texts and evaluate how the themes, language and stylistic features, and conventions in these texts are used to represent ideas, perspectives, and/or aspects of culture, and shape responses and interpretations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="109A9117" w14:textId="77777777">
+          <w:p w14:paraId="109A9117" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="14BCCFD6" w14:textId="77777777">
+          <w:p w14:paraId="14BCCFD6" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2A7E0C3A" w14:textId="77777777">
+          <w:p w14:paraId="2A7E0C3A" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1,2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00307867" w:rsidP="00307867" w:rsidRDefault="00FF5789" w14:paraId="2EEDBFBF" w14:textId="5FB9B26B">
+          <w:p w14:paraId="2EEDBFBF" w14:textId="6D0BEE71" w:rsidR="00307867" w:rsidRDefault="00BF2544" w:rsidP="00307867">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC0DC7">
+            <w:r w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The folio must be a product of independent study. </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The writing in the folio should be a maximum of 2000 words.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7">
+            <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7">
+            <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00EC0DC7" w:rsidR="0007219C">
+            <w:r w:rsidR="0007219C" w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Th</w:t>
             </w:r>
             <w:r w:rsidR="0007219C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">is task will require </w:t>
             </w:r>
-            <w:r w:rsidRPr="009923BE" w:rsidR="0007219C">
+            <w:r w:rsidR="0007219C" w:rsidRPr="009923BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">live development </w:t>
             </w:r>
             <w:r w:rsidR="0007219C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">of a text response, </w:t>
-[...8 lines deleted...]
-              <w:t>and</w:t>
+              <w:t>of a text response, and</w:t>
             </w:r>
             <w:r w:rsidR="00307867">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
-            <w:r w:rsidRPr="009923BE" w:rsidR="00307867">
+            <w:r w:rsidR="00307867" w:rsidRPr="009923BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>live interview</w:t>
             </w:r>
             <w:r w:rsidR="00307867">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> throughout the development of the task.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00401F8F" w:rsidRDefault="00C51F96" w14:paraId="1EF951EB" w14:textId="71E1C6CB">
+          <w:p w14:paraId="688C6820" w14:textId="020B0458" w:rsidR="00BF2544" w:rsidRDefault="00BF2544" w:rsidP="00BF2544">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018336D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Live </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0018336D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE1456">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">planning: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial brainstorming, structure and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>planning</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is completed under live conditions. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B85247" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document is collected by </w:t>
+            </w:r>
+            <w:r w:rsidR="00B85247">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B85247" w:rsidRPr="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teacher to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B85247">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>provide feedback and for verification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8394E0" w14:textId="64918ADE" w:rsidR="00BF2544" w:rsidRDefault="00C154CF" w:rsidP="00BF2544">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">draft feedback </w:t>
+            </w:r>
+            <w:r w:rsidR="000B296C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be provided at the beginning of a lesson, students will </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="005D1D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">review and improve their drafts under live conditions. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The before and after d</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ocument</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2544" w:rsidRPr="004C351D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> collected by teacher to assist any required verification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D4CECCB" w14:textId="5D4769E0" w:rsidR="00BF2544" w:rsidRDefault="00BF2544" w:rsidP="00BF2544">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Students complete a</w:t>
+            </w:r>
+            <w:r w:rsidR="00C154CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> brief</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F67C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>live interview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the form of an oral defence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of their </w:t>
+            </w:r>
+            <w:r w:rsidR="0000452F" w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>writer’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001359EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> statement. They answer specific questions that focus on the ideas, concepts and vocabulary used in their justification. Adequate demonstration of understanding is required before final submission is accepted for grading.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C58F0C7" w14:textId="77777777" w:rsidR="00BF2544" w:rsidRPr="00EC0DC7" w:rsidRDefault="00BF2544" w:rsidP="00307867">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="003639A7" w14:textId="5DC8542D">
+          <w:p w14:paraId="1EF951EB" w14:textId="71E1C6CB" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="3B4E7AD5" w14:textId="77777777">
+          <w:p w14:paraId="003639A7" w14:textId="5DC8542D" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC0DC7">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4CCB1BF0" w14:textId="77777777">
+          <w:p w14:paraId="3B4E7AD5" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4CCB1BF0" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0DC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EC0DC7" w:rsidR="00FB30A1" w:rsidTr="00F708B2" w14:paraId="3A71DD38" w14:textId="77777777">
+      <w:tr w:rsidR="00FB30A1" w:rsidRPr="00EC0DC7" w14:paraId="3A71DD38" w14:textId="77777777" w:rsidTr="00396A15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="21B21620" w14:textId="77777777">
+          <w:p w14:paraId="21B21620" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="4807977A" w14:textId="77777777">
+          <w:p w14:paraId="4807977A" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="664AF298" w14:textId="77777777">
+          <w:p w14:paraId="664AF298" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="644991CD" w14:textId="77777777">
+          <w:p w14:paraId="644991CD" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="756B447B" w14:textId="77777777">
+          <w:p w14:paraId="756B447B" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="A3A3A3" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A3A3A3"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="40" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00401F8F" w:rsidRDefault="00FF5789" w14:paraId="2F2F08D0" w14:textId="77777777">
+          <w:p w14:paraId="2F2F08D0" w14:textId="77777777" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00401F8F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0DC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00FF5789" w:rsidP="00FF5789" w:rsidRDefault="00A07A27" w14:paraId="3D407606" w14:textId="1E7EABC0">
+    <w:p w14:paraId="3D407606" w14:textId="12A5316E" w:rsidR="00FF5789" w:rsidRPr="00EC0DC7" w:rsidRDefault="0054487C" w:rsidP="00FF5789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F941A8">
-[...1730 lines deleted...]
-      <w:r w:rsidR="0054487C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-      <w:r w:rsidRPr="00EC0DC7" w:rsidR="00FF5789">
+      <w:r w:rsidR="00FF5789" w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00FF5789" w:rsidRDefault="00FF5789" w14:paraId="6CFCA55C" w14:textId="21F820E8">
+    <w:p w14:paraId="6CFCA55C" w14:textId="21F820E8" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00FF5789" w:rsidP="00FF5789">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0DC7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="5DDA89E3" w14:textId="6F889FC7">
+    <w:p w14:paraId="5DDA89E3" w14:textId="6F889FC7" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="2EA57AD2" w14:textId="77777777">
+    <w:p w14:paraId="2EA57AD2" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="5C6AF949" w14:textId="6BA11A66">
+    <w:p w14:paraId="5C6AF949" w14:textId="6BA11A66" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="4B14C386" w14:textId="77777777">
+    <w:p w14:paraId="4B14C386" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="208F2FE2" w14:textId="77777777">
+    <w:p w14:paraId="208F2FE2" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="3E86F2D9" w14:textId="77777777">
+    <w:p w14:paraId="3E86F2D9" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="7CBB0596" w14:textId="77777777">
+    <w:p w14:paraId="7CBB0596" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="74CEDE84" w14:textId="77777777">
+    <w:p w14:paraId="74CEDE84" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="6417FC35" w14:textId="77777777">
+    <w:p w14:paraId="6417FC35" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="5A8983E5" w14:textId="77777777">
+    <w:p w14:paraId="5A8983E5" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EC0DC7" w:rsidR="00C51F96" w:rsidP="00C51F96" w:rsidRDefault="00C51F96" w14:paraId="5535D396" w14:textId="77777777">
+    <w:p w14:paraId="5535D396" w14:textId="77777777" w:rsidR="00C51F96" w:rsidRPr="00EC0DC7" w:rsidRDefault="00C51F96" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A95516" w:rsidP="00C51F96" w:rsidRDefault="00A95516" w14:paraId="4E5E8AF7" w14:textId="77777777">
+    <w:p w14:paraId="4E5E8AF7" w14:textId="77777777" w:rsidR="00A95516" w:rsidRDefault="00A95516" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A95516" w:rsidP="00C51F96" w:rsidRDefault="00A95516" w14:paraId="2DA8D006" w14:textId="77777777">
+    <w:p w14:paraId="2DA8D006" w14:textId="77777777" w:rsidR="00A95516" w:rsidRDefault="00A95516" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A95516" w:rsidP="00C51F96" w:rsidRDefault="00A95516" w14:paraId="20691260" w14:textId="77777777">
+    <w:p w14:paraId="20691260" w14:textId="77777777" w:rsidR="00A95516" w:rsidRDefault="00A95516" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A95516" w:rsidP="00C51F96" w:rsidRDefault="00A95516" w14:paraId="6F68470D" w14:textId="77777777">
+    <w:p w14:paraId="6F68470D" w14:textId="77777777" w:rsidR="00A95516" w:rsidRDefault="00A95516" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A95516" w:rsidP="00C51F96" w:rsidRDefault="00A95516" w14:paraId="1203AAD1" w14:textId="77777777">
+    <w:p w14:paraId="1203AAD1" w14:textId="77777777" w:rsidR="00A95516" w:rsidRDefault="00A95516" w:rsidP="00C51F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A95516" w:rsidSect="008C3184">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="2D414820" w14:textId="77777777">
+    <w:p w14:paraId="47139049" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41" w:rsidP="00BD75A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="7E0B06F5" w14:textId="77777777">
+    <w:p w14:paraId="285904C3" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41" w:rsidP="00BD75A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="006F4C2C" w:rsidRDefault="006F4C2C" w14:paraId="777E6654" w14:textId="77777777">
+    <w:p w14:paraId="17EB4A4B" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="085DCEDB" w14:textId="1DDA402A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="085DCEDB" w14:textId="1DDA402A" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58DC5B48" wp14:editId="637E18DB">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="5080" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1661985813" name="Text Box 5" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="1104B287" w14:textId="7C41B1C4">
+                        <w:p w14:paraId="1104B287" w14:textId="7C41B1C4" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="58DC5B48">
+            <v:shapetype w14:anchorId="58DC5B48" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658244;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL " o:spid="_x0000_s1036" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC43W4cCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkbdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thALaEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7Fplizy/yTpwtXXAhfdofRycdJXySyl4eJbSi0BUSbG3kE6Xziqe2WrJir1jtmn52Ab7hy40aw0W&#10;Pad6ZIGRg2v/SKVb7sCDDDMOOgMpWy7SDDjNPH83za5hVqRZkBxvzzT5/5eWPx139sWR0H+BHhcY&#10;CemsLzwa4zy9dDp+sVOCfqTwdKZN9IFwNF5dfb69uaaEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/l1jn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALjdbhwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;">
+            <v:shape id="Text Box 5" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658244;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC43W4cCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkbdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thALaEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7Fplizy/yTpwtXXAhfdofRycdJXySyl4eJbSi0BUSbG3kE6Xziqe2WrJir1jtmn52Ab7hy40aw0W&#10;Pad6ZIGRg2v/SKVb7sCDDDMOOgMpWy7SDDjNPH83za5hVqRZkBxvzzT5/5eWPx139sWR0H+BHhcY&#10;CemsLzwa4zy9dDp+sVOCfqTwdKZN9IFwNF5dfb69uaaEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/l1jn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALjdbhwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="1104B287" w14:textId="7C41B1C4">
+                  <w:p w14:paraId="1104B287" w14:textId="7C41B1C4" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="4200CF35" w14:textId="62FE6CFF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4200CF35" w14:textId="62FE6CFF" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A85F0F" wp14:editId="03049E76">
               <wp:simplePos x="914400" y="10071100"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="5080" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1472904569" name="Text Box 6" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="70B1BC44" w14:textId="6D9077CF">
+                        <w:p w14:paraId="70B1BC44" w14:textId="6D9077CF" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="55A85F0F">
+            <v:shapetype w14:anchorId="55A85F0F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658245;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL " o:spid="_x0000_s1037" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVYtwhCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVOV/HLqfgfViYZCGPbtnVw3VHojfHgWSAumOUi04YkO&#10;3UJXchgRZzXgj7/ZYzzxTl7OOhJMyS0pmrP2m6V9RG1NACewS2D+Ob/OyW8P5h5IhnN6EU4mSFYM&#10;7QQ1gnklOa9iIXIJK6lcyXcTvA+Dcuk5SLVapSCSkRNhY7dOxtSRrsjlS/8q0I2EB9rUI0xqEsU7&#10;3ofYeNO71SEQ+2kpkdqByJFxkmBa6/hcosZ//U9R50e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1WLcIQoCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658245;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVYtwhCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVOV/HLqfgfViYZCGPbtnVw3VHojfHgWSAumOUi04YkO&#10;3UJXchgRZzXgj7/ZYzzxTl7OOhJMyS0pmrP2m6V9RG1NACewS2D+Ob/OyW8P5h5IhnN6EU4mSFYM&#10;7QQ1gnklOa9iIXIJK6lcyXcTvA+Dcuk5SLVapSCSkRNhY7dOxtSRrsjlS/8q0I2EB9rUI0xqEsU7&#10;3ofYeNO71SEQ+2kpkdqByJFxkmBa6/hcosZ//U9R50e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1WLcIQoCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="70B1BC44" w14:textId="6D9077CF">
+                  <w:p w14:paraId="70B1BC44" w14:textId="6D9077CF" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="21A42B17" w14:textId="64A00B9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="21A42B17" w14:textId="64A00B9B" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AEA13AB" wp14:editId="50D3390F">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="5080" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1604270925" name="Text Box 4" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="73205CA1" w14:textId="3B8E8832">
+                        <w:p w14:paraId="73205CA1" w14:textId="3B8E8832" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6AEA13AB">
+            <v:shapetype w14:anchorId="6AEA13AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658243;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="OFFICIAL " o:spid="_x0000_s1039" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC74XOsCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0TdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thBX0ICqhSOYxPiisyVtQrBFlnneCM38DKww6JTgNAv46/ZZ7ViH&#10;2bXKrvL8JuvA1dYBF96j9XFw0lXKL6Xg4VlKLwJRJcXeQjpdOqt4ZqslK/aO2ablYxvsH7rQrDVY&#10;9JzqkQVGDq79I5VuuQMPMsw46AykbLlIM+A08/zdNLuGWZFmQXK8PdPk/19a/nTc2RdHQv8Felxg&#10;JKSzvvBojPP00un4xU4J+pHC05k20QfC0Xh9/fn2ZkEJR9eIMUt2uWydD18FaBJBSR1uJZHFjlsf&#10;htApJNYysGmVSptR5jcD5oyW7NJhRKGvetLWJV1M3VdQn3AoB8O+veWbFktvmQ8vzOGCcQ4UbXjG&#10;QyroSgojoqQB9+Nv9hiPvKOXkg4FU1KDiqZEfTO4j6itCbgJVAnM7/JFjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALvhc6wLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658243;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC74XOsCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0TdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thBX0ICqhSOYxPiisyVtQrBFlnneCM38DKww6JTgNAv46/ZZ7ViH&#10;2bXKrvL8JuvA1dYBF96j9XFw0lXKL6Xg4VlKLwJRJcXeQjpdOqt4ZqslK/aO2ablYxvsH7rQrDVY&#10;9JzqkQVGDq79I5VuuQMPMsw46AykbLlIM+A08/zdNLuGWZFmQXK8PdPk/19a/nTc2RdHQv8Felxg&#10;JKSzvvBojPP00un4xU4J+pHC05k20QfC0Xh9/fn2ZkEJR9eIMUt2uWydD18FaBJBSR1uJZHFjlsf&#10;htApJNYysGmVSptR5jcD5oyW7NJhRKGvetLWJV1M3VdQn3AoB8O+veWbFktvmQ8vzOGCcQ4UbXjG&#10;QyroSgojoqQB9+Nv9hiPvKOXkg4FU1KDiqZEfTO4j6itCbgJVAnM7/JFjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALvhc6wLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="73205CA1" w14:textId="3B8E8832">
+                  <w:p w14:paraId="73205CA1" w14:textId="3B8E8832" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="36D2F8CF" w14:textId="77777777">
+    <w:p w14:paraId="12739499" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41" w:rsidP="00BD75A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="5259465B" w14:textId="77777777">
+    <w:p w14:paraId="7EF51617" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41" w:rsidP="00BD75A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="006F4C2C" w:rsidRDefault="006F4C2C" w14:paraId="084BAF4B" w14:textId="77777777">
+    <w:p w14:paraId="6AB3EFB2" w14:textId="77777777" w:rsidR="00686A41" w:rsidRDefault="00686A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="3D085FBB" w14:textId="22E264DC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3D085FBB" w14:textId="22E264DC" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62441A98" wp14:editId="5DC68B33">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1541060763" name="Text Box 2" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="5750A232" w14:textId="4B6B3DEB">
+                        <w:p w14:paraId="5750A232" w14:textId="4B6B3DEB" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="62441A98">
+            <v:shapetype w14:anchorId="62441A98" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1034" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" alt="OFFICIAL" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDo+/zCBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xj23voDrRNB6GRQcn1w3V3IiAz8LTZmkAUis+0aENdCWH&#10;0eKsBv/jb/6YT4RTlLOOlFJyS1LmzHyztIgoqmTMb/OrnG5+cu8mwx7aeyD9zekpOJnMmIdmMrWH&#10;9pV0vIqFKCSspHIlx8m8x0Gy9A6kWq1SEunHCdzYrZMROvIUSXzpX4V3I9NIK3qESUaieEf4kBv/&#10;DG51QKI9bSNyOhA5Uk3aS/sc30kU96/3lHV+zcufAAAA//8DAFBLAwQUAAYACAAAACEA1B4NR9gA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4UfpzNlmT&#10;hGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodlMR7l&#10;mFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+uayo/9&#10;2RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQh1/V&#10;Ra7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOj7/MIGAgAAFQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;">
+            <v:shape id="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDo+/zCBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xj23voDrRNB6GRQcn1w3V3IiAz8LTZmkAUis+0aENdCWH&#10;0eKsBv/jb/6YT4RTlLOOlFJyS1LmzHyztIgoqmTMb/OrnG5+cu8mwx7aeyD9zekpOJnMmIdmMrWH&#10;9pV0vIqFKCSspHIlx8m8x0Gy9A6kWq1SEunHCdzYrZMROvIUSXzpX4V3I9NIK3qESUaieEf4kBv/&#10;DG51QKI9bSNyOhA5Uk3aS/sc30kU96/3lHV+zcufAAAA//8DAFBLAwQUAAYACAAAACEA1B4NR9gA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4UfpzNlmT&#10;hGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodlMR7l&#10;mFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+uayo/9&#10;2RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQh1/V&#10;Ra7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOj7/MIGAgAAFQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="5750A232" w14:textId="4B6B3DEB">
+                  <w:p w14:paraId="5750A232" w14:textId="4B6B3DEB" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="02BC6FA9" w14:textId="6635F728">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="02BC6FA9" w14:textId="6635F728" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F579D09" wp14:editId="295A9AF7">
               <wp:simplePos x="914400" y="450850"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1832580647" name="Text Box 3" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="12C6BE9E" w14:textId="6D8B5EDB">
+                        <w:p w14:paraId="12C6BE9E" w14:textId="6D8B5EDB" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="3F579D09">
+            <v:shapetype w14:anchorId="3F579D09" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" alt="OFFICIAL" o:spid="_x0000_s1035" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR2+juCAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktpuu22nYRaZI+pF8fFrc9q1hR+VDA7bk81nOmbISqsbuS/7jef3p&#10;hrOAwlbCgFUlP6nAb5cfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXER62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;V6h7gYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3SlP4f7Dy4bh1T55h/xV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnV9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflPQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Z60/0OqhMN5WHYd3By3VDpjQj4JDwtmOYg0eIjHdpA&#10;V3IYLc5q8D//5o/5xDtFOetIMCW3pGjOzHdL+4jaSsb8S36V081P7t1k2EN7ByTDOb0IJ5MZ89BM&#10;pvbQvpCcV7EQhYSVVK7kOJl3OCiXnoNUq1VKIhk5gRu7dTJCR7oil8/9i/BuJBxpUw8wqUkU73gf&#10;cuOfwa0OSOynpURqByJHxkmCaa3jc4kaf3tPWedHvfwFAAD//wMAUEsDBBQABgAIAAAAIQDUHg1H&#10;2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR+nM2&#10;WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHySh2Ux&#10;HuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH65rK&#10;j/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0XC1CH&#10;X9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkdvo7ggCAAAcBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAADwAA&#10;AAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;">
+            <v:shape id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR2+juCAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktpuu22nYRaZI+pF8fFrc9q1hR+VDA7bk81nOmbISqsbuS/7jef3p&#10;hrOAwlbCgFUlP6nAb5cfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXER62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;V6h7gYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3SlP4f7Dy4bh1T55h/xV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnV9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflPQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Z60/0OqhMN5WHYd3By3VDpjQj4JDwtmOYg0eIjHdpA&#10;V3IYLc5q8D//5o/5xDtFOetIMCW3pGjOzHdL+4jaSsb8S36V081P7t1k2EN7ByTDOb0IJ5MZ89BM&#10;pvbQvpCcV7EQhYSVVK7kOJl3OCiXnoNUq1VKIhk5gRu7dTJCR7oil8/9i/BuJBxpUw8wqUkU73gf&#10;cuOfwa0OSOynpURqByJHxkmCaa3jc4kaf3tPWedHvfwFAAD//wMAUEsDBBQABgAIAAAAIQDUHg1H&#10;2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR+nM2&#10;WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHySh2Ux&#10;HuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH65rK&#10;j/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0XC1CH&#10;X9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkdvo7ggCAAAcBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAADwAA&#10;AAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="12C6BE9E" w14:textId="6D8B5EDB">
+                  <w:p w14:paraId="12C6BE9E" w14:textId="6D8B5EDB" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="41106C32" w14:textId="122338B8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="41106C32" w14:textId="122338B8" w:rsidR="00BD75A7" w:rsidRDefault="00BD75A7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C43AA02" wp14:editId="716AC5F2">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="805228390" name="Text Box 1" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="1F4C02A7" w14:textId="420E7EDC">
+                        <w:p w14:paraId="1F4C02A7" w14:textId="420E7EDC" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD75A7">
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6C43AA02">
+            <v:shapetype w14:anchorId="6C43AA02" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1038" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" alt="OFFICIAL" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImZAlCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6ai4lP3O6hONJSHYd/ByXVDpTci4LPwtGCag0SLT3Ro&#10;A13JYbQ4q8H/+Js/5hPvFOWsI8GU3JKiOTPfLO0jaisZ89v8Kqebn9y7ybCH9h5IhnN6EU4mM+ah&#10;mUztoX0lOa9iIQoJK6lcyXEy73FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3Ug40qYeYVKTKN7x&#10;PuTGP4NbHZDYT0uJ1A5EjoyTBNNax+cSNf7rPWWdH/XyJwAAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBImZAlCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;">
+            <v:shape id="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImZAlCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6ai4lP3O6hONJSHYd/ByXVDpTci4LPwtGCag0SLT3Ro&#10;A13JYbQ4q8H/+Js/5hPvFOWsI8GU3JKiOTPfLO0jaisZ89v8Kqebn9y7ybCH9h5IhnN6EU4mM+ah&#10;mUztoX0lOa9iIQoJK6lcyXEy73FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3Ug40qYeYVKTKN7x&#10;PuTGP4NbHZDYT0uJ1A5EjoyTBNNax+cSNf7rPWWdH/XyJwAAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBImZAlCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00BD75A7" w:rsidR="00BD75A7" w:rsidP="00BD75A7" w:rsidRDefault="00BD75A7" w14:paraId="1F4C02A7" w14:textId="420E7EDC">
+                  <w:p w14:paraId="1F4C02A7" w14:textId="420E7EDC" w:rsidR="00BD75A7" w:rsidRPr="00BD75A7" w:rsidRDefault="00BD75A7" w:rsidP="00BD75A7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD75A7">
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="034650AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B54A88DA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09506052"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E84673CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A3A7176"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B54A074"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA57344"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84B45F2A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="140E1264"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5666DA6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="154102F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C3C8972"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1E0A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE647650"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED03E26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CECAA4D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220D723A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F338761E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AD86871"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="175A306C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CD653C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB363CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCF12C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B6208E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31A0042A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D0F28D9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47666498"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C1489C08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="487627FF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4AA64D34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49626744"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D25EDF4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A636FE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7C0ECA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6966D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F5847850"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55DE7668"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F0AE1AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BBD3965"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="41A6E948"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="658146EF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C5A2288"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="660C2570"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DAEC4D16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672C54A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="623C361C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FFF4ABE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4C66324A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="703E39A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="930A6C7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707934C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6166EB06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E9F76F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37841FE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532301925">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="737478671">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1834369968">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="32311717">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1694264313">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="788626158">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1151021207">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2115782971">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1706562911">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="271791294">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="o"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="1440"/>
           </w:tabs>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="465052749">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="983392475">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="984941222">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2003467124">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="36587884">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1720084704">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="214199546">
     <w:abstractNumId w:val="9"/>
@@ -17440,289 +11654,313 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="370956429">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1624848319">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="541939463">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="64114219">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="607852531">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1727532509">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="114"/>
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F570A1"/>
+    <w:rsid w:val="0000452F"/>
     <w:rsid w:val="00045698"/>
     <w:rsid w:val="00060343"/>
     <w:rsid w:val="0007219C"/>
     <w:rsid w:val="00081157"/>
     <w:rsid w:val="00091E6A"/>
     <w:rsid w:val="000A169D"/>
     <w:rsid w:val="000A1D71"/>
     <w:rsid w:val="000A1FC9"/>
     <w:rsid w:val="000A3E33"/>
     <w:rsid w:val="000A58D6"/>
     <w:rsid w:val="000B13E6"/>
+    <w:rsid w:val="000B296C"/>
     <w:rsid w:val="000B2B0F"/>
     <w:rsid w:val="000C50B5"/>
     <w:rsid w:val="000C6AB8"/>
     <w:rsid w:val="000F182C"/>
     <w:rsid w:val="000F575F"/>
     <w:rsid w:val="000F72D2"/>
     <w:rsid w:val="00106E90"/>
     <w:rsid w:val="00111EE6"/>
     <w:rsid w:val="00111F5C"/>
     <w:rsid w:val="00113A09"/>
     <w:rsid w:val="00130022"/>
     <w:rsid w:val="001359EF"/>
     <w:rsid w:val="00143B0D"/>
     <w:rsid w:val="00166E59"/>
     <w:rsid w:val="0018336D"/>
     <w:rsid w:val="00187046"/>
     <w:rsid w:val="001940BD"/>
     <w:rsid w:val="001952CF"/>
     <w:rsid w:val="001A7578"/>
     <w:rsid w:val="001A777E"/>
     <w:rsid w:val="001B314A"/>
     <w:rsid w:val="001C4613"/>
     <w:rsid w:val="001C4F71"/>
     <w:rsid w:val="001E2670"/>
     <w:rsid w:val="001F2CD1"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="0021374F"/>
     <w:rsid w:val="00215031"/>
     <w:rsid w:val="00226D6C"/>
     <w:rsid w:val="00230C1D"/>
     <w:rsid w:val="0024330E"/>
     <w:rsid w:val="00245106"/>
     <w:rsid w:val="00253CAD"/>
+    <w:rsid w:val="0026054F"/>
     <w:rsid w:val="00260B82"/>
     <w:rsid w:val="00265428"/>
+    <w:rsid w:val="0029036D"/>
     <w:rsid w:val="002B76E4"/>
     <w:rsid w:val="002D7F00"/>
     <w:rsid w:val="002E7386"/>
     <w:rsid w:val="002F3823"/>
     <w:rsid w:val="002F7355"/>
     <w:rsid w:val="003007B4"/>
     <w:rsid w:val="0030684F"/>
     <w:rsid w:val="00307867"/>
     <w:rsid w:val="00342403"/>
     <w:rsid w:val="003508D9"/>
+    <w:rsid w:val="00352C63"/>
     <w:rsid w:val="00366152"/>
     <w:rsid w:val="00366307"/>
     <w:rsid w:val="003670D8"/>
     <w:rsid w:val="00385644"/>
     <w:rsid w:val="00385D73"/>
+    <w:rsid w:val="00396A15"/>
     <w:rsid w:val="003B1C2D"/>
+    <w:rsid w:val="003B4071"/>
     <w:rsid w:val="003B4AAB"/>
+    <w:rsid w:val="003D441F"/>
     <w:rsid w:val="003E38C4"/>
     <w:rsid w:val="003F5897"/>
     <w:rsid w:val="00401F8F"/>
     <w:rsid w:val="00441713"/>
     <w:rsid w:val="00454129"/>
     <w:rsid w:val="00454465"/>
     <w:rsid w:val="0046307A"/>
     <w:rsid w:val="004751FA"/>
     <w:rsid w:val="00481713"/>
     <w:rsid w:val="00483FC6"/>
+    <w:rsid w:val="004A2CAE"/>
     <w:rsid w:val="004A4009"/>
     <w:rsid w:val="004A699A"/>
     <w:rsid w:val="004B690D"/>
     <w:rsid w:val="004C351D"/>
     <w:rsid w:val="004C4877"/>
     <w:rsid w:val="004D1C95"/>
     <w:rsid w:val="004E6BE1"/>
     <w:rsid w:val="004F5F30"/>
     <w:rsid w:val="004F70E3"/>
     <w:rsid w:val="005126C6"/>
+    <w:rsid w:val="00517636"/>
     <w:rsid w:val="00522B55"/>
+    <w:rsid w:val="00530E8A"/>
     <w:rsid w:val="005361A2"/>
     <w:rsid w:val="0054487C"/>
     <w:rsid w:val="00564CA0"/>
     <w:rsid w:val="005838C6"/>
     <w:rsid w:val="00590295"/>
     <w:rsid w:val="0059576A"/>
     <w:rsid w:val="005961C0"/>
     <w:rsid w:val="005A04BC"/>
     <w:rsid w:val="005B0F4E"/>
     <w:rsid w:val="005C03EA"/>
     <w:rsid w:val="005D1D3E"/>
     <w:rsid w:val="005E4B12"/>
     <w:rsid w:val="005F1E51"/>
     <w:rsid w:val="006152E6"/>
     <w:rsid w:val="0063532B"/>
     <w:rsid w:val="00640325"/>
     <w:rsid w:val="0064286B"/>
     <w:rsid w:val="006436D8"/>
     <w:rsid w:val="006618D7"/>
+    <w:rsid w:val="00681E87"/>
+    <w:rsid w:val="00686A41"/>
     <w:rsid w:val="00693F3D"/>
     <w:rsid w:val="006C1F0C"/>
     <w:rsid w:val="006C3BA4"/>
     <w:rsid w:val="006D2D94"/>
     <w:rsid w:val="006F463B"/>
     <w:rsid w:val="006F4C2C"/>
     <w:rsid w:val="006F67CD"/>
     <w:rsid w:val="00703D9E"/>
     <w:rsid w:val="00712D3A"/>
     <w:rsid w:val="007350A3"/>
     <w:rsid w:val="0074115C"/>
     <w:rsid w:val="007439AD"/>
     <w:rsid w:val="00747850"/>
     <w:rsid w:val="007741CC"/>
     <w:rsid w:val="00780D22"/>
     <w:rsid w:val="007A4DAF"/>
     <w:rsid w:val="007A67AC"/>
     <w:rsid w:val="007B1056"/>
     <w:rsid w:val="007B7CC9"/>
     <w:rsid w:val="007C1275"/>
+    <w:rsid w:val="007E38CE"/>
     <w:rsid w:val="00803182"/>
     <w:rsid w:val="00810F97"/>
     <w:rsid w:val="0081571C"/>
+    <w:rsid w:val="00821C28"/>
     <w:rsid w:val="00827292"/>
     <w:rsid w:val="008423E1"/>
     <w:rsid w:val="0084468F"/>
     <w:rsid w:val="00860DCB"/>
     <w:rsid w:val="008703DA"/>
     <w:rsid w:val="00882ED3"/>
     <w:rsid w:val="008911D0"/>
     <w:rsid w:val="008A4939"/>
     <w:rsid w:val="008A5CD3"/>
+    <w:rsid w:val="008B008C"/>
     <w:rsid w:val="008B0A5B"/>
     <w:rsid w:val="008C2224"/>
     <w:rsid w:val="008C3184"/>
     <w:rsid w:val="008C4C1B"/>
     <w:rsid w:val="008C7D24"/>
+    <w:rsid w:val="008E285C"/>
     <w:rsid w:val="008F26BB"/>
     <w:rsid w:val="008F3345"/>
     <w:rsid w:val="009035C1"/>
     <w:rsid w:val="0090637A"/>
     <w:rsid w:val="00907204"/>
     <w:rsid w:val="00907E91"/>
     <w:rsid w:val="00912C97"/>
     <w:rsid w:val="00913432"/>
     <w:rsid w:val="00920300"/>
     <w:rsid w:val="00946C6C"/>
     <w:rsid w:val="009535ED"/>
     <w:rsid w:val="00964C83"/>
     <w:rsid w:val="00973AD8"/>
     <w:rsid w:val="00983FD6"/>
     <w:rsid w:val="0099093E"/>
     <w:rsid w:val="009923BE"/>
     <w:rsid w:val="009B1EC3"/>
+    <w:rsid w:val="009B2D56"/>
     <w:rsid w:val="009C056E"/>
     <w:rsid w:val="009D628C"/>
     <w:rsid w:val="009F04FC"/>
     <w:rsid w:val="00A043BE"/>
     <w:rsid w:val="00A049E2"/>
     <w:rsid w:val="00A07A27"/>
     <w:rsid w:val="00A12FD3"/>
     <w:rsid w:val="00A20D68"/>
     <w:rsid w:val="00A22C03"/>
     <w:rsid w:val="00A26FAA"/>
     <w:rsid w:val="00A30CFB"/>
     <w:rsid w:val="00A3685C"/>
     <w:rsid w:val="00A400AE"/>
     <w:rsid w:val="00A67AC8"/>
     <w:rsid w:val="00A74ED5"/>
     <w:rsid w:val="00A95516"/>
     <w:rsid w:val="00AB5059"/>
     <w:rsid w:val="00AD60A7"/>
     <w:rsid w:val="00AD735F"/>
     <w:rsid w:val="00AE1456"/>
     <w:rsid w:val="00B12BFD"/>
     <w:rsid w:val="00B173B2"/>
+    <w:rsid w:val="00B85247"/>
     <w:rsid w:val="00BC5605"/>
+    <w:rsid w:val="00BC6857"/>
     <w:rsid w:val="00BD4A24"/>
     <w:rsid w:val="00BD75A7"/>
     <w:rsid w:val="00BE3CA1"/>
+    <w:rsid w:val="00BF2544"/>
     <w:rsid w:val="00BF4A0D"/>
     <w:rsid w:val="00C06F2F"/>
     <w:rsid w:val="00C100FF"/>
     <w:rsid w:val="00C153D9"/>
+    <w:rsid w:val="00C154CF"/>
     <w:rsid w:val="00C2140C"/>
     <w:rsid w:val="00C5021F"/>
     <w:rsid w:val="00C51F96"/>
     <w:rsid w:val="00C573E2"/>
     <w:rsid w:val="00C633FA"/>
     <w:rsid w:val="00C852A7"/>
     <w:rsid w:val="00CB2153"/>
     <w:rsid w:val="00CF2156"/>
     <w:rsid w:val="00D360D1"/>
     <w:rsid w:val="00D504F3"/>
     <w:rsid w:val="00D56358"/>
     <w:rsid w:val="00D71B11"/>
     <w:rsid w:val="00D76E54"/>
     <w:rsid w:val="00D77402"/>
     <w:rsid w:val="00D870EC"/>
     <w:rsid w:val="00E00CEF"/>
     <w:rsid w:val="00E17639"/>
     <w:rsid w:val="00E27027"/>
     <w:rsid w:val="00E73B6E"/>
+    <w:rsid w:val="00E90CBE"/>
     <w:rsid w:val="00EA1271"/>
     <w:rsid w:val="00EA13A5"/>
     <w:rsid w:val="00EA7891"/>
     <w:rsid w:val="00EB2C28"/>
     <w:rsid w:val="00EC0DC7"/>
     <w:rsid w:val="00EC63AE"/>
+    <w:rsid w:val="00EE0E1B"/>
     <w:rsid w:val="00EE57E3"/>
     <w:rsid w:val="00F00B41"/>
+    <w:rsid w:val="00F17B6F"/>
     <w:rsid w:val="00F23A92"/>
     <w:rsid w:val="00F33F90"/>
     <w:rsid w:val="00F44F90"/>
     <w:rsid w:val="00F47696"/>
     <w:rsid w:val="00F54B65"/>
     <w:rsid w:val="00F570A1"/>
     <w:rsid w:val="00F6215E"/>
     <w:rsid w:val="00F67C07"/>
     <w:rsid w:val="00F708B2"/>
     <w:rsid w:val="00F74CBC"/>
     <w:rsid w:val="00F81B86"/>
     <w:rsid w:val="00F941A8"/>
     <w:rsid w:val="00FA3E32"/>
     <w:rsid w:val="00FB30A1"/>
     <w:rsid w:val="00FC52C3"/>
     <w:rsid w:val="00FC6915"/>
     <w:rsid w:val="00FD20A0"/>
     <w:rsid w:val="00FD210B"/>
     <w:rsid w:val="00FE572E"/>
     <w:rsid w:val="00FE73ED"/>
     <w:rsid w:val="00FF5789"/>
     <w:rsid w:val="00FF6722"/>
     <w:rsid w:val="0CCC3E9A"/>
   </w:rsids>
   <m:mathPr>
@@ -17737,131 +11975,131 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62F38EAD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2394F9EC-4DBF-423D-B952-D6CCE362A62A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18017,52 +12255,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -18129,185 +12367,185 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00F941A8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD75A7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BD75A7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD75A7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BD75A7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF5789"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF5789"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00F941A8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="en-AU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F941A8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
@@ -18766,55 +13004,56 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1729376219">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aljazeera.com/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theguardian.com/au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adelaidenow.com.au/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huffingtonpost.com/rachael-freed/legacy-telling-our-story_b_776195.html" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huffingtonpost.com/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aljazeera.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.theguardian.com/au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adelaidenow.com.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huffingtonpost.com/rachael-freed/legacy-telling-our-story_b_776195.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.huffingtonpost.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -19081,61 +13320,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DBB10A7932EB534F8AEF78845ABA8758" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3280ce9b97e3dd75ae29915643e76551">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="013bbd5f-90a7-43b7-b1c5-339583c96db7" xmlns:ns3="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d4c83dbc24afbf0f906afc1e65286e3" ns2:_="" ns3:_="">
     <xsd:import namespace="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
     <xsd:import namespace="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -19352,147 +13580,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="013bbd5f-90a7-43b7-b1c5-339583c96db7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDD989DF-1ED9-43E5-8F63-30892579350A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
     <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21B8AE7C-AA83-4BC6-B62C-BC500EDDEAF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40DA7895-B8FA-4723-84EA-81C43DB259BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E2931A3-6DE7-4EF2-8827-3216CFB93001}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1162</Words>
+  <Characters>6628</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7775</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jak Baddams</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Parry, Lyndon (SACE)</lastModifiedBy>
-  <revision>231</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>2ffecf66,5bdab89b,6d3af627</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>5f9f3b4d,630fe415,57cabd79</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
     <vt:lpwstr>0x010100DBB10A7932EB534F8AEF78845ABA8758</vt:lpwstr>
   </property>