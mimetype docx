--- v0 (2025-10-20)
+++ v1 (2026-01-29)
@@ -1,159 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="3C0EEC1B" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00EA7E90" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="005314A3" w:rsidRPr="00EA7E90" w:rsidSect="00952165">
-          <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1826" w:right="1418" w:bottom="1418" w:left="1418" w:header="567" w:footer="617" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:vAlign w:val="center"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2384A88B" w14:textId="77777777" w:rsidR="005314A3" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3342A314" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765961">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SACE </w:t>
       </w:r>
       <w:r w:rsidRPr="00765961">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>subjects and codes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E771427" w14:textId="2E65D97A" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
+    <w:p w14:paraId="1E771427" w14:textId="527D59CA" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765961">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Stage 1 subjects and codes for 202</w:t>
       </w:r>
-      <w:r w:rsidR="00077E4A">
+      <w:r w:rsidR="002F6754">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8521" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="565"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="150"/>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="64"/>
@@ -5650,59 +5646,51 @@
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6392" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FA30967" w14:textId="41698314" w:rsidR="00DA5A58" w:rsidRPr="00765961" w:rsidRDefault="00DA5A58" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Politics, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and People</w:t>
+              <w:t>Politics, Power and People</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="3956614F" w14:textId="77777777" w:rsidTr="00C51F38">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="283" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5615D4A3" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
@@ -11188,50 +11176,160 @@
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6530" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3EC3315B" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
               <w:ind w:hanging="38"/>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:t>Punjabi (continuers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F16D5B" w:rsidRPr="00765961" w14:paraId="1F9F1A24" w14:textId="77777777" w:rsidTr="007E35D8">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="283" w:type="dxa"/>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="272F4396" w14:textId="2C324B26" w:rsidR="00F16D5B" w:rsidRPr="004D50CF" w:rsidRDefault="00F16D5B" w:rsidP="007E35D8">
+            <w:pPr>
+              <w:pStyle w:val="Code"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D50CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>ROC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D50CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B408CFC" w14:textId="77777777" w:rsidR="00F16D5B" w:rsidRPr="004D50CF" w:rsidRDefault="00F16D5B" w:rsidP="007E35D8">
+            <w:pPr>
+              <w:pStyle w:val="or20"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D50CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="288" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="566D81ED" w14:textId="77777777" w:rsidR="00F16D5B" w:rsidRPr="004D50CF" w:rsidRDefault="00F16D5B" w:rsidP="007E35D8">
+            <w:pPr>
+              <w:pStyle w:val="or20"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D50CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6530" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="421E4DE5" w14:textId="2EECABAE" w:rsidR="00F16D5B" w:rsidRPr="00765961" w:rsidRDefault="00F16D5B" w:rsidP="007E35D8">
+            <w:pPr>
+              <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
+              <w:ind w:hanging="38"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Romanian</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D50CF">
+              <w:t xml:space="preserve"> (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="478905EF" w14:textId="77777777" w:rsidTr="00C51F38">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="283" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B002C10" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
@@ -14399,91 +14497,91 @@
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*Contact the relevant SACE Board officer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="055A1473" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidSect="00A5662E">
-          <w:headerReference w:type="default" r:id="rId18"/>
-          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1559" w:left="1418" w:header="567" w:footer="471" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BCF41F9" w14:textId="42A5D1E6" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
+    <w:p w14:paraId="6BCF41F9" w14:textId="0EC52E81" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765961">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Stage 2 Subjects and Codes for 202</w:t>
       </w:r>
-      <w:r w:rsidR="00803086">
+      <w:r w:rsidR="002F6754">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8644" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="87"/>
         <w:gridCol w:w="213"/>
         <w:gridCol w:w="125"/>
         <w:gridCol w:w="125"/>
@@ -19624,284 +19722,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00A87533">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DDD0507" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00A87533" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
             </w:pPr>
             <w:r w:rsidRPr="00A87533">
               <w:t>Integrated Learning B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005314A3" w:rsidRPr="00A87533" w14:paraId="2F3B8DB5" w14:textId="77777777" w:rsidTr="00C51F38">
-[...232 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="005343CE" w:rsidRPr="00A87533" w14:paraId="4B11584A" w14:textId="77777777" w:rsidTr="00C51F38">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="416" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71D66616" w14:textId="77777777" w:rsidR="005343CE" w:rsidRPr="00A87533" w:rsidRDefault="005343CE" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -22007,51 +21871,50 @@
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="416" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="679364F7" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2LE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1C954820" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
@@ -22263,50 +22126,51 @@
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="416" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4310FEF9" w14:textId="6B270417" w:rsidR="00487EC9" w:rsidRPr="00765961" w:rsidRDefault="00487EC9" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>PPP</w:t>
             </w:r>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7E126B1F" w14:textId="77777777" w:rsidR="00487EC9" w:rsidRPr="00765961" w:rsidRDefault="00487EC9" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
@@ -22323,59 +22187,51 @@
           </w:tcPr>
           <w:p w14:paraId="23A48E35" w14:textId="77777777" w:rsidR="00487EC9" w:rsidRPr="00765961" w:rsidRDefault="00487EC9" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AF04A29" w14:textId="47F7F7C0" w:rsidR="00487EC9" w:rsidRPr="00765961" w:rsidRDefault="00487EC9" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:t>Politics</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and People</w:t>
+              <w:t>, Power and People</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="663195B5" w14:textId="77777777" w:rsidTr="00C51F38">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="416" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CFDFB5C" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -25670,51 +25526,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="4B4A9B33" w14:textId="77777777" w:rsidTr="00732001">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="128" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A1F0963" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2KOC20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63B7CE37" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="480" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D6EF71D" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
@@ -25881,50 +25736,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="1364F26B" w14:textId="77777777" w:rsidTr="00732001">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="128" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01930983" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2LAS10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="513" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00E09CC4" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26726,50 +26582,118 @@
           <w:tcPr>
             <w:tcW w:w="480" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F32104F" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="or20"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6229" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EA8536F" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:t>Punjabi (continuers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F16D5B" w:rsidRPr="00765961" w14:paraId="6DF46E92" w14:textId="77777777" w:rsidTr="00732001">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2642F5E2" w14:textId="23833623" w:rsidR="00F16D5B" w:rsidRPr="00765961" w:rsidRDefault="00F16D5B" w:rsidP="00C51F38">
+            <w:pPr>
+              <w:pStyle w:val="Code"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+              <w:t>2ROC20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DFA6A8" w14:textId="26CA0991" w:rsidR="00F16D5B" w:rsidRPr="00765961" w:rsidRDefault="00F16D5B" w:rsidP="00C51F38">
+            <w:pPr>
+              <w:pStyle w:val="or20"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="480" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0966C8" w14:textId="77777777" w:rsidR="00F16D5B" w:rsidRPr="00765961" w:rsidRDefault="00F16D5B" w:rsidP="00C51F38">
+            <w:pPr>
+              <w:pStyle w:val="or20"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6229" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB8C1EC" w14:textId="79AD2B94" w:rsidR="00F16D5B" w:rsidRPr="00765961" w:rsidRDefault="00F16D5B" w:rsidP="00C51F38">
+            <w:pPr>
+              <w:pStyle w:val="StyleSubject9ptLatinRobotoLight10pt"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Romanian (continuers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005314A3" w:rsidRPr="00765961" w14:paraId="0D5AEC54" w14:textId="77777777" w:rsidTr="00732001">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57D714E8" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00765961" w:rsidRDefault="005314A3" w:rsidP="00C51F38">
             <w:pPr>
               <w:pStyle w:val="Code"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
               </w:rPr>
               <w:t>2RUC20</w:t>
@@ -28748,84 +28672,84 @@
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765961">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>*Contact the relevant SACE Board Officer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="678A1FB2" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00EA7E90" w:rsidRDefault="005314A3" w:rsidP="005314A3">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37CE6772" w14:textId="77777777" w:rsidR="00F522A8" w:rsidRPr="005314A3" w:rsidRDefault="00F522A8" w:rsidP="005314A3"/>
     <w:sectPr w:rsidR="00F522A8" w:rsidRPr="005314A3" w:rsidSect="00FA7C3A">
-      <w:footerReference w:type="default" r:id="rId20"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1146" w:left="1418" w:header="567" w:footer="471" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44519B2E" w14:textId="77777777" w:rsidR="00A54615" w:rsidRDefault="00A54615" w:rsidP="00EA7580">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6899252B" w14:textId="77777777" w:rsidR="00A54615" w:rsidRDefault="00A54615" w:rsidP="00EA7580">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -28844,68 +28768,58 @@
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="070FD38A" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00157541" w:rsidRDefault="00000000" w:rsidP="003D4BB7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="070FD38A" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00157541" w:rsidRDefault="002F6754" w:rsidP="003D4BB7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:left="-42"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="535472283"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
@@ -29036,111 +28950,113 @@
         <w:r w:rsidR="005314A3" w:rsidRPr="00B34563">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0532F8E1" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00D438E3" w:rsidRDefault="005314A3" w:rsidP="00157541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="927844510"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="860082579"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="79046E91" w14:textId="1A8ACE50" w:rsidR="005314A3" w:rsidRPr="001C11ED" w:rsidRDefault="005314A3" w:rsidP="00F83192">
+          <w:p w14:paraId="79046E91" w14:textId="180C2E65" w:rsidR="005314A3" w:rsidRPr="001C11ED" w:rsidRDefault="005314A3" w:rsidP="00F83192">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 1 subjects and codes for </w:t>
             </w:r>
             <w:r w:rsidR="0093315A">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00DB1B9E">
+            <w:r w:rsidR="00790B70">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -29277,125 +29193,126 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="PageNumber"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A129B14" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00F83192" w:rsidRDefault="00000000" w:rsidP="00F83192">
+          <w:p w14:paraId="3A129B14" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00F83192" w:rsidRDefault="002F6754" w:rsidP="00F83192">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4513"/>
                 <w:tab w:val="center" w:pos="4395"/>
               </w:tabs>
               <w:ind w:left="-42"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="2262AB35" w14:textId="0C640239" w:rsidR="005314A3" w:rsidRPr="00F83192" w:rsidRDefault="00000000" w:rsidP="00F83192">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="2262AB35" w14:textId="07FFFB65" w:rsidR="005314A3" w:rsidRPr="00F83192" w:rsidRDefault="002F6754" w:rsidP="00F83192">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:left="-42"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="-1480687322"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="005314A3" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">Stage 1 subjects and codes for </w:t>
         </w:r>
         <w:r w:rsidR="0027292C">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
-        <w:r w:rsidR="00705B47">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="005314A3" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:tab/>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="005314A3" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="005314A3" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -29469,103 +29386,104 @@
         <w:r w:rsidR="005314A3" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="3E4ED4F7" w14:textId="77777777" w:rsidR="005314A3" w:rsidRPr="00D438E3" w:rsidRDefault="005314A3" w:rsidP="00157541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="7356581A" w14:textId="079A5B45" w:rsidR="00C80195" w:rsidRPr="00F83192" w:rsidRDefault="00000000" w:rsidP="00F83192">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="7356581A" w14:textId="5A979F59" w:rsidR="00C80195" w:rsidRPr="00F83192" w:rsidRDefault="002F6754" w:rsidP="00F83192">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:left="-42"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:id w:val="-156154237"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00C80195" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">Stage 2 subjects and codes for </w:t>
         </w:r>
         <w:r w:rsidR="00C80195">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>202</w:t>
         </w:r>
-        <w:r w:rsidR="00944054">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00C80195" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:tab/>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00C80195" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00C80195" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -29639,117 +29557,119 @@
         <w:r w:rsidR="00C80195" w:rsidRPr="00F83192">
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="527EC525" w14:textId="77777777" w:rsidR="00C80195" w:rsidRPr="00D438E3" w:rsidRDefault="00C80195" w:rsidP="00157541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="1746067512"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="614949421"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="2561F390" w14:textId="4EDA4693" w:rsidR="00C80195" w:rsidRPr="00F83192" w:rsidRDefault="00C80195" w:rsidP="00F83192">
+          <w:p w14:paraId="2561F390" w14:textId="0F1BEB61" w:rsidR="00C80195" w:rsidRPr="00F83192" w:rsidRDefault="00C80195" w:rsidP="00F83192">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4513"/>
               </w:tabs>
               <w:ind w:left="-42"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 subjects and codes for </w:t>
             </w:r>
             <w:r w:rsidR="006F100F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00705B47">
+            <w:r w:rsidR="002F6754">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -29815,80 +29735,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00F83192">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="43B40A2A" w14:textId="77777777" w:rsidR="00A54615" w:rsidRDefault="00A54615" w:rsidP="00EA7580">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="50B70D79" w14:textId="77777777" w:rsidR="00A54615" w:rsidRDefault="00A54615" w:rsidP="00EA7580">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="38EECD7A" w14:textId="47738902" w:rsidR="005314A3" w:rsidRDefault="00F86B91">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="1" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="365BFDB3" wp14:editId="2EB63055">
               <wp:simplePos x="0" y="190500"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="MSIPCMf84f48769beec75fa75982f1" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -30016,52 +29926,52 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1994154" cy="703326"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="1AE29E52" w14:textId="3B03373F" w:rsidR="005314A3" w:rsidRDefault="00F86B91">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="056B3266" wp14:editId="0A8EA3C2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="MSIPCM58754848ae738e4d26634fa9" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -30218,52 +30128,52 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="41618485" w14:textId="62B74563" w:rsidR="005314A3" w:rsidRDefault="00F86B91">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2BEDD6E9" wp14:editId="786005D9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>190500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="252095"/>
               <wp:effectExtent l="0" t="0" r="0" b="14605"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="MSIPCM6f12454999c73b10276bc094" descr="{&quot;HashCode&quot;:1178062039,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Header&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -30343,66 +30253,66 @@
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F86B91">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="05FCDFF7" w14:textId="77777777" w:rsidR="00C80195" w:rsidRPr="00424192" w:rsidRDefault="00C80195" w:rsidP="00424192">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BEB3A3B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C09001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -30452,52 +30362,52 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="32274208">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="200"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="104"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -30568,120 +30478,123 @@
     <w:rsid w:val="00106DA3"/>
     <w:rsid w:val="00110A29"/>
     <w:rsid w:val="00112FA0"/>
     <w:rsid w:val="0011352D"/>
     <w:rsid w:val="00121CCB"/>
     <w:rsid w:val="00123E0E"/>
     <w:rsid w:val="00124A4E"/>
     <w:rsid w:val="00126982"/>
     <w:rsid w:val="00132DDA"/>
     <w:rsid w:val="00135D58"/>
     <w:rsid w:val="00145879"/>
     <w:rsid w:val="00151F7A"/>
     <w:rsid w:val="001528F6"/>
     <w:rsid w:val="00153884"/>
     <w:rsid w:val="00157541"/>
     <w:rsid w:val="00163751"/>
     <w:rsid w:val="00164464"/>
     <w:rsid w:val="00165366"/>
     <w:rsid w:val="001655A9"/>
     <w:rsid w:val="00166E53"/>
     <w:rsid w:val="00172292"/>
     <w:rsid w:val="0017434A"/>
     <w:rsid w:val="00174F7C"/>
     <w:rsid w:val="00177A51"/>
     <w:rsid w:val="00177B53"/>
+    <w:rsid w:val="00177FF2"/>
     <w:rsid w:val="00180F61"/>
     <w:rsid w:val="00183CA2"/>
     <w:rsid w:val="00184F06"/>
     <w:rsid w:val="00191CA3"/>
     <w:rsid w:val="001936A7"/>
     <w:rsid w:val="00196FAF"/>
     <w:rsid w:val="001A0CB2"/>
     <w:rsid w:val="001A6F2B"/>
     <w:rsid w:val="001B04D1"/>
     <w:rsid w:val="001B2580"/>
     <w:rsid w:val="001C6E5D"/>
     <w:rsid w:val="001D0CE4"/>
     <w:rsid w:val="001D2881"/>
     <w:rsid w:val="001D497A"/>
     <w:rsid w:val="001D4DB5"/>
     <w:rsid w:val="001E15C2"/>
     <w:rsid w:val="001F1534"/>
     <w:rsid w:val="001F5344"/>
     <w:rsid w:val="001F6407"/>
     <w:rsid w:val="001F678D"/>
     <w:rsid w:val="001F7432"/>
     <w:rsid w:val="002047C4"/>
     <w:rsid w:val="002059FD"/>
     <w:rsid w:val="00211634"/>
     <w:rsid w:val="00214C9B"/>
     <w:rsid w:val="0022331D"/>
     <w:rsid w:val="002253CD"/>
     <w:rsid w:val="00231B74"/>
     <w:rsid w:val="00231C10"/>
     <w:rsid w:val="00232FE7"/>
     <w:rsid w:val="0023555C"/>
     <w:rsid w:val="002400F6"/>
+    <w:rsid w:val="002409A2"/>
     <w:rsid w:val="00240E08"/>
     <w:rsid w:val="00241DEC"/>
     <w:rsid w:val="00243FDF"/>
     <w:rsid w:val="00246229"/>
     <w:rsid w:val="002512C5"/>
     <w:rsid w:val="00251758"/>
     <w:rsid w:val="00251D47"/>
     <w:rsid w:val="0026155F"/>
     <w:rsid w:val="00265BCC"/>
     <w:rsid w:val="002660FB"/>
     <w:rsid w:val="00270DFC"/>
     <w:rsid w:val="0027292C"/>
     <w:rsid w:val="00276BDE"/>
     <w:rsid w:val="00277CF3"/>
     <w:rsid w:val="0028016C"/>
     <w:rsid w:val="002814FB"/>
     <w:rsid w:val="00286C85"/>
     <w:rsid w:val="00294972"/>
     <w:rsid w:val="0029580E"/>
     <w:rsid w:val="002A0847"/>
     <w:rsid w:val="002A1B13"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B395F"/>
     <w:rsid w:val="002B7300"/>
     <w:rsid w:val="002C08AF"/>
     <w:rsid w:val="002C1F87"/>
     <w:rsid w:val="002D0D3E"/>
     <w:rsid w:val="002D3CB2"/>
     <w:rsid w:val="002D43EA"/>
     <w:rsid w:val="002D525F"/>
     <w:rsid w:val="002D5274"/>
     <w:rsid w:val="002D7721"/>
     <w:rsid w:val="002E02A8"/>
     <w:rsid w:val="002E4226"/>
     <w:rsid w:val="002F39F5"/>
     <w:rsid w:val="002F3A98"/>
     <w:rsid w:val="002F4306"/>
     <w:rsid w:val="002F4C19"/>
+    <w:rsid w:val="002F6754"/>
     <w:rsid w:val="002F67A7"/>
     <w:rsid w:val="002F7DDC"/>
     <w:rsid w:val="00301B3C"/>
     <w:rsid w:val="003029A1"/>
     <w:rsid w:val="00305C44"/>
     <w:rsid w:val="00306E61"/>
     <w:rsid w:val="00310E91"/>
     <w:rsid w:val="003148EC"/>
     <w:rsid w:val="00314997"/>
     <w:rsid w:val="0032615B"/>
     <w:rsid w:val="0032749B"/>
     <w:rsid w:val="00331F17"/>
     <w:rsid w:val="0033456B"/>
     <w:rsid w:val="00342C6D"/>
     <w:rsid w:val="003432DA"/>
     <w:rsid w:val="00346026"/>
     <w:rsid w:val="0035263D"/>
     <w:rsid w:val="0035700E"/>
     <w:rsid w:val="0037378F"/>
     <w:rsid w:val="00376E0F"/>
     <w:rsid w:val="00381E9A"/>
     <w:rsid w:val="00384F72"/>
     <w:rsid w:val="003859A5"/>
     <w:rsid w:val="00385FF9"/>
     <w:rsid w:val="00387DA6"/>
@@ -30727,50 +30640,51 @@
     <w:rsid w:val="004511CF"/>
     <w:rsid w:val="004521BF"/>
     <w:rsid w:val="00455A8F"/>
     <w:rsid w:val="004564E8"/>
     <w:rsid w:val="00456B34"/>
     <w:rsid w:val="00462C34"/>
     <w:rsid w:val="00466BB8"/>
     <w:rsid w:val="00470C9A"/>
     <w:rsid w:val="00472039"/>
     <w:rsid w:val="00472B24"/>
     <w:rsid w:val="0047455C"/>
     <w:rsid w:val="00477BD9"/>
     <w:rsid w:val="00484616"/>
     <w:rsid w:val="00487EC9"/>
     <w:rsid w:val="0049074C"/>
     <w:rsid w:val="00490BA2"/>
     <w:rsid w:val="004924C4"/>
     <w:rsid w:val="00492689"/>
     <w:rsid w:val="0049323B"/>
     <w:rsid w:val="00495BB8"/>
     <w:rsid w:val="004A1153"/>
     <w:rsid w:val="004A396A"/>
     <w:rsid w:val="004A5A52"/>
     <w:rsid w:val="004A62EA"/>
     <w:rsid w:val="004A701E"/>
+    <w:rsid w:val="004A704E"/>
     <w:rsid w:val="004B05DB"/>
     <w:rsid w:val="004B0B2D"/>
     <w:rsid w:val="004B2379"/>
     <w:rsid w:val="004B7B73"/>
     <w:rsid w:val="004C468F"/>
     <w:rsid w:val="004C5784"/>
     <w:rsid w:val="004C67FD"/>
     <w:rsid w:val="004D2B94"/>
     <w:rsid w:val="004D50CF"/>
     <w:rsid w:val="004E726B"/>
     <w:rsid w:val="004F2A23"/>
     <w:rsid w:val="004F2E5B"/>
     <w:rsid w:val="004F65A3"/>
     <w:rsid w:val="00514FCD"/>
     <w:rsid w:val="00515F2F"/>
     <w:rsid w:val="0051678F"/>
     <w:rsid w:val="00523D50"/>
     <w:rsid w:val="00524A91"/>
     <w:rsid w:val="00526A5F"/>
     <w:rsid w:val="005300CE"/>
     <w:rsid w:val="0053018A"/>
     <w:rsid w:val="005314A3"/>
     <w:rsid w:val="0053270E"/>
     <w:rsid w:val="0053271A"/>
     <w:rsid w:val="00533D87"/>
@@ -30866,50 +30780,51 @@
     <w:rsid w:val="00707380"/>
     <w:rsid w:val="00710D23"/>
     <w:rsid w:val="007176DA"/>
     <w:rsid w:val="007205A8"/>
     <w:rsid w:val="0072062A"/>
     <w:rsid w:val="00721ACA"/>
     <w:rsid w:val="00721BCC"/>
     <w:rsid w:val="00724CF2"/>
     <w:rsid w:val="00726233"/>
     <w:rsid w:val="00727B85"/>
     <w:rsid w:val="00732001"/>
     <w:rsid w:val="0074308D"/>
     <w:rsid w:val="0074707D"/>
     <w:rsid w:val="00750110"/>
     <w:rsid w:val="00750A12"/>
     <w:rsid w:val="00750AF3"/>
     <w:rsid w:val="0075299C"/>
     <w:rsid w:val="007565E4"/>
     <w:rsid w:val="00760A61"/>
     <w:rsid w:val="007632EC"/>
     <w:rsid w:val="00765961"/>
     <w:rsid w:val="0077562E"/>
     <w:rsid w:val="00781226"/>
     <w:rsid w:val="007812F6"/>
     <w:rsid w:val="007870F2"/>
+    <w:rsid w:val="00790B70"/>
     <w:rsid w:val="007912B4"/>
     <w:rsid w:val="00792B80"/>
     <w:rsid w:val="007A0D3E"/>
     <w:rsid w:val="007A3C59"/>
     <w:rsid w:val="007A4914"/>
     <w:rsid w:val="007A493E"/>
     <w:rsid w:val="007B2350"/>
     <w:rsid w:val="007B361E"/>
     <w:rsid w:val="007B618B"/>
     <w:rsid w:val="007B757F"/>
     <w:rsid w:val="007C31BE"/>
     <w:rsid w:val="007D223B"/>
     <w:rsid w:val="007D3D74"/>
     <w:rsid w:val="007D76AA"/>
     <w:rsid w:val="007E3907"/>
     <w:rsid w:val="007E40C9"/>
     <w:rsid w:val="007F04E2"/>
     <w:rsid w:val="007F0A84"/>
     <w:rsid w:val="007F3200"/>
     <w:rsid w:val="007F3E80"/>
     <w:rsid w:val="007F4A9F"/>
     <w:rsid w:val="007F554B"/>
     <w:rsid w:val="007F5DAD"/>
     <w:rsid w:val="007F6BDF"/>
     <w:rsid w:val="0080204F"/>
@@ -31233,77 +31148,79 @@
     <w:rsid w:val="00E1679A"/>
     <w:rsid w:val="00E169C5"/>
     <w:rsid w:val="00E17214"/>
     <w:rsid w:val="00E174CB"/>
     <w:rsid w:val="00E201AF"/>
     <w:rsid w:val="00E22537"/>
     <w:rsid w:val="00E26B09"/>
     <w:rsid w:val="00E27045"/>
     <w:rsid w:val="00E35927"/>
     <w:rsid w:val="00E40438"/>
     <w:rsid w:val="00E42D78"/>
     <w:rsid w:val="00E4333A"/>
     <w:rsid w:val="00E4351C"/>
     <w:rsid w:val="00E44043"/>
     <w:rsid w:val="00E4492D"/>
     <w:rsid w:val="00E45B8F"/>
     <w:rsid w:val="00E5627D"/>
     <w:rsid w:val="00E56E7A"/>
     <w:rsid w:val="00E71CEA"/>
     <w:rsid w:val="00E72709"/>
     <w:rsid w:val="00E727AB"/>
     <w:rsid w:val="00E84770"/>
     <w:rsid w:val="00E90ADA"/>
     <w:rsid w:val="00E90CA9"/>
     <w:rsid w:val="00E919A7"/>
+    <w:rsid w:val="00EA2580"/>
     <w:rsid w:val="00EA35EA"/>
     <w:rsid w:val="00EA7580"/>
     <w:rsid w:val="00EA7E90"/>
     <w:rsid w:val="00EB20A8"/>
     <w:rsid w:val="00EB22D4"/>
     <w:rsid w:val="00EB28F9"/>
     <w:rsid w:val="00EB2B08"/>
     <w:rsid w:val="00EB70D8"/>
     <w:rsid w:val="00EB7A44"/>
     <w:rsid w:val="00EC2A92"/>
     <w:rsid w:val="00EC3BE5"/>
     <w:rsid w:val="00EC544E"/>
     <w:rsid w:val="00EC545D"/>
     <w:rsid w:val="00ED1F42"/>
     <w:rsid w:val="00EE1F0C"/>
     <w:rsid w:val="00EE2FF4"/>
     <w:rsid w:val="00EE3A81"/>
     <w:rsid w:val="00EE4F8E"/>
     <w:rsid w:val="00EF113D"/>
     <w:rsid w:val="00EF1CE0"/>
     <w:rsid w:val="00EF353D"/>
     <w:rsid w:val="00EF3B17"/>
     <w:rsid w:val="00EF5A96"/>
     <w:rsid w:val="00F05064"/>
     <w:rsid w:val="00F068D3"/>
     <w:rsid w:val="00F070E5"/>
     <w:rsid w:val="00F131EE"/>
+    <w:rsid w:val="00F16D5B"/>
     <w:rsid w:val="00F175A8"/>
     <w:rsid w:val="00F202EA"/>
     <w:rsid w:val="00F20D54"/>
     <w:rsid w:val="00F27820"/>
     <w:rsid w:val="00F31193"/>
     <w:rsid w:val="00F33792"/>
     <w:rsid w:val="00F34C6B"/>
     <w:rsid w:val="00F34E76"/>
     <w:rsid w:val="00F35D23"/>
     <w:rsid w:val="00F416C8"/>
     <w:rsid w:val="00F46125"/>
     <w:rsid w:val="00F522A8"/>
     <w:rsid w:val="00F75C94"/>
     <w:rsid w:val="00F8083E"/>
     <w:rsid w:val="00F8153F"/>
     <w:rsid w:val="00F823D1"/>
     <w:rsid w:val="00F83192"/>
     <w:rsid w:val="00F86B91"/>
     <w:rsid w:val="00F90C04"/>
     <w:rsid w:val="00F94BEC"/>
     <w:rsid w:val="00F96156"/>
     <w:rsid w:val="00FA3264"/>
     <w:rsid w:val="00FA54D1"/>
     <w:rsid w:val="00FA54D4"/>
     <w:rsid w:val="00FA598E"/>
@@ -31337,51 +31254,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="29E374EE"/>
   <w15:docId w15:val="{E9931315-CB5A-4C9E-845D-7FCF01649181}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="99" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32280,70 +32197,69 @@
     <w:qFormat/>
     <w:rsid w:val="002059FD"/>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F83192"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A566DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item6.xml" Id="Rcedd0164c8844279" /></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tiff"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -32592,77 +32508,73 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps6.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c63d0150a31af69c1823c3662da0620">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="533eb62f25be8e4da9f4ec5eee7cd4eb" ns2:_="" ns3:_="">
     <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
     <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -32839,317 +32751,320 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
-      <value order="0">A1249266</value>
+      <value order="0">A1695795</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">SACE subjects and codes 2024</value>
+      <value order="0">SACE subjects and codes 2026</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2024-01-02T04:27:06Z</value>
+      <value order="0">2026-01-06T01:10:18Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
-      <value order="0">true</value>
+      <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-01-02T04:30:40Z</value>
+      <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-01-02T04:30:41Z</value>
+      <value order="0">2026-01-06T01:10:21Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Karen Collins</value>
     </field>
     <field name="Objective-Path">
-      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2024 Operational Publications Planning</value>
+      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2026 Operational publications planning</value>
     </field>
     <field name="Objective-Parent">
-      <value order="0">2024 Operational Publications Planning</value>
+      <value order="0">2026 Operational publications planning</value>
     </field>
     <field name="Objective-State">
-      <value order="0">Published</value>
+      <value order="0">Being Drafted</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA1968899</value>
+      <value order="0">vA2450262</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">0.1</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">2</value>
+      <value order="0">1</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
-      <value order="0">qA20485</value>
+      <value order="0">qA22371</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
       <field name="Objective-Security Classification">
         <value order="0">OFFICIAL</value>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DCD538E-D672-4896-865D-F731A5C890F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4C9C114-E007-46C7-883B-11F273A53BCA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570634A9-B23B-491E-A91D-6C387FB9B279}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
     <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18FE3F3D-B1FE-433F-B3F0-A115EDCEF1CB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4C9C114-E007-46C7-883B-11F273A53BCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DCD538E-D672-4896-865D-F731A5C890F5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1661</Words>
-  <Characters>9474</Characters>
+  <Words>1468</Words>
+  <Characters>9640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
+  <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11113</CharactersWithSpaces>
+  <CharactersWithSpaces>11086</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kathryn Tolhurst-Thomas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
+<op:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:op="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Comment">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Comment">
     <vt:lpwstr/>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
     <vt:lpwstr>2022-08-17T23:11:08Z</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
     <vt:lpwstr>8c740c87-84bd-4d89-b227-45b43efa85b9</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Customer-Id">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ContentTypeId">
+    <vt:lpwstr>0x010100E9441937D592A14CBE28DD5225DE499F</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Customer-Id">
     <vt:lpwstr>CB029ECD6D85427BAD5E1D35DE4A29A4</vt:lpwstr>
-  </property>
-[...6 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Description">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Id">
+    <vt:lpwstr>A1695795</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Title">
+    <vt:lpwstr>SACE subjects and codes 2026</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Description">
     <vt:lpwstr/>
-  </property>
-[...3 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-IsApproved">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-CreationStamp">
+    <vt:filetime>2026-01-06T01:10:18Z</vt:filetime>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
-  </property>
-[...9 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Owner">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-IsPublished">
+    <vt:bool>false</vt:bool>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-DatePublished">
+    <vt:lpwstr/>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-ModificationStamp">
+    <vt:filetime>2026-01-06T01:10:21Z</vt:filetime>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Owner">
     <vt:lpwstr>Karen Collins</vt:lpwstr>
-  </property>
-[...18 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Path">
+    <vt:lpwstr>Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2026 Operational publications planning</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Parent">
+    <vt:lpwstr>2026 Operational publications planning</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-State">
+    <vt:lpwstr>Being Drafted</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionId">
+    <vt:lpwstr>vA2450262</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Version">
+    <vt:lpwstr>0.1</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-VersionNumber">
+    <vt:r8>1</vt:r8>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-VersionComment">
     <vt:lpwstr/>
-  </property>
-[...3 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-FileNumber">
+    <vt:lpwstr>qA22371</vt:lpwstr>
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Classification">
     <vt:lpwstr/>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Caveats">
     <vt:lpwstr/>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
-  </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
+  </op:property>
+  <op:property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Objective-Connect Creator">
     <vt:lpwstr/>
-  </property>
-[...6 lines deleted...]
-</Properties>
+  </op:property>
+</op:Properties>
 </file>