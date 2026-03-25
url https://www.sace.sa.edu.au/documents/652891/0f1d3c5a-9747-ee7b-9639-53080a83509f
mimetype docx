--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,4826 +1,4679 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5E341C1B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E3FF" w14:textId="6DD00731" w:rsidR="00965F18" w:rsidRDefault="005D543C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">Example </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2C62">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>School-developed Learning and Assessment Plan form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C1C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E400" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>Stage 2 Digital Technologies</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblW w:w="9354" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="959"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2758"/>
+        <w:gridCol w:w="815"/>
+        <w:gridCol w:w="1931"/>
+        <w:gridCol w:w="2614"/>
         <w:gridCol w:w="1160"/>
-        <w:gridCol w:w="2690"/>
-        <w:gridCol w:w="144"/>
+        <w:gridCol w:w="2834"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C21" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E405" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="959" w:type="dxa"/>
+            <w:tcW w:w="815" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C1D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E401" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C1E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E402" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
-              <w:ind w:left="179"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C1F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E403" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Teacher(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C20" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E404" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C25" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E408" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C22" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E406" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:t>Other schools using this plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6608" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C23" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E407" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...9 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341C26" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+    <w:p w14:paraId="6A64E409" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="617"/>
         <w:gridCol w:w="614"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="662"/>
         <w:gridCol w:w="662"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C2E" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E411" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C27" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E40A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>SACE school code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C28" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E40B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C29" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E40C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C2A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E40D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C2B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E40E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>Enrolment code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C2C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E40F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C2D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E410" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>Program variant code (A–W)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C38" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E41B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C2F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E412" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C30" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E413" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C31" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E414" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C32" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E415" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C33" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E416" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>Stage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C34" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E417" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
               <w:t>Subject code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C35" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E418" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableTextCentered"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">No. of </w:t>
-[...2 lines deleted...]
-              <w:t>credits (10 or 20)</w:t>
+              <w:t>No. of credits (10 or 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C36" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E419" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C37" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E41A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C46" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E429" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C39" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E41C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E41D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E41E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E41F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E420" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E421" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C3F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E422" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C40" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E423" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C41" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E424" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C42" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E425" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C43" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E426" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C44" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E427" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C45" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E428" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="LAPTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341C47" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+    <w:p w14:paraId="6A64E42A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C56" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E439" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1604"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C48" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E42B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1725"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">   School use only</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="12454" w:type="dxa"/>
               <w:tblInd w:w="108" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="10" w:type="dxa"/>
                 <w:right w:w="10" w:type="dxa"/>
               </w:tblCellMar>
-              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="916"/>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="4395"/>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="6291"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00564FF1" w14:paraId="5E341C4E" w14:textId="77777777">
-[...5 lines deleted...]
-              </w:tblPrEx>
+            <w:tr w:rsidR="00965F18" w14:paraId="6A64E431" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="916" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="57" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="57" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C49" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+                <w:p w14:paraId="6A64E42C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="0"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Approved</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="426" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="57" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="57" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C4A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+                <w:p w14:paraId="6A64E42D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4395" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="57" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="57" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C4B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+                <w:p w14:paraId="6A64E42E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="2919"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">     Not approved</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="426" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="57" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="57" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C4C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+                <w:p w14:paraId="6A64E42F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6291" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="57" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="57" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C4D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+                <w:p w14:paraId="6A64E430" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="5E341C4F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E432" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5832"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="8964" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="10" w:type="dxa"/>
                 <w:right w:w="10" w:type="dxa"/>
               </w:tblCellMar>
-              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2870"/>
               <w:gridCol w:w="3684"/>
               <w:gridCol w:w="709"/>
               <w:gridCol w:w="1701"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00564FF1" w14:paraId="5E341C54" w14:textId="77777777">
-[...5 lines deleted...]
-              </w:tblPrEx>
+            <w:tr w:rsidR="00965F18" w14:paraId="6A64E437" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="227"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2870" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C50" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+                <w:p w14:paraId="6A64E433" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="2"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Signature of Principal/delegate</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3684" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C51" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+                <w:p w14:paraId="6A64E434" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:tabs>
                       <w:tab w:val="right" w:leader="underscore" w:pos="3448"/>
                       <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                       <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                       <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
                     </w:tabs>
                     <w:spacing w:after="2"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C52" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+                <w:p w14:paraId="6A64E435" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:spacing w:after="2"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="5E341C53" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+                <w:p w14:paraId="6A64E436" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
                   <w:pPr>
                     <w:pStyle w:val="Standard"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1802"/>
                       <w:tab w:val="right" w:leader="underscore" w:pos="7740"/>
                       <w:tab w:val="left" w:leader="underscore" w:pos="7920"/>
                       <w:tab w:val="right" w:leader="underscore" w:pos="9639"/>
                     </w:tabs>
                     <w:spacing w:after="2"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="5E341C55" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E438" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5832"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341C57" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E43A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="AddendumendorsmentHeading"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3852"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Addendum </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C58" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E43B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="AddendumTableText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="473" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:bCs/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> use this section for any changes made after the learning and </w:t>
-[...2 lines deleted...]
-        <w:t>assessment plan has been approved.</w:t>
+        <w:t xml:space="preserve"> use this section for any changes made after the learning and assessment plan has been approved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C59" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E43C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="AddendumendorsmentHeading"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Changes made to the learning and assessment plan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9475" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9475"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C5E" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E441" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="4149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E341C5A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E43D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="473" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Describe any changes made to the pre-approved learning and assessment plan to support students to be successful in meeting the requirements of the subject. In your description, please explain:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C5B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E43E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTablebulletpoint"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>what changes have been made to the plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C5C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E43F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTablebulletpoint"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>the rationale for making the changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C5D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E440" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTablebulletpoint"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="170" w:hanging="170"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>whether these changes have been made for all students, or for individuals within the student group.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341C5F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E442" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="AddendumendorsmentHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Endorsement of changes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C60" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E443" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="AddendumTableText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="473" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
         </w:rPr>
         <w:t>The changes made to the learning and assessment plan support student achievement of the performance standards and retain alignment with the subject outline.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2803"/>
         <w:gridCol w:w="4393"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C67" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E44A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C61" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E444" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="473" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>Signature of principal or delegate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C62" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E445" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C63" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E446" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4393" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C64" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E447" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C65" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E448" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="AddendumTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="473" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C66" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E449" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341C68" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E44B" w14:textId="77777777" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
       <w:pPr>
-        <w:sectPr w:rsidR="00000000">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+        <w:sectPr w:rsidR="006F2C62">
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2410" w:right="1134" w:bottom="1134" w:left="1418" w:header="284" w:footer="397" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E341C69" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E44C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Assessment overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C6A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E44D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>Stage 2 Digital Technologies – 20 credits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C6B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E44E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Complete the table </w:t>
-[...7 lines deleted...]
-        <w:t>below to show details of the planned tasks. Use numbers to show where students will have the opportunity to provide evidence for each of the specific features for all assessment design criteria.</w:t>
+        <w:t>Complete the table below to show details of the planned tasks. Use numbers to show where students will have the opportunity to provide evidence for each of the specific features for all assessment design criteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341C6C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E44F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
         </w:rPr>
         <w:t>Assessment Type 1: Project Skills</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – weighting 50%</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4409"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="724"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C71" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E454" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C6D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E450" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
               </w:rPr>
               <w:t>Assessment details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C6E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E451" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment design criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C6F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E452" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C70" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E453" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>(e.g. task type, word length, time allocated, supervision)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C77" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E45A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C72" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E455" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C73" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E456" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C74" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E457" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C75" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E458" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C76" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E459" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C85" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E468" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C78" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E45B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Algorithms in Java.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C79" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E45C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students complete a collection of hardcopy algorithm design solutions as part of a progressive </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341C7A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t>Students complete a collection of hardcopy algorithm design solutions as part of a progressive learning unit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E45D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>They independently develop solutions to common problems requiring a discrete algorithm solution using language features of IO, variables, control flow, functions, classes and lists.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C7B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E45E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>They collate their best work for a multimodal presentation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C7C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E45F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT1, CT4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C7D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E460" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C7E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E461" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C7F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E462" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>4 Minute multimodal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C80" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="4EF72DDD" w14:textId="77777777" w:rsidR="005D543C" w:rsidRDefault="005D543C" w:rsidP="005D543C">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="5E341C81" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          </w:p>
+          <w:p w14:paraId="07CA70B2" w14:textId="77777777" w:rsidR="00D95093" w:rsidRPr="00D95093" w:rsidRDefault="00D95093" w:rsidP="00D95093">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">Some phases of this task will require </w:t>
+            <w:r w:rsidRPr="00D95093">
+              <w:t>Students are given practise and guidance in specific subject-related uses of AI which supports learning. This AI use is assumed for out-of-class and at-home learning; for other uses the student must discuss first with the teacher. AI use is not permitted in live development phases.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D5F4A22" w14:textId="77777777" w:rsidR="005D543C" w:rsidRDefault="005D543C" w:rsidP="005D543C">
+            <w:pPr>
+              <w:pStyle w:val="SOTableText"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BABF229" w14:textId="77777777" w:rsidR="005D543C" w:rsidRDefault="005D543C" w:rsidP="005D543C">
+            <w:pPr>
+              <w:pStyle w:val="SOTableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">As part of the development of the multimodal presentation, students are to prepare a screenshot storyboard of their presentation. They will then then attend an in-class </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>live development</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> where the </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341C82" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t xml:space="preserve"> of their presentation script, which is scheduled one week prior to the final submission.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E75F9D2" w14:textId="77777777" w:rsidR="005D543C" w:rsidRDefault="005D543C" w:rsidP="005D543C">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="5E341C83" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          </w:p>
+          <w:p w14:paraId="2EFDA87C" w14:textId="77777777" w:rsidR="005D543C" w:rsidRDefault="005D543C" w:rsidP="005D543C">
+            <w:pPr>
+              <w:pStyle w:val="SOTableText"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The final submission’s narration must be a natural voice recording of the prepared script.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E466" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="Textbody"/>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C84" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E467" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341C96" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E479" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C86" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E469" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LLMs in Action.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C87" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E46A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students analyze the behaviors of large language models (LLMs) by applying data analytics skills in a structured, hands-on project.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C88" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E46B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students formulate a testable hypothesis, collaboratively design experiments to collect data, clean and analyze the data, and evaluate ethical implications (e.g., bias, privacy, transparency).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C89" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E46C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>By the end, students will present their findings in a report and short talk, demonstrating how data-driven analysis can uncover patterns, biases, and ethical concerns in AI systems.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C8A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E46D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C8B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E46E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C8C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E46F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C8D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E470" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C8E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E471" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C8F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E472" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341C90" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E473" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C91" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E474" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C92" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E475" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C93" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E476" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RE1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C94" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E477" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>5 Minute multi modal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C95" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E478" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">All other </w:t>
-[...2 lines deleted...]
-              <w:t>conditions as per AT1 Task 1</w:t>
+              <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CA1" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E484" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C97" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E47A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Software Engineering Deconstruction.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C98" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E47B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t>Students present a detailed system deconstruction of an existing, open source digital system.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E341C99" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t xml:space="preserve">Students present a detailed system deconstruction of an existing, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>open source</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> digital system.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E47C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-          <w:p w14:paraId="5E341C9A" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>They  describe</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> the computational thinking elements of algorithm, abstraction and decomposition in context of this system using UML.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E47D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Further, they describe the system’s engineering practises of file organisation, version control, unit testing and persistence.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341C9B" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E47E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Finally, they devise one innovative feature this system could have, and explain how it would be implemented in context.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C9C" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E47F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>CT1, CT2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C9D" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E480" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C9E" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E481" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341C9F" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E482" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>5 Minute multi modal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA0" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E483" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CAF" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E492" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CA2" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E485" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Project Framework Tutor.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA3" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E486" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students research a software development framework of interest (ie JavaFX, React, NodeJS).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA4" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E487" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>They use ‘human in the loop’ development with an AI coding assistant to build a prototype project in their framework of interest.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA5" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E488" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Next, they use system prompting, knowledge embedding and tool calling to create an expert AI tutor system in this framework, to guide another student in how to build their specific prototype project using the given framework.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA6" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E489" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Once complete, students use another’s tutor to build a prototype project in a different framework.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA7" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E48A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Choosing a complementary framework is encouraged (ie if the </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341CA8" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t>Choosing a complementary framework is encouraged (ie if the students tutor was a frontend framework like React, then choosing a backend framework like Spring Boot is encouraged)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E48B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students will discuss their digital solution (their chat assistant) in a multimodal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CA9" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E48C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>The set of developed tutors will be available to the class for the AT2 and AT3 tasks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CAA" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E48D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CAB" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E48E" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE1, DE2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CAC" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E48F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CAD" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E490" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>6 Minute multi modal presentation.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CAE" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E491" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341CB0" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E493" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="SOTableText"/>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Assessment Type 2: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
         </w:rPr>
         <w:t>Collaborative Project</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – weighting 20%</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="895"/>
         <w:gridCol w:w="898"/>
         <w:gridCol w:w="3286"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CB5" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E498" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB1" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E494" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
               </w:rPr>
               <w:t>Assessment details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB2" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E495" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment design criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB3" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E496" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CB4" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E497" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>(e.g. task type, word length, time allocated, supervision)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CBB" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E49E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB6" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E499" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB7" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E49A" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB8" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E49B" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CB9" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E49C" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CBA" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E49D" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CC6" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E4A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CBC" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E49F" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Collaborative Project</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CBD" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A0" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students work collaboratively to develop a digital solution (prototype) on a problem of choice. Students break the system into </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341CBE" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+              <w:t>Students work collaboratively to develop a digital solution (prototype) on a problem of choice. Students break the system into logical sections, which are developed independently.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E4A1" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341CBF" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A2" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Each student will be responsible for contributing to the system design, client consultation and independently developing a sub-module of the groups overall project using iterative development and collaborative best practises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC0" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A3" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1, 2, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC1" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A4" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1, 3, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC2" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E4A5" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC3" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A6" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>A multimodal, individual Project Solution Walkthrough up to 5 minutes in length</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CC4" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A7" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>A multimodal, individual Technical Walkthrough up to 3 minutes in length</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CC5" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4A8" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341CC7" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E4AA" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assessment Type 3: </w:t>
-[...5 lines deleted...]
-        <w:t>Individual Digital Solution</w:t>
+        <w:t>Assessment Type 3: Individual Digital Solution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – weighting 30%</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="895"/>
         <w:gridCol w:w="898"/>
         <w:gridCol w:w="3286"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CCC" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E4AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC8" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4AB" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
               </w:rPr>
               <w:t>Assessment details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CC9" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4AC" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment design criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CCA" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4AD" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
             </w:pPr>
             <w:r>
               <w:t>Assessment conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CCB" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4AE" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>(e.g. task type, word length, time allocated, supervision)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CD2" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E4B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CCD" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E4B0" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CCE" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B1" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>CT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CCF" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B2" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CD0" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B3" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableHeadings"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CD1" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1"/>
+          <w:p w14:paraId="6A64E4B4" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564FF1" w14:paraId="5E341CE2" w14:textId="77777777">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00965F18" w14:paraId="6A64E4C5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CD3" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B6" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Individual Digital Solution</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CD4" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B7" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Students apply iterative project </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341CD5" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t>Students apply iterative project techniques to independently identify, deconstruct, and solve a problem of interest by creating and evaluating a digital solution or prototype. Student individual products could:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E4B8" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>educate or inform a target audience of information on a particular issue;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CD6" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4B9" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>education a target audience of information on a particular subject of interest;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CD7" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4BA" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>bring awareness to a local issue.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CD8" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4BB" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Students will need to be mindful of any ethical considerations related to their project, if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CD9" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4BC" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>1, 2, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CDA" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4BD" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1, 2, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CDB" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E4BE" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="85" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E341CDC" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4BF" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Digital solution or </w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E341CDD" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+              <w:t>Digital solution or prototype.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E4C0" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>Designer’s statement.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E341CDE" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+          <w:p w14:paraId="6A64E4C1" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341CDF" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4C2" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
-              <w:t>Digital solution (1GB max, multimodal presentation up to 15 minutes); and a designer’s statement (maximum 3 minutes if oral, 500 words if written, or equivalent if multimodal).</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E341CE0" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+              <w:t xml:space="preserve">Digital solution (1GB max, multimodal presentation up to 15 minutes); and a designer’s statement (maximum 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>minutes if oral, 500 words if written, or equivalent if multimodal).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A64E4C3" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E341CE1" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+          <w:p w14:paraId="6A64E4C4" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
             <w:pPr>
               <w:pStyle w:val="SOTableText"/>
             </w:pPr>
             <w:r>
               <w:t>All other conditions as per AT1 Task 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E341CE3" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="6A64E4C6" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="006F2C62">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Six assessments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please refer to the Stage 2 Digital Technologies subject outline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E341CE4" w14:textId="77777777" w:rsidR="00564FF1" w:rsidRDefault="00564FF1">
+    <w:p w14:paraId="6A64E4C7" w14:textId="77777777" w:rsidR="00965F18" w:rsidRDefault="00965F18">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:before="240"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00564FF1">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:sectPr w:rsidR="00965F18">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="0" w:footer="318" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E341C1F" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="4E1E94F8" w14:textId="77777777" w:rsidR="00186B7A" w:rsidRDefault="00186B7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E341C21" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="3DE5EF91" w14:textId="77777777" w:rsidR="00186B7A" w:rsidRDefault="00186B7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Roboto Light">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Roboto Light">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans Arabic">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="02020400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="42E01769" w14:textId="70477E36" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="5F9A4013" w14:textId="1F77E129" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01C1BF8D" wp14:editId="7ECC8233">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55059A2A" wp14:editId="72414C65">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="196567681" name="Text Box 8" descr="OFFICIAL ">
+              <wp:docPr id="904294489" name="Text Box 8" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3A308FAC" w14:textId="74049319" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="405C6B6F" w14:textId="349251E0" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="01C1BF8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="55059A2A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 8" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251676672;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm4V1sCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgHXpWZDk2IIkCpcTOfv0o2W62bqdhF/mZpPjx+LS4641mR4W+BVvy+SznTFkJVWv3Jf/+sv50&#10;w5kPwlZCg1UlPynP75YfPyw6V6gLaEBXChklsb7oXMmbEFyRZV42ygg/A6csOWtAIwL94j6rUHSU&#10;3ejsIs+vsw6wcghSeU/Wh8HJlyl/XSsZnuraq8B0yam3kE5M5y6e2XIhij0K17RybEP8QxdGtJaK&#10;vqV6EEGwA7Z/pDKtRPBQh5kEk0Fdt1KlGWiaef5umm0jnEqzEDnevdHk/19a+Xjcumdkof8CPS0w&#10;EtI5X3gyxnn6Gk38UqeM/ETh6Y021QcmyXh5+fnm+oozSa4RU5bsfNmhD18VGBZByZG2ksgSx40P&#10;Q+gUEmtZWLdap81o+5uBckZLdu4wotDvetZWJb+dut9BdaKhEIZ9eyfXLZXeCB+eBdKCaQ4SbXii&#10;o9bQlRxGxFkD+ONv9hhPvJOXs44EU3JLiuZMf7O0j6itCeAEdgnMb/OrnPz2YO6BZDinF+FkgmTF&#10;oCdYI5hXkvMqFiKXsJLKlXw3wfswKJeeg1SrVQoiGTkRNnbrZEwd6YpcvvSvAt1IeKBNPcKkJlG8&#10;432IjTe9Wx0CsZ+WEqkdiBwZJwmmtY7PJWr81/8UdX7Uy58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACbhXWwLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 8" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251676672;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVYtwhCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVOV/HLqfgfViYZCGPbtnVw3VHojfHgWSAumOUi04YkO&#10;3UJXchgRZzXgj7/ZYzzxTl7OOhJMyS0pmrP2m6V9RG1NACewS2D+Ob/OyW8P5h5IhnN6EU4mSFYM&#10;7QQ1gnklOa9iIXIJK6lcyXcTvA+Dcuk5SLVapSCSkRNhY7dOxtSRrsjlS/8q0I2EB9rUI0xqEsU7&#10;3ofYeNO71SEQ+2kpkdqByJFxkmBa6/hcosZ//U9R50e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1WLcIQoCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="3A308FAC" w14:textId="74049319" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="405C6B6F" w14:textId="349251E0" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C25" w14:textId="07172584" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E409" w14:textId="3E02896E" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Standard"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E06F63F" wp14:editId="50DE4A1D">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="025F0959" wp14:editId="66DE3CE1">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="22182730" name="Text Box 9" descr="OFFICIAL ">
+              <wp:docPr id="1192147263" name="Text Box 9" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0BBCD451" w14:textId="6629CBEA" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="617B015C" w14:textId="46F01E62" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1E06F63F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="025F0959" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 9" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251677696;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+wHUPCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgLXpWZCk2IIsCpcTOfv0oxU62dqdhF5kmKX689zS761vD9gp9A7bk00nOmbISqsZuS/76svxy&#10;w5kPwlbCgFUlPyjP7+afP806V6gLqMFUChkVsb7oXMnrEFyRZV7WqhV+Ak5ZCmrAVgT6xW1Woeio&#10;emuyizy/zjrAyiFI5T15H45BPk/1tVYyPGntVWCm5DRbSCemcxPPbD4TxRaFqxs5jCH+YYpWNJaa&#10;nko9iCDYDpsPpdpGInjQYSKhzUDrRqq0A20zzd9ts66FU2kXAse7E0z+/5WVj/u1e0YW+m/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwgPJ9hUH5gk5+Xl15vrK84khQabqmTnyw59+K6gZdEoORIrCSyxX/lw&#10;TB1TYi8Ly8aYxIyxfzioZvRk5wmjFfpNz5qKpk98RtcGqgNthXAk3Du5bKj3SvjwLJAYpkVIteGJ&#10;Dm2gKzkMFmc14M+/+WM+AU9RzjpSTMktSZoz88MSIVFco4GjsUnG9Da/yilud+09kA6n9CScTCZ5&#10;MZjR1AjtG+l5ERtRSFhJ7Uq+Gc37cJQuvQepFouURDpyIqzs2slYOuIVwXzp3wS6AfFAVD3CKCdR&#10;vAP+mBtverfYBYI/sXIGcoCcNJh4Hd5LFPnv/ynr/KrnvwAAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvsB1DwoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 9" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251677696;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWXsGRCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgHXpWZCk2IIsCpcTOfv0o2W62bqdhF/mZpPjx+LS461vDjgp9A7bk81nOmbISqsbuS/79Zf3p&#10;hjMfhK2EAatKflKe3y0/flh0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i/usQtFR&#10;9tZkF3l+nXWAlUOQynuyPgxOvkz5tVYyPGntVWCm5NRbSCemcxfPbLkQxR6Fqxs5tiH+oYtWNJaK&#10;vqV6EEGwAzZ/pGobieBBh5mENgOtG6nSDDTNPH83zbYWTqVZiBzv3mjy/y+tfDxu3TOy0H+BnhYY&#10;CemcLzwZ4zy9xjZ+qVNGfqLw9Eab6gOTZLy8/HxzfcWZJNeIKUt2vuzQh68KWhZByZG2ksgSx40P&#10;Q+gUEmtZWDfGpM0Y+5uBckZLdu4wotDvetZUVHzqfgfViYZCGPbtnVw3VHojfHgWSAumOUi04YkO&#10;baArOYyIsxrwx9/sMZ54Jy9nHQmm5JYUzZn5ZmkfUVsTwAnsEpjf5lc5+e2hvQeS4ZxehJMJkhWD&#10;maBGaF9JzqtYiFzCSipX8t0E78OgXHoOUq1WKYhk5ETY2K2TMXWkK3L50r8KdCPhgTb1CJOaRPGO&#10;9yE23vRudQjEflpKpHYgcmScJJjWOj6XqPFf/1PU+VEvfwIAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1l7BkQoCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="0BBCD451" w14:textId="6629CBEA" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="617B015C" w14:textId="46F01E62" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C1D" wp14:editId="5E341C1E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E401" wp14:editId="6A64E402">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443868" cy="0"/>
               <wp:effectExtent l="0" t="190500" r="13332" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1028860026" name="Frame5"/>
+              <wp:docPr id="706615922" name="Frame5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443868" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                         <a:prstDash/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5E341C29" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+                        <w:p w14:paraId="6A64E40D" w14:textId="77777777" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
                           <w:pPr>
                             <w:pStyle w:val="Framecontents"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190469" anchor="b" anchorCtr="0" compatLnSpc="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="5E341C1D" id="Frame5" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:0;z-index:-251655168;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJORdTswEAAGADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3K6IGiNOMW2oEWB&#10;YhuQ9gNkWYoFSKIgqbGzrx+lxEnR3opeZIqkHt8j6dXtaA3ZyxA1uIbOZxUl0gnotNs19Pnp7ts1&#10;JTFx13EDTjb0ICO9XX/9shp8La+gB9PJQBDExXrwDe1T8jVjUfTS8jgDLx0GFQTLE17DjnWBD4hu&#10;DbuqqiUbIHQ+gJAxondzDNJ1wVdKivRHqSgTMQ1FbqmcoZxtPtl6xetd4L7X4kSDf4CF5dph0TPU&#10;hidOXoJ+B2W1CBBBpZkAy0ApLWTRgGrm1Rs12557WbRgc6I/tyl+Hqz4vd/6v4Gk8SeMOMDckMHH&#10;OqIz6xlVsPmLTAnGsYWHc9vkmIhA52Lx/XqJcxZTiF3e+RDTvQRLstHQgAMpfeL7x5iwFqZOKbmM&#10;gzttTBmKcW8cOW/DY398lcPswjRbaWxHortXKlroDigO9xNr9xD+UTLgrBvqcBkpMQ8OW5nXYjLC&#10;ZLTFmN9Ui+UNJdwJfN3QdjJ/peMO4RA9T49u60UGyoyj//GSUEZRl2kdSZzY4hiL6NPK5T15fS9Z&#10;lx9j/R8AAP//AwBQSwMEFAAGAAgAAAAhAG3gvErZAAAAAQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j81uwjAQhO+VeAdrkXpBxSEH1KRxUEtFLz2gQi+9mXjzo8ZrKzYQ3r4Ll3IZaTSrmW+L1Wh7ccIh&#10;dI4ULOYJCKTKmY4aBd/7zdMziBA1Gd07QgUXDLAqJw+Fzo070xeedrERXEIh1wraGH0uZahatDrM&#10;nUfirHaD1ZHt0Egz6DOX216mSbKUVnfEC632uG6x+t0drYJ6Mes+N1nq1x9Vvb28pX7/PvtR6nE6&#10;vr6AiDjG/2O44jM6lMx0cEcyQfQK+JF4U86WWQbicHWyLOQ9efkHAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEACTkXU7MBAABgAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAbeC8StkAAAABAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="6A64E401" id="Frame5" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:0;z-index:-251655168;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWQdaBtgEAAGADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3K6LGiNOMXWoMOA&#10;YiuQ9gNkWYoFSKIgqbGzrx+lxEnR3opdZIqkHt8j6dXtaA3ZyxA1uIbOZxUl0gnotNs19Pnp/ss1&#10;JTFx13EDTjb0ICO9XX/+tBp8La+gB9PJQBDExXrwDe1T8jVjUfTS8jgDLx0GFQTLE17DjnWBD4hu&#10;DbuqqiUbIHQ+gJAxondzDNJ1wVdKivRHqSgTMQ1FbqmcoZxtPtl6xetd4L7X4kSDf4CF5dph0TPU&#10;hidOXoJ+B2W1CBBBpZkAy0ApLWTRgGrm1Rs12557WbRgc6I/tyn+P1jxe7/1j4Gk8QeMOMDckMHH&#10;OqIz6xlVsPmLTAnGsYWHc9vkmIhA52Lx9XqJcxZTiF3e+RDTTwmWZKOhAQdS+sT3DzFhLUydUnIZ&#10;B/famDIU4944ct6Gx/74KofZhWm20tiORHcN/TapaKE7oDjcT6zdQ/hLyYCzbqjDZaTE/HLYyrwW&#10;kxEmoy3G/KZaLG8o4U7g64a2k3mXjjuEQ/Q8PbitFxkoM47++0tCGUVdpnUkcWKLYyyiTyuX9+T1&#10;vWRdfoz1PwAAAP//AwBQSwMEFAAGAAgAAAAhAG3gvErZAAAAAQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81uwjAQhO+VeAdrkXpBxSEH1KRxUEtFLz2gQi+9mXjzo8ZrKzYQ3r4Ll3IZaTSrmW+L1Wh7&#10;ccIhdI4ULOYJCKTKmY4aBd/7zdMziBA1Gd07QgUXDLAqJw+Fzo070xeedrERXEIh1wraGH0uZaha&#10;tDrMnUfirHaD1ZHt0Egz6DOX216mSbKUVnfEC632uG6x+t0drYJ6Mes+N1nq1x9Vvb28pX7/PvtR&#10;6nE6vr6AiDjG/2O44jM6lMx0cEcyQfQK+JF4U86WWQbicHWyLOQ9efkHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFkHWgbYBAABgAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbeC8StkAAAABAQAADwAAAAAAAAAAAAAAAAAQBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,5.29081mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="5E341C29" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+                  <w:p w14:paraId="6A64E40D" w14:textId="77777777" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
                     <w:pPr>
                       <w:pStyle w:val="Framecontents"/>
                       <w:spacing w:after="0"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C29" w14:textId="4D3E4383" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E40D" w14:textId="7A903C0C" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68B0D559" wp14:editId="310A9332">
-              <wp:simplePos x="898497" y="9891423"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A5C962B" wp14:editId="445F3A2E">
+              <wp:simplePos x="899770" y="9890150"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1712359315" name="Text Box 7" descr="OFFICIAL ">
+              <wp:docPr id="1333414255" name="Text Box 7" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1F517FA9" w14:textId="149B2BE5" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="649919D0" w14:textId="608030A7" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="68B0D559" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0A5C962B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 7" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251675648;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLXu9RCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bZEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfNp&#10;QYkPzNRMgRElPQlP71cfPyw7W4graEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7FplV3l+m3XgauuAC+/R+jg46Srll1Lw8CylF4GokmJvIZ0unVU8s9WSFXvHbNPysQ32D11o1hos&#10;ek71yAIjB9f+kUq33IEHGWYcdAZStlykGXCaef5uml3DrEizIDnenmny/y8tfzru7Isjof8CPS4w&#10;EtJZX3g0xnl66XT8YqcE/Ujh6Uyb6APhaLy+/ry4vaGEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWnrki6m7iuoTziUg2Hf3vJNi6W3zIcX5nDBOAeKNjzj&#10;IRV0JYURUdKA+/E3e4xH3tFLSYeCKalBRVOivhncR9TWBNwEqgTmd/lNjn5z0A+AMpzji7A8QbS6&#10;oCYoHeg3lPM6FkIXMxzLlbSa4EMYlIvPgYv1OgWhjCwLW7OzPKaOdEUuX/s35uxIeMBNPcGkJla8&#10;432IjTe9XR8Csp+WEqkdiBwZRwmmtY7PJWr81/8UdXnUq58AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEte71ELAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 7" o:spid="_x0000_s1033" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251675648;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhnxbXCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdcZcYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS47VvDDgp9A7bk81nOmbISqsbuSv79Zf3h&#10;hjMfhK2EAatKflSe3y7fv1t0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuy3g9Ovkz5tVYyPGntVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlLdiyDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+ZZlMLp9IsRI53J5r8/0srHw8b94ws9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXH2+urziT5BoxZcnOlx368FVByyIoOdJWElni8ODD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjVVyT9N3W+hOtJQCMO+vZPrhko/CB+eBdKCaQ4SbXii&#10;QxvoSg4j4qwG/PE3e4wn3snLWUeCKbklRXNmvlnaR9TWBHAC2wTmn/OrnPx2394ByXBOL8LJBMmK&#10;wUxQI7SvJOdVLEQuYSWVK/l2gndhUC49B6lWqxREMnIiPNiNkzF1pCty+dK/CnQj4YE29QiTmkTx&#10;hvchNt70brUPxH5aSqR2IHJknCSY1jo+l6jxX/9T1PlRL38CAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGGfFtcLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="1F517FA9" w14:textId="149B2BE5" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="649919D0" w14:textId="608030A7" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C21" wp14:editId="5E341C22">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E405" wp14:editId="6A64E406">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5252770</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-293430</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1418783" cy="1040038"/>
           <wp:effectExtent l="0" t="0" r="0" b="7712"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21365"/>
               <wp:lineTo x="21172" y="21365"/>
               <wp:lineTo x="21172" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="712093394" name="Picture 3"/>
+          <wp:docPr id="1083331958" name="Picture 3"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:lum/>
                     <a:alphaModFix/>
                   </a:blip>
                   <a:srcRect l="80067" t="64023"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1418783" cy="1040038"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                     <a:prstDash/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C23" wp14:editId="5E341C24">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E407" wp14:editId="6A64E408">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>7975122</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>75620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1426646" cy="395660"/>
           <wp:effectExtent l="0" t="0" r="2104" b="4390"/>
           <wp:wrapNone/>
-          <wp:docPr id="1193563352" name="Picture 2"/>
+          <wp:docPr id="777058198" name="Picture 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:lum/>
                     <a:alphaModFix/>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1426646" cy="395660"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
@@ -4853,382 +4706,378 @@
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:br/>
-    </w:r>
-    <w:r>
       <w:t>Stage 2 Digital Technologies school-developed LAP form (for use from 2019)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5E341C2A" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E40E" w14:textId="06AAC7E0" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Standard"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DOCPROPERTY "Objective-Id" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0082337F">
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>A555982</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> (created December 2017) © SACE Board of South Australia 2018</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2500679E" w14:textId="11FDEB29" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="40F2ADC8" w14:textId="0D3FF9CA" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55333665" wp14:editId="52BA561B">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A5E7C78" wp14:editId="68A96428">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1370078995" name="Text Box 11" descr="OFFICIAL ">
+              <wp:docPr id="744371291" name="Text Box 11" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6FDC75D1" w14:textId="77A0CC75" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="0F4E5871" w14:textId="4BA39043" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="55333665" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6A5E7C78" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 11" o:spid="_x0000_s1036" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251679744;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkvhB0CwIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkbdEacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0o2U62bqdhF/mZpPjx+LS877UiR+F8C6ak81lOiTAc6tbsS/r9dfPp&#10;lhIfmKmZAiNKehKe3q8+flh2thALaEDVwhFMYnzR2ZI2IdgiyzxvhGZ+BlYYdEpwmgX8dfusdqzD&#10;7Fplizy/yTpwtXXAhfdofRycdJXySyl4eJbSi0BUSbG3kE6Xziqe2WrJir1jtmn52Ab7hy40aw0W&#10;Pad6ZIGRg2v/SKVb7sCDDDMOOgMpWy7SDDjNPH83za5hVqRZkBxvzzT5/5eWPx139sWR0H+BHhcY&#10;CemsLzwa4zy9dDp+sVOCfqTwdKZN9IFwNF5dfb69uaaEo2vEmCW7XLbOh68CNImgpA63kshix60P&#10;Q+gUEmsZ2LRKpc0o85sBc0ZLdukwotBXPWlr7H4xtV9BfcKpHAwL95ZvWqy9ZT68MIcbxkFQteEZ&#10;D6mgKymMiJIG3I+/2WM8Eo9eSjpUTEkNSpoS9c3gQqK4JuAmUCUwv8uvc/Sbg34A1OEcn4TlCaLV&#10;BTVB6UC/oZ7XsRC6mOFYrqTVBB/CIF18D1ys1ykIdWRZ2Jqd5TF15CuS+dq/MWdHxgOu6gkmObHi&#10;HfFDbLzp7foQkP60lcjtQORIOWow7XV8L1Hkv/6nqMurXv0EAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGS+EHQLAgAAHQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 11" o:spid="_x0000_s1036" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251679744;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+wHUPCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;QVsgLXpWZCk2IIsCpcTOfv0oxU62dqdhF5kmKX689zS761vD9gp9A7bk00nOmbISqsZuS/76svxy&#10;w5kPwlbCgFUlPyjP7+afP806V6gLqMFUChkVsb7oXMnrEFyRZV7WqhV+Ak5ZCmrAVgT6xW1Woeio&#10;emuyizy/zjrAyiFI5T15H45BPk/1tVYyPGntVWCm5DRbSCemcxPPbD4TxRaFqxs5jCH+YYpWNJaa&#10;nko9iCDYDpsPpdpGInjQYSKhzUDrRqq0A20zzd9ts66FU2kXAse7E0z+/5WVj/u1e0YW+m/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwgPJ9hUH5gk5+Xl15vrK84khQabqmTnyw59+K6gZdEoORIrCSyxX/lw&#10;TB1TYi8Ly8aYxIyxfzioZvRk5wmjFfpNz5qKpk98RtcGqgNthXAk3Du5bKj3SvjwLJAYpkVIteGJ&#10;Dm2gKzkMFmc14M+/+WM+AU9RzjpSTMktSZoz88MSIVFco4GjsUnG9Da/yilud+09kA6n9CScTCZ5&#10;MZjR1AjtG+l5ERtRSFhJ7Uq+Gc37cJQuvQepFouURDpyIqzs2slYOuIVwXzp3wS6AfFAVD3CKCdR&#10;vAP+mBtverfYBYI/sXIGcoCcNJh4Hd5LFPnv/ynr/KrnvwAAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvsB1DwoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="6FDC75D1" w14:textId="77A0CC75" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="0F4E5871" w14:textId="4BA39043" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C2E" w14:textId="231ADD15" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E412" w14:textId="1929B865" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="LAPFooter"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58A02626" wp14:editId="088DAF3F">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7093C65E" wp14:editId="37466B2E">
               <wp:simplePos x="541020" y="9942195"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1395469296" name="Text Box 12" descr="OFFICIAL ">
+              <wp:docPr id="85466678" name="Text Box 12" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3E4CE914" w14:textId="279671AB" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="23DE4BE2" w14:textId="2211D2C1" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="58A02626" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="7093C65E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 12" o:spid="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251680768;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJAaJJCwIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVNR95dT+zuoTjQVwrBw7+S6odob4cOzQNowDUKqDU90&#10;6Ba6ksOIOKsBf/zNHuOJePJy1pFiSm5J0py13ywtJIprAjiBXQLzz/l1Tn57MPdAOpzTk3AyQbJi&#10;aCeoEcwr6XkVC5FLWEnlSr6b4H0YpEvvQarVKgWRjpwIG7t1MqaOfEUyX/pXgW5kPNCqHmGSkyje&#10;ET/ExpverQ6B6E9bidwORI6UkwbTXsf3EkX+63+KOr/q5U8AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAkBokkLAgAAHQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251680768;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTf8cyCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS461vDDgp9A7bk81nOmbISqsbuSv79df3p&#10;hjMfhK2EAatKflSe3y0/flh0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuyPgxOvkz5tVYyPGvtVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlI9iCDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+bZlMLp9IsRI53J5r8/0srnw4b94Is9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXn2+urziT5BoxZcnOlx368FVByyIoOdJWElni8OjD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjUVdX9qfwvVkaZCGBbunVw3VPtR+PAikDZMg5BqwzMd&#10;2kBXchgRZzXgj7/ZYzwRT17OOlJMyS1JmjPzzdJCorgmgBPYJjC/za9y8tt9ew+kwzk9CScTJCsG&#10;M0GN0L6RnlexELmElVSu5NsJ3odBuvQepFqtUhDpyInwaDdOxtSRr0jma/8m0I2MB1rVE0xyEsU7&#10;4ofYeNO71T4Q/WkrkduByJFy0mDa6/heosh//U9R51e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA03/HMgoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="3E4CE914" w14:textId="279671AB" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="23DE4BE2" w14:textId="2211D2C1" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C25" wp14:editId="5E341C26">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E409" wp14:editId="6A64E40A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>7975122</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>75620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1426646" cy="395660"/>
           <wp:effectExtent l="0" t="0" r="2104" b="4390"/>
           <wp:wrapNone/>
-          <wp:docPr id="152023355" name="Picture 6"/>
+          <wp:docPr id="1626640103" name="Picture 6"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:lum/>
                     <a:alphaModFix/>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1426646" cy="395660"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
@@ -5261,1209 +5110,1270 @@
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:br/>
-    </w:r>
-    <w:r>
       <w:t>Stage 2 Digital Technologies school-developed LAP form (for use from 2019)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5E341C2F" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E413" w14:textId="22AB14A8" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Standard"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Ref: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DOCPROPERTY "Objective-Id" </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0082337F">
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>A555982</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> (created December 2017) © SACE Board of South Australia 2018</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5237D2C8" w14:textId="4A4FDC6D" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="015F514B" w14:textId="60BFA3A8" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74C80C99" wp14:editId="1CAE14AC">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32F64CEF" wp14:editId="6D163A89">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="934979823" name="Text Box 10" descr="OFFICIAL ">
+              <wp:docPr id="1317064283" name="Text Box 10" descr="OFFICIAL ">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="43CF3CA4" w14:textId="00563214" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="3F0AA1B6" w14:textId="15EAA3ED" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">OFFICIAL </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="74C80C99" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="32F64CEF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1039" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251678720;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTf8cyCgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0bdEacYqsRYYB&#10;RVsgHXpWZCk2IIsCpcTOfv0o2U62bqdhF/mZpPjx+LS461vDDgp9A7bk81nOmbISqsbuSv79df3p&#10;hjMfhK2EAatKflSe3y0/flh0rlAXUIOpFDJKYn3RuZLXIbgiy7ysVSv8DJyy5NSArQj0i7usQtFR&#10;9tZkF3l+nXWAlUOQynuyPgxOvkz5tVYyPGvtVWCm5NRbSCemcxvPbLkQxQ6Fqxs5tiH+oYtWNJaK&#10;nlI9iCDYHps/UrWNRPCgw0xCm4HWjVRpBppmnr+bZlMLp9IsRI53J5r8/0srnw4b94Is9F+gpwVG&#10;QjrnC0/GOE+vsY1f6pSRnyg8nmhTfWCSjJeXn2+urziT5BoxZcnOlx368FVByyIoOdJWElni8OjD&#10;EDqFxFoW1o0xaTPG/magnNGSnTuMKPTbnjUVdX9qfwvVkaZCGBbunVw3VPtR+PAikDZMg5BqwzMd&#10;2kBXchgRZzXgj7/ZYzwRT17OOlJMyS1JmjPzzdJCorgmgBPYJjC/za9y8tt9ew+kwzk9CScTJCsG&#10;M0GN0L6RnlexELmElVSu5NsJ3odBuvQepFqtUhDpyInwaDdOxtSRr0jma/8m0I2MB1rVE0xyEsU7&#10;4ofYeNO71T4Q/WkrkduByJFy0mDa6/heosh//U9R51e9/AkAAP//AwBQSwMEFAAGAAgAAAAhADft&#10;0fjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiYmVppOaBKnIaRt&#10;XLh5idcWGqdq3K379wQ4sIufrGe997lYjr5VR+pjE9jA/SQDRWyDa7gy8L57uXsEFQXZYRuYDJwp&#10;wrK8viowd+HEGzpupVIphGOOBmqRLtc62po8xknoiJN3CL1HSWtfadfjKYX7Vk+zbK49Npwaauxo&#10;VZP92g7ewMNGXoc33s0+xun5c92t7Oywtsbc3ozPT6CERvk/hh/8hA5lYtqHgV1UrYH0iPzO5M0X&#10;C1D7P9VloS/Zy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA03/HMgoCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN+3R+NkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 10" o:spid="_x0000_s1039" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251678720;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJAaJJCwIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmIDlihQSuzs14+S7Wbrdhp2kZ9Jih+PT4u73rTsqNA3YEs+n+WcKSuhauy+5N9f1p9u&#10;OfNB2Eq0YFXJT8rzu+XHD4vOFeoCamgrhYySWF90ruR1CK7IMi9rZYSfgVOWnBrQiEC/uM8qFB1l&#10;N212kec3WQdYOQSpvCfrw+Dky5RfayXDk9ZeBdaWnHoL6cR07uKZLRei2KNwdSPHNsQ/dGFEY6no&#10;W6oHEQQ7YPNHKtNIBA86zCSYDLRupEoz0DTz/N0021o4lWYhcrx7o8n/v7Ty8bh1z8hC/wV6WmAk&#10;pHO+8GSM8/QaTfxSp4z8ROHpjTbVBybJeHV1eXtzzZkk14gpS3a+7NCHrwoMi6DkSFtJZInjxoch&#10;dAqJtSysm7ZNm2ntbwbKGS3ZucOIQr/rWVNR95dT+zuoTjQVwrBw7+S6odob4cOzQNowDUKqDU90&#10;6Ba6ksOIOKsBf/zNHuOJePJy1pFiSm5J0py13ywtJIprAjiBXQLzz/l1Tn57MPdAOpzTk3AyQbJi&#10;aCeoEcwr6XkVC5FLWEnlSr6b4H0YpEvvQarVKgWRjpwIG7t1MqaOfEUyX/pXgW5kPNCqHmGSkyje&#10;ET/ExpverQ6B6E9bidwORI6UkwbTXsf3EkX+63+KOr/q5U8AAAD//wMAUEsDBBQABgAIAAAAIQA3&#10;7dH42QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMomJlaaTmgSpyGk&#10;bVy4eYnXFhqnatyt+/cEOLCLn6xnvfe5WI6+VUfqYxPYwP0kA0Vsg2u4MvC+e7l7BBUF2WEbmAyc&#10;KcKyvL4qMHfhxBs6bqVSKYRjjgZqkS7XOtqaPMZJ6IiTdwi9R0lrX2nX4ymF+1ZPs2yuPTacGmrs&#10;aFWT/doO3sDDRl6HN97NPsbp+XPdrezssLbG3N6Mz0+ghEb5P4Yf/IQOZWLah4FdVK2B9Ij8zuTN&#10;FwtQ+z/VZaEv2ctvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAkBokkLAgAAHQQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADft0fjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="43CF3CA4" w14:textId="00563214" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="3F0AA1B6" w14:textId="15EAA3ED" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E341C1B" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="71112C24" w14:textId="77777777" w:rsidR="00186B7A" w:rsidRDefault="00186B7A">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E341C1D" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+    <w:p w14:paraId="743A5336" w14:textId="77777777" w:rsidR="00186B7A" w:rsidRDefault="00186B7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5264F7CB" w14:textId="35B675F5" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="70D3B877" w14:textId="2A2BB928" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33D7FA3E" wp14:editId="242FFF28">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A6AFE62" wp14:editId="21EDAD7B">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="658378314" name="Text Box 2" descr="OFFICIAL">
+              <wp:docPr id="1154077723" name="Text Box 2" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6D77A518" w14:textId="2205868D" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="72650DE6" w14:textId="29D33075" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="33D7FA3E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6A6AFE62" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251670528;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLpY2VCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+z0C50Rp8haZBgQ&#10;tAXSoWdFlmMDkihITOzs14+S7Wbrdhp2kSmSfiQfnxZ3vdHsqHxowZZ8Pss5U1ZC1dp9yb+/rD/d&#10;chZQ2EposKrkJxX43fLjh0XnCnUBDehKeUYgNhSdK3mD6IosC7JRRoQZOGUpWIM3Aunq91nlRUfo&#10;RmcXeX6TdeAr50GqEMj7MAT5MuHXtZL4VNdBIdMlp94wnT6du3hmy4Uo9l64ppVjG+IfujCitVT0&#10;DepBoGAH3/4BZVrpIUCNMwkmg7pupUoz0DTz/N0020Y4lWYhcoJ7oyn8P1j5eNy6Z8+w/wI9LTAS&#10;0rlQBHLGefram/ilThnFicLTG22qRybJeXV1eXtzzZmk0GgTSnb+2fmAXxUYFo2Se9pKIkscNwGH&#10;1Ckl1rKwbrVOm9H2NwdhRk927jBa2O961lYlv5y630F1oqE8DPsOTq5bKr0RAZ+FpwXTHCRafKKj&#10;1tCVHEaLswb8j7/5Yz7xTlHOOhJMyS0pmjP9zdI+oraSMf+cX+d085N7Nxn2YO6BZDinF+FkMmMe&#10;6smsPZhXkvMqFqKQsJLKlRwn8x4H5dJzkGq1SkkkIydwY7dORuhIV+TypX8V3o2EI23qESY1ieId&#10;70Nu/DO41QGJ/bSUSO1A5Mg4STCtdXwuUeO/3lPW+VEvfwIAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLpY2VCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251670528;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDo+/zCBgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xj23voDrRNB6GRQcn1w3V3IiAz8LTZmkAUis+0aENdCWH&#10;0eKsBv/jb/6YT4RTlLOOlFJyS1LmzHyztIgoqmTMb/OrnG5+cu8mwx7aeyD9zekpOJnMmIdmMrWH&#10;9pV0vIqFKCSspHIlx8m8x0Gy9A6kWq1SEunHCdzYrZMROvIUSXzpX4V3I9NIK3qESUaieEf4kBv/&#10;DG51QKI9bSNyOhA5Uk3aS/sc30kU96/3lHV+zcufAAAA//8DAFBLAwQUAAYACAAAACEA1B4NR9gA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CQAyE70i8w8qVeoNNKoFKmg1CSBy4UfpzNlmT&#10;hGbtKLtAytN32x7ai0fWWDOf8+XgWnWh3jfCBtJpAoq4FNtwZeD1ZTN5BOUDssVWmAx8kodlMR7l&#10;mFm58jNd9qFSMYR9hgbqELpMa1/W5NBPpSOO3lF6hyGufaVtj9cY7lr9kCRz7bDh2FBjR+uayo/9&#10;2RloZisJKb1tN6d3l0p6221nt50x93fD6glUoCH8HcM3fkSHIjId5MzWq9ZAfCT8zOjNFwtQh1/V&#10;Ra7/sxdfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOj7/MIGAgAAFQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANQeDUfYAAAAAwEAAA8AAAAA&#10;AAAAAAAAAAAAYAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6D77A518" w14:textId="2205868D" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="72650DE6" w14:textId="29D33075" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C23" w14:textId="54C25688" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E407" w14:textId="4813F3E8" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="855"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E7E7AE5" wp14:editId="6694F91E">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4080DB15" wp14:editId="52FAEB50">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="714289175" name="Text Box 3" descr="OFFICIAL">
+              <wp:docPr id="732733007" name="Text Box 3" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="08DAB64C" w14:textId="49902666" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="5E4CF209" w14:textId="48EE1AB6" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3E7E7AE5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4080DB15" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251671552;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBImZAlCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6ai4lP3O6hONJSHYd/ByXVDpTci4LPwtGCag0SLT3Ro&#10;A13JYbQ4q8H/+Js/5hPvFOWsI8GU3JKiOTPfLO0jaisZ89v8Kqebn9y7ybCH9h5IhnN6EU4mM+ah&#10;mUztoX0lOa9iIQoJK6lcyXEy73FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3Ug40qYeYVKTKN7x&#10;PuTGP4NbHZDYT0uJ1A5EjoyTBNNax+cSNf7rPWWdH/XyJwAAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBImZAlCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251671552;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR2+juCAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktpuu22nYRaZI+pF8fFrc9q1hR+VDA7bk81nOmbISqsbuS/7jef3p&#10;hrOAwlbCgFUlP6nAb5cfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXER62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;V6h7gYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3SlP4f7Dy4bh1T55h/xV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnV9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflPQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Z60/0OqhMN5WHYd3By3VDpjQj4JDwtmOYg0eIjHdpA&#10;V3IYLc5q8D//5o/5xDtFOetIMCW3pGjOzHdL+4jaSsb8S36V081P7t1k2EN7ByTDOb0IJ5MZ89BM&#10;pvbQvpCcV7EQhYSVVK7kOJl3OCiXnoNUq1VKIhk5gRu7dTJCR7oil8/9i/BuJBxpUw8wqUkU73gf&#10;cuOfwa0OSOynpURqByJHxkmCaa3jc4kaf3tPWedHvfwFAAD//wMAUEsDBBQABgAIAAAAIQDUHg1H&#10;2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR+nM2&#10;WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHySh2Ux&#10;HuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH65rK&#10;j/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0XC1CH&#10;X9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkdvo7ggCAAAcBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAADwAA&#10;AAAAAAAAAAAAAABiBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="08DAB64C" w14:textId="49902666" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="5E4CF209" w14:textId="48EE1AB6" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C1B" wp14:editId="5E341C1C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E3FF" wp14:editId="6A64E400">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443868" cy="0"/>
               <wp:effectExtent l="0" t="0" r="13332" b="190500"/>
               <wp:wrapNone/>
-              <wp:docPr id="40572597" name="Frame2"/>
+              <wp:docPr id="1857396392" name="Frame2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443868" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                         <a:prstDash/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5E341C27" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+                        <w:p w14:paraId="6A64E40B" w14:textId="77777777" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
                           <w:pPr>
                             <w:pStyle w:val="Framecontents"/>
                             <w:spacing w:after="0"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr vert="horz" wrap="none" lIns="0" tIns="190469" rIns="0" bIns="0" anchor="t" anchorCtr="0" compatLnSpc="0">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="5E341C1B" id="Frame2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:0;z-index:-251657216;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8gvbRsgEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD03sjpgqA14hTbghYF&#10;im1Atg9QZCk2IImCqMbOvn6UnMvQvQ17kSmSIs85pFePo7PsoCP24Bs+n1Wcaa+g7f2+4T9/PN3e&#10;c4ZJ+lZa8LrhR438cX3zYTWEWt9BB7bVkVERj/UQGt6lFGohUHXaSZxB0J6CBqKTia5xL9ooB6ru&#10;rLirqqUYILYhgtKI5N1MQb4u9Y3RKn0zBnVituGELZUzlnOXT7FeyXofZeh6dYIh/wGFk72nppdS&#10;G5kke4v9X6VcryIgmDRT4AQY0ytdOBCbefWOzbaTQRcuJA6Gi0z4/8qqr4dt+B5ZGj/DSAPMggwB&#10;ayRn5jOa6PKXkDKKk4THi2x6TEyRc7H4eL+kOatzSFzfhYjpWYNj2Wh4pIEUneThFRP1otRzSm7j&#10;4am3tgzF+neOnLeR2E2vclhckWYrjbvxBH8H7ZFY0WJS0w7iL84GGnLDPW0hZ/bFk4Z5H4oxf6gW&#10;ywfO4tm9OxvSK3rd8MTZZH5J0/LQ9IJMr34bVC6UoWL49JYIf6GV8UwgTjBpfoXtadfygvx5L1nX&#10;P2L9GwAA//8DAFBLAwQUAAYACAAAACEAlfLcZtUAAAABAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMBBE70j8g7VI3KgDqiIS4lQIiRsXCge4beNtnDZeh9hNwt+z5QKXkUazmnlbbRbfq4nG2AU2&#10;cLvKQBE3wXbcGnh/e765BxUTssU+MBn4pgib+vKiwtKGmV9p2qZWSQnHEg24lIZS69g48hhXYSCW&#10;bB9Gj0ns2Go74izlvtd3WZZrjx3LgsOBnhw1x+3JG/iY1/P+M6zzgy9cM33xi7c2GnN9tTw+gEq0&#10;pL9jOOMLOtTCtAsntlH1BuSR9KuS5UUBand2uq70f/L6BwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPyC9tGyAQAAWQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJXy3GbVAAAAAQEAAA8AAAAAAAAAAAAAAAAADAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAOBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="6A64E3FF" id="Frame2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:0;z-index:-251657216;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfitYwtgEAAGADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJg6A1ohRbgxYF&#10;im1Atg9QZCkWoBskNnb29aPkOBm6t6IvMkVS5DmH9Pp+sIYcZUzaO0bns5oS6YRvtTsw+vvX45db&#10;ShJw13LjnWT0JBO933z+tO5DIxe+86aVkWARl5o+MNoBhKaqkuik5Wnmg3QYVD5aDniNh6qNvMfq&#10;1lSLul5VvY9tiF7IlNC7HYN0U+orJQX8UCpJIIZRxAbljOXc57ParHlziDx0Wpxh8HegsFw7bHop&#10;teXAyWvU/5WyWkSfvIKZ8LbySmkhCwdkM6/fsNl1PMjCBcVJ4SJT+riy4vtxF35GAsM3P+AAsyB9&#10;SE1CZ+YzqGjzF5ESjKOEp4tscgAi0Llc3tyucM5iClXXdyEmeJLekmwwGnEgRSd+fEmAvTB1Sslt&#10;nH/UxpShGPfGkfO2PHXjqxyurkizBcN+ILpldDGx2Pv2hORwP7F35+MfSnqcNaMOl5ES8+xQyrwW&#10;xZjf1cvVHSVxcu8ngzuBrxkFSkbzAcYdwiEGDi9uF0QulBGn8PUVkEZhl2GNIM5ocYyF9Hnl8p78&#10;ey9Z1x9j8xcAAP//AwBQSwMEFAAGAAgAAAAhAJXy3GbVAAAAAQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyoA6oiEuJUCIkbFwoHuG3jbZw2XofYTcLfs+UCl5FGs5p5W20W36uJ&#10;xtgFNnC7ykARN8F23Bp4f3u+uQcVE7LFPjAZ+KYIm/ryosLShplfadqmVkkJxxINuJSGUuvYOPIY&#10;V2EglmwfRo9J7NhqO+Is5b7Xd1mWa48dy4LDgZ4cNcftyRv4mNfz/jOs84MvXDN98Yu3NhpzfbU8&#10;PoBKtKS/YzjjCzrUwrQLJ7ZR9QbkkfSrkuVFAWp3drqu9H/y+gcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBfitYwtgEAAGADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCV8txm1QAAAAEBAAAPAAAAAAAAAAAAAAAAABAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,5.29081mm,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5E341C27" w14:textId="77777777" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+                  <w:p w14:paraId="6A64E40B" w14:textId="77777777" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
                     <w:pPr>
                       <w:pStyle w:val="Framecontents"/>
                       <w:spacing w:after="0"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C27" w14:textId="6C07BD29" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E40B" w14:textId="315C429D" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FF0BBF6" wp14:editId="55901D07">
-              <wp:simplePos x="898497" y="182880"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B744D2A" wp14:editId="67D6703F">
+              <wp:simplePos x="899770" y="182880"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1401640759" name="Text Box 1" descr="OFFICIAL">
+              <wp:docPr id="1043495969" name="Text Box 1" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="51A542C8" w14:textId="4BFFC2E7" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="7184AD04" w14:textId="09EE6ACB" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="7FF0BBF6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3B744D2A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251669504;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmGj+oCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aytmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KsZOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6gZ1GAq5RmB2FB0ruQ1oiuyLMhatSJMwClLQQ2+FUhXv8sqLzpC&#10;b002y/ObrANfOQ9ShUDex1OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upFDG+IfumhFY6no&#10;GepRoGB73/wB1TbSQwCNEwltBlo3UqUZaJpp/m6aTS2cSrMQOcGdaQr/D1Y+HTbuxTPsv0BPC4yE&#10;dC4UgZxxnl77Nn6pU0ZxovB4pk31yCQ5r64+395ccyYpNNiEkl1+dj7gVwUti0bJPW0lkSUO64Cn&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAeTvsOTq4aKr0WAV+EpwXTHCRafKZD&#10;G+hKDoPFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7l1znd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YAn5dJzkGq5TEkkIydwbTdORuhIV+TytX8T3g2EI23qCUY1ieId&#10;76fc+Gdwyz0S+2kpkdoTkQPjJMG01uG5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAmGj+oCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251669504;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS5/VeCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6NmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6grqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5CufpdVXnSE&#10;3prsKs9nWQe+ch6kCoG8j0OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upGnNsQ/dNGKxlLR&#10;M9SjQMH2vvkDqm2khwAaJxLaDLRupEoz0DTT/N00m1o4lWYhcoI70xT+H6x8Omzci2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxTJvqkUlyXl9/vp3dcCYpdLIJJbv87HzArwpaFo2Se9pKIksc1gGH&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAehn0HJ1cNlV6LgC/C04JpDhItPtOh&#10;DXQlh5PFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7lNznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YCDcuk5SLVcpiSSkRO4thsnI3SkK3L52r8J706EI23qCUY1ieId&#10;70Nu/DO45R6J/bSUSO1A5IlxkmBa6+m5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS5/VeCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="51A542C8" w14:textId="4BFFC2E7" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="7184AD04" w14:textId="09EE6ACB" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E341C1F" wp14:editId="5E341C20">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A64E403" wp14:editId="6A64E404">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-888796</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>5760</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7547000" cy="1582552"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1074786884" name="Picture 1"/>
+          <wp:docPr id="1944094831" name="Picture 1"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:lum/>
                     <a:alphaModFix/>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7547000" cy="1582552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                     <a:prstDash/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="05CFF850" w14:textId="403F006F" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="236FD541" w14:textId="19DDB68D" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C0076FE" wp14:editId="2CCB18A4">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69B0EF06" wp14:editId="7E85B903">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1441651875" name="Text Box 5" descr="OFFICIAL">
+              <wp:docPr id="318903875" name="Text Box 5" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1E3CDA6F" w14:textId="1F948687" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="702B7728" w14:textId="4E873ED4" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4C0076FE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="69B0EF06" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" o:spid="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251673600;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS5/VeCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6NmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6grqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5CufpdVXnSE&#10;3prsKs9nWQe+ch6kCoG8j0OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upGnNsQ/dNGKxlLR&#10;M9SjQMH2vvkDqm2khwAaJxLaDLRupEoz0DTT/N00m1o4lWYhcoI70xT+H6x8Omzci2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxTJvqkUlyXl9/vp3dcCYpdLIJJbv87HzArwpaFo2Se9pKIksc1gGH&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAehn0HJ1cNlV6LgC/C04JpDhItPtOh&#10;DXQlh5PFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7lNznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YCDcuk5SLVcpiSSkRO4thsnI3SkK3L52r8J706EI23qCUY1ieId&#10;70Nu/DO45R6J/bSUSO1A5IlxkmBa6+m5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS5/VeCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251673600;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVmb7lCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tkiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfVp&#10;xllAYSthwKqSH1Xg94uPH+adK9QV1GAq5RmB2FB0ruQ1oiuyLMhatSJMwClLQQ2+FUhXv8sqLzpC&#10;b012lee3WQe+ch6kCoG8j0OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upGnNsQ/dNGKxlLR&#10;M9SjQMH2vvkDqm2khwAaJxLaDLRupEoz0DTT/N00m1o4lWYhcoI70xT+H6x8Omzci2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxTJvqkUlyXl9/nt3ecCYpdLIJJbv87HzArwpaFo2Se9pKIksc1gGH&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lQln43db6E60lAehn0HJ1cNlV6LgC/C04JpDhItPtOh&#10;DXQlh5PFWQ3+x9/8MZ94pyhnHQmm5JYUzZn5ZmkfUVvJmN7lNznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YCDcuk5SLVcpiSSkRO4thsnI3SkK3L52r8J706EI23qCUY1ieId&#10;70Nu/DO45R6J/bSUSO1A5IlxkmBa6+m5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVmb7lCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="1E3CDA6F" w14:textId="1F948687" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="702B7728" w14:textId="4E873ED4" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E341C2C" w14:textId="0822E1CA" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6A64E410" w14:textId="03E56AEA" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D3CC7B1" wp14:editId="4B867588">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13433B8C" wp14:editId="1E09D887">
               <wp:simplePos x="541020" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="1314343871" name="Text Box 6" descr="OFFICIAL">
+              <wp:docPr id="850340868" name="Text Box 6" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3BB73928" w14:textId="7F188520" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="4C3CBE6B" w14:textId="5161EA0F" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3D3CC7B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="13433B8C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1035" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251674624;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/WEdjCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tuuMOEXWIsOA&#10;oi2QDj0rshQbkEVBYmJnXz9KtpOt22nYRaZI+pF8fFrc9q1hB+VDA7bk81nOmbISqsbuSv79Zf3h&#10;hrOAwlbCgFUlP6rAb5fv3y06V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5CufpdVXnSE&#10;3prsIs+vsw585TxIFQJ574cgXyZ8rZXEJ62DQmZKTr1hOn06t/HMlgtR7LxwdSPHNsQ/dNGKxlLR&#10;E9S9QMH2vvkDqm2khwAaZxLaDLRupEoz0DTz/M00m1o4lWYhcoI70RT+H6x8PGzcs2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxRJvqkUlyXl5+vLm+4kxSaLQJJTv/7HzArwpaFo2Se9pKIkscHgIO&#10;qVNKrGVh3RiTNmPsbw7CjJ7s3GG0sN/2rKlK/mnqfgvVkYbyMOw7OLluqPSDCPgsPC2Y5iDR4hMd&#10;2kBXchgtzmrwP/7mj/nEO0U560gwJbekaM7MN0v7iNpKxvxzfpXTzU/u7WTYfXsHJMM5vQgnkxnz&#10;0Eym9tC+kpxXsRCFhJVUruQ4mXc4KJeeg1SrVUoiGTmBD3bjZISOdEUuX/pX4d1IONKmHmFSkyje&#10;8D7kxj+DW+2R2E9LidQORI6MkwTTWsfnEjX+6z1lnR/18icAAAD//wMAUEsDBBQABgAIAAAAIQDU&#10;Hg1H2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR&#10;+nM2WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHyS&#10;h2UxHuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH&#10;65rKj/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0X&#10;C1CHX9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/1hHYwsCAAAcBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1035" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251674624;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4JgzYCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6tmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9Ktput22nYRaZI+pF8fFrc9a1hR+VDA7bk81nOmbISqsbuS/79Zf3p&#10;hrOAwlbCgFUlP6nA75YfPyw6V6gLqMFUyjMCsaHoXMlrRFdkWZC1akWYgVOWghp8K5Cufp9VXnSE&#10;3prsIs+vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPHNsQ/dNGKxlLR&#10;N6gHgYIdfPMHVNtIDwE0ziS0GWjdSJVmoGnm+btptrVwKs1C5AT3RlP4f7Dy8bh1z55h/wV6WmAk&#10;pHOhCOSM8/Tat/FLnTKKE4WnN9pUj0yS8/Ly8831FWeSQqNNKNn5Z+cDflXQsmiU3NNWElniuAk4&#10;pE4psZaFdWNM2oyxvzkIM3qyc4fRwn7Xs6Yq+e3U/Q6qEw3lYdh3cHLdUOmNCPgsPC2Y5iDR4hMd&#10;2kBXchgtzmrwP/7mj/nEO0U560gwJbekaM7MN0v7iNpKxvw2v8rp5if3bjLsob0HkuGcXoSTyYx5&#10;aCZTe2hfSc6rWIhCwkoqV3KczHsclEvPQarVKiWRjJzAjd06GaEjXZHLl/5VeDcSjrSpR5jUJIp3&#10;vA+58c/gVgck9tNSIrUDkSPjJMG01vG5RI3/ek9Z50e9/AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC4JgzYCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="3BB73928" w14:textId="7F188520" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="4C3CBE6B" w14:textId="5161EA0F" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="560CC6E3" w14:textId="26EFAD87" w:rsidR="006A7E94" w:rsidRDefault="006A7E94">
+  <w:p w14:paraId="6226A64C" w14:textId="03D7134B" w:rsidR="006F2C62" w:rsidRDefault="006F2C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53E0E93C" wp14:editId="59974161">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D0BC4D6" wp14:editId="25C6A45F">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="18415" b="15240"/>
               <wp:wrapNone/>
-              <wp:docPr id="2084773756" name="Text Box 4" descr="OFFICIAL">
+              <wp:docPr id="530334719" name="Text Box 4" descr="OFFICIAL">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="10350485" w14:textId="5CFB2946" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                        <w:p w14:paraId="7252C6EE" w14:textId="6CA68E65" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006A7E94">
+                          <w:r w:rsidRPr="006F2C62">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:noProof/>
                               <w:color w:val="A80000"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="53E0E93C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6D0BC4D6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1038" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251672576;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlJiIYCgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6pmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KsZOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6grqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5CufpdVXnSE&#10;3prsKs9vsg585TxIFQJ5H09Bvkj4WiuJz1oHhcyUnHrDdPp0buOZLeai2Hnh6kYObYh/6KIVjaWi&#10;Z6hHgYLtffMHVNtIDwE0TiS0GWjdSJVmoGmm+btpNrVwKs1C5AR3pin8P1j5dNi4F8+w/wI9LTAS&#10;0rlQBHLGeXrt2/ilThnFicLjmTbVI5PkvL7+fHsz40xSaLAJJbv87HzArwpaFo2Se9pKIksc1gFP&#10;qWNKrGVh1RiTNmPsbw7CjJ7s0mG0sN/2rKlKPhu730J1pKE8nPYdnFw1VHotAr4ITwumOUi0+EyH&#10;NtCVHAaLsxr8j7/5Yz7xTlHOOhJMyS0pmjPzzdI+oraSMb3LZznd/Ojejobdtw9AMpzSi3AymTEP&#10;zWhqD+0byXkZC1FIWEnlSo6j+YAn5dJzkGq5TEkkIydwbTdORuhIV+TytX8T3g2EI23qCUY1ieId&#10;76fc+Gdwyz0S+2kpkdoTkQPjJMG01uG5RI3/ek9Zl0e9+AkAAP//AwBQSwMEFAAGAAgAAAAhANQe&#10;DUfYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwkAMhO9IvMPKlXqDTSqBSpoNQkgcuFH6&#10;czZZk4Rm7Si7QMrTd9se2otH1lgzn/Pl4Fp1od43wgbSaQKKuBTbcGXg9WUzeQTlA7LFVpgMfJKH&#10;ZTEe5ZhZufIzXfahUjGEfYYG6hC6TGtf1uTQT6Ujjt5Reochrn2lbY/XGO5a/ZAkc+2w4dhQY0fr&#10;msqP/dkZaGYrCSm9bTend5dKetttZ7edMfd3w+oJVKAh/B3DN35EhyIyHeTM1qvWQHwk/MzozRcL&#10;UIdf1UWu/7MXXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAlJiIYCgIAABwEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUHg1H2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1038" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:34.95pt;height:34.95pt;z-index:251672576;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6eUHACwIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aytmiNOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KsZOt22nYRaZI+pF8fJrf961hB+VDA7bk00nOmbISqsbuSv79dfXp&#10;lrOAwlbCgFUlP6rA7xcfP8w7V6gZ1GAq5RmB2FB0ruQ1oiuyLMhatSJMwClLQQ2+FUhXv8sqLzpC&#10;b002y/ObrANfOQ9ShUDex1OQLxK+1kris9ZBITMlp94wnT6d23hmi7kodl64upFDG+IfumhFY6no&#10;GepRoGB73/wB1TbSQwCNEwltBlo3UqUZaJpp/m6aTS2cSrMQOcGdaQr/D1Y+HTbuxTPsv0BPC4yE&#10;dC4UgZxxnl77Nn6pU0ZxovB4pk31yCQ5r64+395ccyYpNNiEkl1+dj7gVwUti0bJPW0lkSUO64Cn&#10;1DEl1rKwaoxJmzH2NwdhRk926TBa2G971lTU/WxsfwvVkabycFp4cHLVUO21CPgiPG2YBiHV4jMd&#10;2kBXchgszmrwP/7mj/lEPEU560gxJbckac7MN0sLieJKxvQuv87p5kf3djTsvn0A0uGUnoSTyYx5&#10;aEZTe2jfSM/LWIhCwkoqV3IczQc8SZfeg1TLZUoiHTmBa7txMkJHviKZr/2b8G5gHGlVTzDKSRTv&#10;iD/lxj+DW+6R6E9bidyeiBwoJw2mvQ7vJYr813vKurzqxU8AAAD//wMAUEsDBBQABgAIAAAAIQDU&#10;Hg1H2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsJADITvSLzDypV6g00qgUqaDUJIHLhR&#10;+nM2WZOEZu0ou0DK03fbHtqLR9ZYM5/z5eBadaHeN8IG0mkCirgU23Bl4PVlM3kE5QOyxVaYDHyS&#10;h2UxHuWYWbnyM132oVIxhH2GBuoQukxrX9bk0E+lI47eUXqHIa59pW2P1xjuWv2QJHPtsOHYUGNH&#10;65rKj/3ZGWhmKwkpvW03p3eXSnrbbWe3nTH3d8PqCVSgIfwdwzd+RIciMh3kzNar1kB8JPzM6M0X&#10;C1CHX9VFrv+zF18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+nlBwAsCAAAdBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1B4NR9gAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="10350485" w14:textId="5CFB2946" w:rsidR="006A7E94" w:rsidRPr="006A7E94" w:rsidRDefault="006A7E94" w:rsidP="006A7E94">
+                  <w:p w14:paraId="7252C6EE" w14:textId="6CA68E65" w:rsidR="006F2C62" w:rsidRPr="006F2C62" w:rsidRDefault="006F2C62" w:rsidP="006F2C62">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006A7E94">
+                    <w:r w:rsidRPr="006F2C62">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07433A5A"/>
+    <w:nsid w:val="0EE92C6C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8D88151A"/>
-    <w:styleLink w:val="WWNum3"/>
+    <w:tmpl w:val="D1B48D50"/>
+    <w:styleLink w:val="WWNum4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="152A24A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E429D86"/>
+    <w:styleLink w:val="WWNum2"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="AddendumTableText"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Roboto Light"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
@@ -6511,141 +6421,54 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1027489F"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B384345"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7A1857C0"/>
-[...86 lines deleted...]
-    <w:tmpl w:val="66F65B08"/>
+    <w:tmpl w:val="BF5A5ED6"/>
     <w:styleLink w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="LAPTableBullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -6705,133 +6528,150 @@
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="56BA70DB"/>
+    <w:nsid w:val="3B8B77B1"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="938E46A8"/>
-    <w:styleLink w:val="WWNum4"/>
+    <w:tmpl w:val="4C7EE824"/>
+    <w:styleLink w:val="NoList1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="69BA4E2E"/>
+    <w:nsid w:val="418B3DEA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="EF8A12E0"/>
-    <w:styleLink w:val="WWNum2"/>
+    <w:tmpl w:val="E35CE578"/>
+    <w:styleLink w:val="WWNum3"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="AddendumTableText"/>
-      <w:lvlText w:val="•"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="473" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Roboto Light"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
@@ -6879,125 +6719,133 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2124495253">
+  <w:num w:numId="1" w16cid:durableId="745348809">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1385912913">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1222787557">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1649438890">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1269775980">
+  <w:num w:numId="4" w16cid:durableId="1873221933">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2000234683">
+  <w:num w:numId="5" w16cid:durableId="1545874549">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="234556421">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="553392063">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1840849037">
+  <w:num w:numId="7" w16cid:durableId="1675644015">
     <w:abstractNumId w:val="4"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...3 lines deleted...]
-    <w:lvlOverride w:ilvl="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:zoom w:percent="146"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00564FF1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006A7E94"/>
+    <w:rsidRoot w:val="00965F18"/>
+    <w:rsid w:val="00023B1D"/>
+    <w:rsid w:val="00186B7A"/>
+    <w:rsid w:val="005D543C"/>
+    <w:rsid w:val="006F2C62"/>
+    <w:rsid w:val="0082337F"/>
+    <w:rsid w:val="00965F18"/>
+    <w:rsid w:val="00D95093"/>
+    <w:rsid w:val="00FB4B3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5E341C1B"/>
-  <w15:docId w15:val="{D1698EE1-A79A-45DE-99D7-2E0F443FBC44}"/>
+  <w14:docId w14:val="6A64E3FF"/>
+  <w15:docId w15:val="{44DC0E35-FF60-4E50-8813-B0AB5F906A33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7439,51 +7287,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Heading"/>
     <w:next w:val="Textbody"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:eastAsia="DejaVu Sans" w:hAnsi="Liberation Serif" w:cs="Noto Sans Arabic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
@@ -7532,50 +7379,51 @@
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Noto Sans Devanagari"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Noto Sans Devanagari"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LAPTableText">
     <w:name w:val="LAP Table Text"/>
     <w:next w:val="Standard"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Roboto Light" w:eastAsia="SimSun" w:hAnsi="Roboto Light" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SOTableText">
     <w:name w:val="SO Table Text"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Roboto Light" w:eastAsia="MS Mincho" w:hAnsi="Roboto Light" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
@@ -8221,67 +8069,63 @@
     <w:name w:val="WWNum3"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum4">
     <w:name w:val="WWNum4"/>
     <w:basedOn w:val="NoList"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8316,85 +8160,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -8501,119 +8379,456 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DBB10A7932EB534F8AEF78845ABA8758" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3280ce9b97e3dd75ae29915643e76551">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="013bbd5f-90a7-43b7-b1c5-339583c96db7" xmlns:ns3="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3d4c83dbc24afbf0f906afc1e65286e3" ns2:_="" ns3:_="">
+    <xsd:import namespace="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <xsd:import namespace="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="013bbd5f-90a7-43b7-b1c5-339583c96db7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="be6689ef-ec6c-48c7-abc7-2160df37b93c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="25" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b53b84e8-1157-46df-a680-a53870d85022}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fb4dc4ba-ff99-4a12-902d-e211d6a52d31">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="013bbd5f-90a7-43b7-b1c5-339583c96db7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fb4dc4ba-ff99-4a12-902d-e211d6a52d31" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05274EB1-26F9-4CDA-A1A6-4F6BAF0FCCBA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BCA8CBD-D9C0-4842-9193-0BF14EA3DE4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="fb4dc4ba-ff99-4a12-902d-e211d6a52d31"/>
+    <ds:schemaRef ds:uri="013bbd5f-90a7-43b7-b1c5-339583c96db7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E6ED25A-A50D-4696-B6EB-5513A8FF436C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1018</Words>
-  <Characters>5804</Characters>
+  <Words>1024</Words>
+  <Characters>5837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6809</CharactersWithSpaces>
+  <CharactersWithSpaces>6848</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Karen Collins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>15.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>41dd3672,1ab50340,239f2eb2,50124b9f,10ac5d56,75a73bd2,66108793,bb76281,1527b4a,37baa8ef,51a9bf13,532d2bf0</vt:lpwstr>
+    <vt:lpwstr>41dd3672,1ab50340,239f2eb2,50124b9f,10ac5d56,75a73bd2,4f7a496f,35e67059,470eb93f,4e80ce5b,2c5e345b,5181e36</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>OFFICIAL </vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingHeaderShapeIds">
-    <vt:lpwstr>1d764253,77580c42,2ecc7687,352d190f,77c9f2b,4290eeb2,538b5737,273e0e4a,2a933017,7c431f7c,55eddca3,4e574bbf</vt:lpwstr>
+    <vt:lpwstr>1d764253,77580c42,2ecc7687,352d190f,77c9f2b,4290eeb2,3e327c21,44c9d41b,2bac9e4f,1f9c43ff,13021643,32af2c04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Company">
     <vt:lpwstr>SACE Board of South Australia</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ContentTypeId">
-    <vt:lpwstr>0x0101005BA45916D48BA242A5197732718E6A14</vt:lpwstr>
+    <vt:lpwstr>0x010100DBB10A7932EB534F8AEF78845ABA8758</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-CreationStamp">
     <vt:filetime>2015-12-08T22:25:23Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-DatePublished">
     <vt:filetime>2018-10-08T23:58:02Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA15194</vt:lpwstr>
   </property>
@@ -8638,44 +8853,44 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:SACE Support Materials:SACE Support Materials Stage 2:Business, Enterprise and Technology:Digital Technologies (from 2019):2018 pre-approved and school-developed LAP forms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Title">
     <vt:lpwstr>Stage 2 Digital Technologies - school-developed LAP form (for use from 2019)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Version">
     <vt:lpwstr>5.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-VersionId">
     <vt:lpwstr>vA1340033</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-VersionNumber">
     <vt:r8>8</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
-    <vt:lpwstr>2026-03-03T05:49:36Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-05T02:43:49Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Name">
     <vt:lpwstr>-Official</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SiteId">
     <vt:lpwstr>bda528f7-fca9-432f-bc98-bd7e90d40906</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ActionId">
-    <vt:lpwstr>96be700b-677d-4868-8f26-5c62a47c8248</vt:lpwstr>
+    <vt:lpwstr>f0e10a79-ffff-413c-9889-9902839a9cab</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
 </Properties>
 </file>